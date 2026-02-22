--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="43FCA4EE" w14:textId="66838ACB" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="007763A0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -124,379 +124,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="147E6FA6" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73424250" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FF6E7AE" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E22D859" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29D2BBE1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="4B369D2A" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="518DDCAA" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A5749C9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B690AB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D8B223" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="2B87A332" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="093833CC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C27BCED" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5492DB0A" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D8C7981" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="611DF026" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="20E9E46E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -762,82 +750,80 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="00247019" w:rsidRPr="00A0149B" w14:paraId="1F8BDC91" w14:textId="77777777" w:rsidTr="1269DD0B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0983B9" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52C49770" w14:textId="3FC12642" w:rsidR="0046748D" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Incubator capable of maintaining </w:t>
             </w:r>
             <w:r w:rsidR="00107283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>35</w:t>
@@ -854,592 +840,511 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF28E16" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2641B923" w14:textId="77777777" w:rsidR="00247019" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>-Trays</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quanti-Trays</w:t>
             </w:r>
             <w:r w:rsidR="00123616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Specify type used.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="426830B5" w14:textId="77777777" w:rsidR="002737E9" w:rsidRDefault="002737E9" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">     □ </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray</w:t>
+              <w:t xml:space="preserve">     □ Quanti-Tray</w:t>
             </w:r>
             <w:r w:rsidR="000D1C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3221640D" w14:textId="77777777" w:rsidR="002737E9" w:rsidRPr="00A0149B" w:rsidRDefault="002737E9" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">     □ </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray</w:t>
+              <w:t xml:space="preserve">     □ Quanti-Tray</w:t>
             </w:r>
             <w:r w:rsidR="000D1C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>/2000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46080776" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="00A0149B" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D13114F" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile, non-buffered</w:t>
             </w:r>
             <w:r w:rsidR="00C317D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, oxidant-free</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> dilution water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00247019" w:rsidRPr="0054425D" w14:paraId="28FB27BA" w14:textId="77777777" w:rsidTr="1269DD0B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53996A7C" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F96FFA6" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>-Tray</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quanti-Tray</w:t>
             </w:r>
             <w:r w:rsidR="00123616">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sealer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EDA4CA9" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37BBC291" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3923FFFB" w14:textId="77777777" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="352008B7" w14:textId="2D12239F" w:rsidR="00247019" w:rsidRPr="0054425D" w:rsidRDefault="00897912" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE480C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6-watt, 365-nm UV light</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="3772E267" w14:textId="77777777" w:rsidTr="1269DD0B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="462FDCD7" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35380EE1" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...15 lines deleted...]
-              <w:t>-Tray® rubber insert</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quanti-Tray® rubber insert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="429FA15C" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00FE152D" w14:textId="098ED03A" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A0616B" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sealer Check Dye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E7F0F27" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B7520A9" w14:textId="5619725B" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00247019" w:rsidP="00247019">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E. coli</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1470,173 +1375,167 @@
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493797" w:rsidRPr="0054425D" w14:paraId="64F27A06" w14:textId="77777777" w:rsidTr="1269DD0B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D6453E5" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CF3672A" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Comparator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40C96A1C" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F88253" w14:textId="77777777" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Most Probable Number (MPN) Chart</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DAC6EF0" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B28BD48" w14:textId="58A988D8" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pseudomonas aeruginosa</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1666,73 +1565,71 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00493797" w:rsidRPr="0054425D" w14:paraId="75E0261B" w14:textId="77777777" w:rsidTr="1269DD0B">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45403695" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B7ADC60" w14:textId="77777777" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00247019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>120 ml sterile vessels with Na</w:t>
             </w:r>
             <w:r w:rsidRPr="00F51541">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1759,119 +1656,115 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="00F51541">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43653E71" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E1960A6" w14:textId="42E51214" w:rsidR="00493797" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert® reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E9D93D9" w14:textId="77777777" w:rsidR="00493797" w:rsidRPr="0054425D" w:rsidRDefault="00493797" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E3DD9FB" w14:textId="5F70960F" w:rsidR="00493797" w:rsidRPr="00247019" w:rsidRDefault="00C5573B" w:rsidP="00493797">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00285BCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Klebsiella </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00285BCB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -1965,167 +1858,162 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="551"/>
         <w:gridCol w:w="5650"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="448"/>
         <w:gridCol w:w="3984"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C3947" w:rsidRPr="00A0149B" w14:paraId="4DCA7FE6" w14:textId="77777777" w:rsidTr="00707B63">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11081" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4B0EE11E" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="000808F0" w:rsidRDefault="003C3947" w:rsidP="003C3947">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0EE11E" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="00CF28B2" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000808F0">
+            <w:r w:rsidRPr="00CF28B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14DF18E3" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="00707B63" w:rsidRDefault="003C3947" w:rsidP="003C3947">
+          <w:p w14:paraId="14DF18E3" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="00CF28B2" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00707B63">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF28B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00707B63">
+            <w:r w:rsidRPr="00CF28B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and in the column</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00707B63">
+            <w:r w:rsidRPr="00CF28B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6C4C" w:rsidRPr="00A0149B" w14:paraId="629D4815" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C9986AC" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="008352D2" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58D078CE" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="008352D2" w:rsidRDefault="003C3947" w:rsidP="003C3947">
+          <w:p w14:paraId="58D078CE" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="00CF28B2" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008352D2">
+            <w:r w:rsidRPr="00CF28B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>GENERAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50B76EA5" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="009631EF" w:rsidRDefault="003C3947" w:rsidP="003C3947">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -2879,84 +2767,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="1FB1C44F" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7E770F" w14:textId="6A802616" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00F60CC4" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306238B6" w14:textId="3D5EAA07" w:rsidR="00D776CC" w:rsidRPr="00411C00" w:rsidRDefault="005E1442" w:rsidP="0002543F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected in sterile containers</w:t>
             </w:r>
             <w:r w:rsidR="00CB015F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2986,150 +2872,145 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00E350A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Procedural Notes</w:t>
             </w:r>
             <w:r w:rsidR="0002543F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43267B41" w14:textId="77777777" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00D776CC" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36533DFC" w14:textId="77777777" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00D776CC" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="327DD06D" w14:textId="7C2D3AC9" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00CB015F" w:rsidP="00CD70D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aseptic technique should always be followed when using Colilert. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="639F80A8" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="1601"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C4D4F5" w14:textId="51421087" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00F60CC4" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="772A6EB4" w14:textId="4B6D457C" w:rsidR="00D776CC" w:rsidRPr="00411C00" w:rsidRDefault="005E1442" w:rsidP="00D776CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is residual chlorine neutralized at time of sample collection with sterile Na</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3193,305 +3074,285 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00734791">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Footnote 5</w:t>
             </w:r>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31E5D5F9" w14:textId="77777777" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00D776CC" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="594E6F1F" w14:textId="77777777" w:rsidR="00D776CC" w:rsidRPr="00A0149B" w:rsidRDefault="00D776CC" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3109E4E9" w14:textId="1A2E0F0E" w:rsidR="00F61F4A" w:rsidRPr="00A0149B" w:rsidRDefault="00F61F4A" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="3A3F4B71" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="791787D7" w14:textId="6E80F284" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00F60CC4" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16C34901" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00411C00" w:rsidP="00E70AA4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Are samples iced to above fre</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="1"/>
+              <w:t xml:space="preserve">Are samples iced to above freezing but </w:t>
+            </w:r>
+            <w:r w:rsidR="00D776CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>&lt;10</w:t>
+            </w:r>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ezing but </w:t>
-[...7 lines deleted...]
-              <w:t>&lt;10</w:t>
+              <w:t xml:space="preserve"> ºC during </w:t>
+            </w:r>
+            <w:r w:rsidR="003604AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>transport</w:t>
             </w:r>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ºC during </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t>? [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD4759E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB10876" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B9E7D71" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR footnote 2 allows 15 minutes for sample preservation, including thermal. This means that if a sample is received in the lab within 15 minutes it is not required to be on ice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="42A01C42" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="293DFD67" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="003B1F27" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A2F199B" w14:textId="0B1594F6" w:rsidR="005E1442" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples checked for residual chlorine </w:t>
             </w:r>
             <w:r w:rsidR="00D97462">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3556,88 +3417,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7)</w:t>
             </w:r>
             <w:r w:rsidR="005D58B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (M)</w:t>
             </w:r>
             <w:r w:rsidR="00C00340" w:rsidRPr="00C00340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BF62A33" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DBDA6AA" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FAFB42D" w14:textId="65906599" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="00C00340" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00340">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample preservation shall be verified and documented. </w:t>
             </w:r>
             <w:r w:rsidR="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3649,129 +3507,118 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample Collection, Preservation and Receipt Requirements Policy</w:t>
             </w:r>
             <w:r w:rsidR="00086164">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="712C8895" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1368D7D6" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="003B1F27" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="382CE7A3" w14:textId="77777777" w:rsidR="006252DF" w:rsidRDefault="006252DF" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D42F6E0" w14:textId="77777777" w:rsidR="005E1442" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if chlorine is present?</w:t>
             </w:r>
             <w:r w:rsidR="003D7728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> [15A NCAC 2H .0805 (a) </w:t>
-[...8 lines deleted...]
-              <w:t>(7) (</w:t>
+              <w:t xml:space="preserve"> [15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r w:rsidR="00E571FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M</w:t>
             </w:r>
             <w:r w:rsidR="003D7728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1699DFE4" w14:textId="77777777" w:rsidR="001732F2" w:rsidRDefault="001732F2" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3799,100 +3646,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="199CE405" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00F679B1" w:rsidRDefault="005E1442" w:rsidP="00F679B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E460C5" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00F679B1" w:rsidRDefault="005E1442" w:rsidP="00F679B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66EE0638" w14:textId="77777777" w:rsidR="005E1442" w:rsidRDefault="00E571FC" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E571FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If a laboratory receives a sample subject to G.S. 143-215.1 and 143-215.63 that does not </w:t>
+              <w:t xml:space="preserve">If a laboratory receives a sample subject to G.S. 143-215.1 and 143-215.63 that does not meet sample collection, holding time, or preservation </w:t>
             </w:r>
             <w:r w:rsidRPr="00E571FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If another viable sample cannot be secured, the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions.</w:t>
+              <w:t>requirements, the laboratory shall document the incident, notify the sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If another viable sample cannot be secured, the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BCD4CA4" w14:textId="77777777" w:rsidR="00A157C1" w:rsidRDefault="00A157C1" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7E612DF2" w14:textId="7343C057" w:rsidR="00A157C1" w:rsidRDefault="00A157C1" w:rsidP="005E1442">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CB015F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -3908,85 +3753,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F61F4A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In samples with excessive chlorine, a blue flash may be seen when adding Colilert. If this is seen, consider sample invalid and discontinue testing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="21D1EAAF" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30C94100" w14:textId="44BEB61B" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="009C7292" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33CF5CC4" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="005E1442" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples stored at </w:t>
             </w:r>
             <w:r w:rsidR="0019538E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4019,91 +3862,88 @@
           </w:p>
           <w:p w14:paraId="352694C9" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E1442">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2426A4BC" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="798A7F3C" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="514010D0" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C6C4C" w:rsidRPr="00A0149B" w14:paraId="743CBB2B" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D24FD5D" w14:textId="77777777" w:rsidR="003C3947" w:rsidRPr="00A0149B" w:rsidRDefault="003C3947" w:rsidP="001334A8">
@@ -4214,81 +4054,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="5F84C69C" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58E54E04" w14:textId="0A7BFE64" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FEED0C8" w14:textId="63A499A2" w:rsidR="005E1442" w:rsidRPr="00F749DE" w:rsidRDefault="00BA1DC9" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is Colilert re</w:t>
             </w:r>
             <w:r w:rsidR="00BF3774">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4334,160 +4172,155 @@
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00623D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, Storage</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CC86FC" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C6354FA" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49BFD615" w14:textId="62DE7BE2" w:rsidR="005E1442" w:rsidRPr="00EB59BA" w:rsidRDefault="002164CE" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Store at 2-</w:t>
             </w:r>
             <w:r w:rsidR="0044592E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°C away from light.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="6905E3DE" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FC428DE" w14:textId="1ABF1694" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0360B03B" w14:textId="58547436" w:rsidR="005E1442" w:rsidRPr="00933A87" w:rsidRDefault="00BA1DC9" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the content of one</w:t>
             </w:r>
             <w:r w:rsidR="001E2906">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4518,148 +4351,127 @@
               <w:t xml:space="preserve"> sample in a sterile vessel?</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00623D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-</w:t>
+              <w:t>, Quanti-</w:t>
             </w:r>
             <w:r w:rsidR="00F47E40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00623D2A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="00623D2A" w:rsidDel="008E4830">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F558A45" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FA653CD" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AE9DE67" w14:textId="48CC408A" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="007A0279" w:rsidP="00AB5C81">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Add contents of one pack to a </w:t>
             </w:r>
             <w:r w:rsidR="006224BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>100-ml</w:t>
@@ -4668,270 +4480,245 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> water sample in a sterile vessel.</w:t>
             </w:r>
             <w:r w:rsidR="0063213A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="10C4EE37" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22039C4F" w14:textId="260B8A0B" w:rsidR="00BA1DC9" w:rsidRPr="00A0149B" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F90424F" w14:textId="66F6048F" w:rsidR="00BA1DC9" w:rsidRDefault="00BA1DC9" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample shaken until the contents are dissolved?</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00F47E40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray Enumeration Procedure</w:t>
+              <w:t>, Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="00F47E40" w:rsidDel="00AB5C81">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4CD911" w14:textId="77777777" w:rsidR="00BA1DC9" w:rsidRPr="00A0149B" w:rsidRDefault="00BA1DC9" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B30517F" w14:textId="77777777" w:rsidR="00BA1DC9" w:rsidRPr="00A0149B" w:rsidRDefault="00BA1DC9" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B33353" w14:textId="77777777" w:rsidR="00BA1DC9" w:rsidRPr="00A0149B" w:rsidRDefault="007A0279" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cap vessel and shake until dissolved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="0975B2A0" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="1457"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE4326A" w14:textId="78EA9419" w:rsidR="006957EA" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766EE059" w14:textId="0173736D" w:rsidR="006957EA" w:rsidRDefault="006957EA" w:rsidP="006957EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sterile, non-buffered, oxidant-free dilution water used to make dilutions when required? [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -4980,110 +4767,107 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565D06A6" w14:textId="77777777" w:rsidR="006957EA" w:rsidRPr="00A0149B" w:rsidRDefault="006957EA" w:rsidP="006957EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49D4F2DC" w14:textId="73117C0A" w:rsidR="006957EA" w:rsidRDefault="006957EA" w:rsidP="006957EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use only sterile, non-buffered, oxidant-free water for dilutions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="176136BB" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D19DA46" w14:textId="75C312D1" w:rsidR="00830216" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73D77D6D" w14:textId="0454DBA7" w:rsidR="00830216" w:rsidRDefault="00830216" w:rsidP="00830216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="007B22A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5112,158 +4896,153 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>placed into the incubator</w:t>
             </w:r>
             <w:r w:rsidRPr="00411C00">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> within 8 hours of collection? [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CF3C22C" w14:textId="77777777" w:rsidR="00830216" w:rsidRPr="00A0149B" w:rsidRDefault="00830216" w:rsidP="00830216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6CEA54" w14:textId="77777777" w:rsidR="00830216" w:rsidRPr="00A0149B" w:rsidRDefault="00830216" w:rsidP="00830216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="536651E9" w14:textId="14C95EAA" w:rsidR="00830216" w:rsidRDefault="00830216" w:rsidP="00830216">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample analysis should begin as soon as possible after receipt; sample incubation must be started no later than 8 hours from time of collection.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="7E842749" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="980"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3645DAB2" w14:textId="73FEF002" w:rsidR="007B6D89" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30E3A579" w14:textId="53FB8CDB" w:rsidR="007B6D89" w:rsidRPr="00411C00" w:rsidRDefault="007B6D89" w:rsidP="007B6D89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If a water bath is used, are trays </w:t>
             </w:r>
             <w:r w:rsidR="006B3A0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5376,236 +5155,179 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3996EF" w14:textId="77777777" w:rsidR="007B6D89" w:rsidRPr="00A0149B" w:rsidRDefault="007B6D89" w:rsidP="007B6D89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B600A9F" w14:textId="525A487C" w:rsidR="007B6D89" w:rsidRPr="00615DD6" w:rsidRDefault="00F929BB" w:rsidP="007B6D89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IDEXX Technical Support</w:t>
             </w:r>
             <w:r w:rsidR="00C25089">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> says that “</w:t>
             </w:r>
             <w:r w:rsidRPr="00F929BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The same criteria that is listed in the Colilert-18 fecal SOP would apply to any IDEXX reagent being incubated in a </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F929BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>waterbath</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00F929BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> in a </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="spellStart"/>
+              <w:t xml:space="preserve"> in a Quanti-Tray/Quanti-Tray/2000</w:t>
+            </w:r>
+            <w:r w:rsidR="00C25089">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
             <w:r w:rsidRPr="00F929BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quanti</w:t>
-[...26 lines deleted...]
-              <w:t>-Tray/2000</w:t>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00C25089">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>”</w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> So, f</w:t>
             </w:r>
             <w:r w:rsidR="007B6D89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">or incubation in a water bath, submerge the </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray, as is, below the water level using a weighted ring.</w:t>
+              <w:t>or incubation in a water bath, submerge the Quanti-Tray, as is, below the water level using a weighted ring.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="3F51F283" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DA77244" w14:textId="1C266A60" w:rsidR="005E1442" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BD76256" w14:textId="681CA120" w:rsidR="005E1442" w:rsidRPr="008C0C53" w:rsidRDefault="008D24D0" w:rsidP="008D24D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are sealed trays incubated at </w:t>
             </w:r>
             <w:r w:rsidR="00AC0C43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5636,69 +5358,51 @@
               <w:t>°C?</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="006D0A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray Enumeration Procedure</w:t>
+              <w:t>, Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50E44998" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5712,132 +5416,129 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E82994" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="458FF90B" w14:textId="50B587D1" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="00B05925" w:rsidP="00B05925">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B05925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Place the sealed tray in a 35±0.5°C incubator for </w:t>
             </w:r>
             <w:r w:rsidR="00EF75B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
             <w:r w:rsidRPr="00B05925">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="7C507B46" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D16B6C" w14:textId="05756850" w:rsidR="008D24D0" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E12F44A" w14:textId="724277A1" w:rsidR="006252DF" w:rsidRDefault="008D24D0" w:rsidP="006252DF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples incubated for </w:t>
             </w:r>
             <w:r w:rsidR="00596F8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5852,69 +5553,51 @@
               <w:t xml:space="preserve"> hours?</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="006D0A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-tray Enumeration Procedure</w:t>
+              <w:t>, Quanti-tray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="006D0A6F" w:rsidDel="00596F8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D0A6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and Result Interpretation</w:t>
             </w:r>
             <w:r w:rsidR="00992192">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
@@ -5953,51 +5636,50 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="271AAD06" w14:textId="77777777" w:rsidR="008D24D0" w:rsidRPr="00A0149B" w:rsidRDefault="008D24D0" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797E1350" w14:textId="7A4968BC" w:rsidR="00596F8B" w:rsidRPr="00596F8B" w:rsidRDefault="00596F8B" w:rsidP="00596F8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00596F8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colilert results are to be read after 24 hours of incubation.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6050,81 +5732,79 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00596F8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>In addition, laboratories may incubate samples for additional time (up to 28 hours total) for their convenience.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="777D5C1A" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36962E6E" w14:textId="29E2D251" w:rsidR="00562F6D" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A80117F" w14:textId="5AD2CC94" w:rsidR="00562F6D" w:rsidRPr="00C52B9B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="002F2700">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6225,113 +5905,110 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58EE9985" w14:textId="77777777" w:rsidR="00562F6D" w:rsidRPr="00A0149B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54846E03" w14:textId="1EBEDAE0" w:rsidR="00562F6D" w:rsidRPr="000912EC" w:rsidRDefault="00A33020" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A33020">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="58645718" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F434AAE" w14:textId="2EE82CBB" w:rsidR="00562F6D" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>22</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7394CB27" w14:textId="16A413A5" w:rsidR="00562F6D" w:rsidRDefault="00B634B1" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are</w:t>
             </w:r>
             <w:r w:rsidR="00562F6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6444,123 +6121,111 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7213E40C" w14:textId="77777777" w:rsidR="00562F6D" w:rsidRPr="00A0149B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FD63962" w14:textId="560B007D" w:rsidR="00562F6D" w:rsidRPr="000912EC" w:rsidRDefault="00E06B5A" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E06B5A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Each day samples are placed into or removed from an incubator, oven, water bath, refrigerator, or other temperature-controlled device, the temperature shall be checked, </w:t>
-[...8 lines deleted...]
-              <w:t>recorded, dated, and initialed.</w:t>
+              <w:t>Each day samples are placed into or removed from an incubator, oven, water bath, refrigerator, or other temperature-controlled device, the temperature shall be checked, recorded, dated, and initialed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="376B1222" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C6E0A90" w14:textId="17BF30D1" w:rsidR="00562F6D" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4497FDCB" w14:textId="11890694" w:rsidR="00562F6D" w:rsidRPr="00C52B9B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="002F2700">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6608,153 +6273,148 @@
             </w:r>
             <w:r w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15F03987" w14:textId="77777777" w:rsidR="00562F6D" w:rsidRPr="00A0149B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BDBAF48" w14:textId="77777777" w:rsidR="00562F6D" w:rsidRPr="00A0149B" w:rsidRDefault="00562F6D" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E042AE" w14:textId="75C9AC7C" w:rsidR="00562F6D" w:rsidRPr="000912EC" w:rsidRDefault="00A33020" w:rsidP="00562F6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A33020">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="70E85B1E" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35E25FC3" w14:textId="1EC67DB2" w:rsidR="0090374A" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="488095C1" w14:textId="53D6E25D" w:rsidR="0090374A" w:rsidRDefault="00AE480C" w:rsidP="008D24D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples read using a </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE480C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6869,126 +6529,123 @@
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3263F262" w14:textId="77777777" w:rsidR="0090374A" w:rsidRPr="00A0149B" w:rsidRDefault="0090374A" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F566834" w14:textId="6E246834" w:rsidR="0090374A" w:rsidRDefault="0090374A" w:rsidP="0090374A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090374A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Look for fluorescence with a 6-watt, 365-nm UV light within 5 inches of the sample in a dark environment. Face light away from your eyes and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0090374A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>towards the sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="31AC8F4B" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F455C27" w14:textId="49AFA581" w:rsidR="000E20B3" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52ED281F" w14:textId="12606156" w:rsidR="000E20B3" w:rsidRDefault="00B464A3" w:rsidP="0049121C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B464A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7105,181 +6762,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15CE2D6E" w14:textId="77777777" w:rsidR="000E20B3" w:rsidRPr="00A0149B" w:rsidRDefault="000E20B3" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B180F2" w14:textId="67F4D009" w:rsidR="000E20B3" w:rsidRPr="006950A0" w:rsidRDefault="000E20B3" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000E20B3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a water sample has some background color, compare inoculated Colilert sample to a control blank of the same water sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="3074D4CE" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D3CF3F2" w14:textId="62572C2D" w:rsidR="005E1442" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="666763DA" w14:textId="784492A1" w:rsidR="005E1442" w:rsidRPr="00DD4723" w:rsidRDefault="004E3D82" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the number of positive wells counted and recorded for large and small wells on a laboratory benchsheet?</w:t>
             </w:r>
             <w:r w:rsidR="003D4CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidR="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00A2622A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray Enumeration Procedure</w:t>
+              <w:t>, Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">] </w:t>
             </w:r>
             <w:r w:rsidR="0069189F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidR="003D4CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
@@ -7338,51 +6974,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58172EB8" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20A5BEF0" w14:textId="16FD63D2" w:rsidR="001B10DE" w:rsidRDefault="001B10DE" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B10DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -7446,81 +7081,79 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidR="00CB5625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All laboratories shall use printable laboratory benchsheets. Certified Data shall be traceable to the associated sample analyses and shall consist of: any other data needed to reconstruct the final calculated result. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="0AB04055" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D14AD3E" w14:textId="44898F3E" w:rsidR="005E1442" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D46E528" w14:textId="7BBA7E07" w:rsidR="005E1442" w:rsidRPr="00D8503D" w:rsidRDefault="004E3D82" w:rsidP="00793F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the MPN Table provided with the </w:t>
             </w:r>
             <w:r w:rsidR="00793F37">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7551,69 +7184,51 @@
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="003D4CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [IDEXX Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>®</w:t>
             </w:r>
             <w:r w:rsidR="00A2622A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...17 lines deleted...]
-              <w:t>-Tray Enumeration Procedure</w:t>
+              <w:t>, Quanti-Tray Enumeration Procedure</w:t>
             </w:r>
             <w:r w:rsidR="003D4CDB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53D2343A" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7624,126 +7239,123 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="422A8949" w14:textId="77777777" w:rsidR="005E1442" w:rsidRPr="00A0149B" w:rsidRDefault="005E1442" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74E184CA" w14:textId="01CC771C" w:rsidR="005E1442" w:rsidRDefault="003D4CDB" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Count the number of positive wells and refer to the MPN table provided with the trays to obtain a Most Probabl</w:t>
             </w:r>
             <w:r w:rsidR="00EA76FC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Number.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="54B8C297" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26A0B59A" w14:textId="48AAF822" w:rsidR="00562F6D" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E639BAD" w14:textId="431A9418" w:rsidR="00562F6D" w:rsidRDefault="00FF470E" w:rsidP="00793F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00562F6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7844,51 +7456,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F6B3A6" w14:textId="77777777" w:rsidR="00562F6D" w:rsidRPr="00A0149B" w:rsidRDefault="00562F6D" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0474F060" w14:textId="77777777" w:rsidR="002F2700" w:rsidRDefault="002F2700" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6156A9B0" w14:textId="244EF760" w:rsidR="00562F6D" w:rsidRDefault="00650C67" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00650C67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7901,73 +7512,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the dilution factor, where applicable</w:t>
             </w:r>
             <w:r w:rsidR="0069189F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF470E" w:rsidRPr="00A0149B" w14:paraId="061E6D24" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1196CF6D" w14:textId="77777777" w:rsidR="00FF470E" w:rsidRDefault="00FF470E" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61A0401E" w14:textId="774728C1" w:rsidR="00FF470E" w:rsidRDefault="00FF470E" w:rsidP="00793F37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are results multiplied by the appropriate dilution factor when sample dilutions are made? </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC045C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8012,51 +7621,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D0514E3" w14:textId="77777777" w:rsidR="00FF470E" w:rsidRPr="00A0149B" w:rsidRDefault="00FF470E" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB6487F" w14:textId="77777777" w:rsidR="00FF470E" w:rsidRPr="002F2700" w:rsidRDefault="00FF470E" w:rsidP="00FF470E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F2700">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If sample dilutions are made, multiply the MPN value by the dilution factor to obtain the proper quantitative result.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06FF2AED" w14:textId="77777777" w:rsidR="00FF470E" w:rsidRDefault="00FF470E" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8193,81 +7801,79 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="5C65FC57" w14:textId="77777777" w:rsidTr="007A711A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD97DFA" w14:textId="69B74D06" w:rsidR="00E71991" w:rsidRDefault="00D461B0" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45C2B1F1" w14:textId="31870A1F" w:rsidR="004A4136" w:rsidRDefault="00E71991" w:rsidP="003604AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is each lot of Colilert</w:t>
             </w:r>
             <w:r w:rsidR="006950A0" w:rsidRPr="006950A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -8488,51 +8094,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="528C7CD3" w14:textId="77777777" w:rsidR="00E71991" w:rsidRPr="00A0149B" w:rsidRDefault="00E71991" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79298503" w14:textId="77777777" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00C6748A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1. One of the following quality control procedures is recommended for each lot of Colilert:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48E0C531" w14:textId="118D8CF3" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00A72746">
             <w:pPr>
               <w:ind w:left="166"/>
               <w:rPr>
@@ -8567,249 +8172,207 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, and Pseudomonas aeruginosa</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="71F9C170" w14:textId="0490A4EF" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00A72746">
             <w:pPr>
               <w:ind w:left="166"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">B. </w:t>
+              <w:t>B. Quanti-Cult: Escherichia coli, Klebsiella pneumoniae and Pseudomonas aeruginosa.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="157EE152" w14:textId="77777777" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00A72746">
+            <w:pPr>
+              <w:ind w:left="166"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72746">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C. Fill three sterile vessels with 100 mL of sterile nonbuffered oxidant-free water and inoculate with a sterile loop of ATCC5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="188AE54E" w14:textId="1CFC5D80" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00A72746">
+            <w:pPr>
+              <w:ind w:left="166"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A72746">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>strains, Escherichia coli ATCC</w:t>
+            </w:r>
+            <w:r w:rsidR="008C30FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A72746">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25922/WDCM 00013 or ATCC 11775/WDCM 00090, Klebsiella </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quanti</w:t>
+              <w:t>variicola</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-Cult: Escherichia coli, Klebsiella pneumoniae and Pseudomonas aeruginosa.</w:t>
-[...4 lines deleted...]
-              <w:ind w:left="166"/>
+              <w:t xml:space="preserve"> ATCC 31488/WDCM 00206 and Pseudomonas aeruginosa ATCC 10145/WDCM 00024 or ATCC 27853.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="238B9078" w14:textId="50D1A1ED" w:rsidR="00C6748A" w:rsidRPr="00A72746" w:rsidRDefault="00C6748A" w:rsidP="00C6748A">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>C. Fill three sterile vessels with 100 mL of sterile nonbuffered oxidant-free water and inoculate with a sterile loop of ATCC5</w:t>
-[...96 lines deleted...]
-              <w:t>-Tray Enumeration Procedure above.</w:t>
+              <w:t>2. Follow the Quanti-Tray Enumeration Procedure above.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4E2429D7" w14:textId="71D0520C" w:rsidR="00E71991" w:rsidRPr="00030A5A" w:rsidRDefault="00C6748A" w:rsidP="00A72746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A72746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3. Results should match the Result Interpretation table above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="3CF07F8A" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="1133"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F8E6A46" w14:textId="43792541" w:rsidR="00701A8A" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="258FE303" w14:textId="77777777" w:rsidR="00701A8A" w:rsidRDefault="00701A8A" w:rsidP="00701A8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0950F9F4" w14:textId="77777777" w:rsidR="00701A8A" w:rsidRDefault="00701A8A" w:rsidP="00701A8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8901,119 +8464,115 @@
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A6ADAD5" w14:textId="77777777" w:rsidR="00701A8A" w:rsidRPr="00A0149B" w:rsidRDefault="00701A8A" w:rsidP="00701A8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705A1C4E" w14:textId="77777777" w:rsidR="00701A8A" w:rsidRPr="00D3324E" w:rsidRDefault="00701A8A" w:rsidP="00701A8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BFCD126" w14:textId="28D3A18D" w:rsidR="00701A8A" w:rsidRPr="00D3324E" w:rsidRDefault="00701A8A" w:rsidP="00701A8A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F04E1" w:rsidRPr="00A0149B" w14:paraId="69CF3EC5" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715997B6" w14:textId="30BE2E1D" w:rsidR="001F04E1" w:rsidRDefault="001F04E1" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151E255E" w14:textId="0AA77D43" w:rsidR="001F04E1" w:rsidRDefault="001F04E1" w:rsidP="001F04E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C175EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="00C175EE" w:rsidDel="00BB1761">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9083,416 +8642,352 @@
               </w:rPr>
               <w:t>Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408C518D" w14:textId="77777777" w:rsidR="001F04E1" w:rsidRPr="00A0149B" w:rsidRDefault="001F04E1" w:rsidP="001F04E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62217639" w14:textId="77777777" w:rsidR="001F04E1" w:rsidRPr="00A0149B" w:rsidRDefault="001F04E1" w:rsidP="001F04E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C1470B" w14:textId="1733F7C7" w:rsidR="001F04E1" w:rsidRPr="00A0149B" w:rsidRDefault="001F04E1" w:rsidP="001F04E1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C175EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Minimally test for sterility one sample bottle per batch sterilized in the laboratory, or at a set percentage such as 1 to 4%. This is performed by adding sterile dilution/rinse water to the bottle after sterilization and then subsequently analyzing it as a sample. Document results</w:t>
             </w:r>
             <w:r w:rsidRPr="00D45490">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. If sample bottles or bags are purchased pre-sterilized, verification of sterilization is not required if the laboratory maintains copies of the Certificate of Analysis from the vendor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="6F061E04" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EA7FA3C" w14:textId="037A41DA" w:rsidR="000751BD" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>32</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D37B481" w14:textId="5E9D0274" w:rsidR="000751BD" w:rsidRDefault="000751BD" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sealer checked monthly? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00465017">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0000362F" w:rsidRPr="0000362F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quanti</w:t>
-[...8 lines deleted...]
-              <w:t>-Tray® Sealer Check</w:t>
+              <w:t>Quanti-Tray® Sealer Check</w:t>
             </w:r>
             <w:r w:rsidR="0000362F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D147122" w14:textId="77777777" w:rsidR="000751BD" w:rsidRPr="00A0149B" w:rsidRDefault="000751BD" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14450F01" w14:textId="77777777" w:rsidR="000751BD" w:rsidRPr="00A0149B" w:rsidRDefault="000751BD" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="385D5156" w14:textId="2ED36F0A" w:rsidR="000751BD" w:rsidRPr="00A0149B" w:rsidRDefault="000751BD" w:rsidP="00BF3774">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the </w:t>
-[...35 lines deleted...]
-              <w:t>-Tray®/2000 test is used, the sealer must be checked monthly by adding a dye (e.g., food color or brom</w:t>
+              <w:t>If the Quanti-Tray® or Quanti-Tray®/2000 test is used, the sealer must be checked monthly by adding a dye (e.g., food color or brom</w:t>
             </w:r>
             <w:r w:rsidR="00374614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">cresol purple to a water blank. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="15E99ADA" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58BA6E1F" w14:textId="3261C93A" w:rsidR="00BF3774" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="031F800B" w14:textId="77777777" w:rsidR="006252DF" w:rsidRDefault="006252DF" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52D2CE43" w14:textId="312E050E" w:rsidR="00BF3774" w:rsidRDefault="00BF3774" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken if the seal is not adequate? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00465017">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="0000362F" w:rsidRPr="0000362F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Quanti</w:t>
-[...8 lines deleted...]
-              <w:t>-Tray® Sealer Check</w:t>
+              <w:t>Quanti-Tray® Sealer Check</w:t>
             </w:r>
             <w:r w:rsidR="00A27614">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Policy]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="325AD974" w14:textId="77777777" w:rsidR="004E0311" w:rsidRDefault="004E0311" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9538,127 +9033,123 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="478A1454" w14:textId="77777777" w:rsidR="00BF3774" w:rsidRPr="00A0149B" w:rsidRDefault="00BF3774" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173AA9B8" w14:textId="77777777" w:rsidR="00BF3774" w:rsidRPr="00A0149B" w:rsidRDefault="00BF3774" w:rsidP="005E1442">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408DAB18" w14:textId="77777777" w:rsidR="00BF3774" w:rsidRDefault="00BF3774" w:rsidP="000751BD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If dye is observed outside the wells, either perform maintenance or use another sealer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="78220575" w14:textId="77777777" w:rsidTr="00631B0F">
         <w:trPr>
           <w:trHeight w:val="1106"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE65C96" w14:textId="59FB82B7" w:rsidR="004A2DDB" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>34</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497AB398" w14:textId="4B7F4FF6" w:rsidR="004A2DDB" w:rsidRDefault="004A2DDB" w:rsidP="004A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent water testing being performed</w:t>
             </w:r>
             <w:r w:rsidR="00465017">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9731,68 +9222,66 @@
               </w:rPr>
               <w:t>Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0348A48A" w14:textId="77777777" w:rsidR="004A2DDB" w:rsidRPr="00A0149B" w:rsidRDefault="004A2DDB" w:rsidP="004A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14DCFF34" w14:textId="77777777" w:rsidR="004A2DDB" w:rsidRPr="00A0149B" w:rsidRDefault="004A2DDB" w:rsidP="004A2DDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D3722CA" w14:textId="77777777" w:rsidR="004A2DDB" w:rsidRPr="004E235F" w:rsidRDefault="004A2DDB" w:rsidP="004A2DDB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At a minimum, reagent water used to make dilutions, prepare buffered dilution/rinse water or prepare media must be analyzed at least every twelve months for the following parameters: Specific Conductance, Total Organic Carbon, Cadmium, Chromium, Copper, Nickel, Lead, and Zinc.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="473E995E" w14:textId="77777777" w:rsidR="004A2DDB" w:rsidRPr="004E235F" w:rsidRDefault="004A2DDB" w:rsidP="004A2DDB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9919,81 +9408,79 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707B63">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the facility is using vendor purchased reagent water or dilution/rinse water, this testing is not required as long as the Certificate of Analysis from the manufacturer meets these requirements and is kept on file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="35219576" w14:textId="77777777" w:rsidTr="00C75CDB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C38543C" w14:textId="472714BC" w:rsidR="007F691D" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28047005" w14:textId="77777777" w:rsidR="007F691D" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the laboratory analyze duplicate samples at a rate of 5%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10016,119 +9503,115 @@
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (C)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3155591E" w14:textId="77777777" w:rsidR="007F691D" w:rsidRPr="00A0149B" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324894F0" w14:textId="77777777" w:rsidR="007F691D" w:rsidRPr="00A0149B" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25868824" w14:textId="5F73B551" w:rsidR="007F691D" w:rsidRPr="00A0149B" w:rsidRDefault="003A5B8C" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A5B8C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="578D4A9B" w14:textId="77777777" w:rsidTr="00C75CDB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BBBDCA7" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRDefault="00AC0EF5" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7500227F" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRDefault="00AC0EF5" w:rsidP="00AC0EF5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are results of samples analyzed in duplicate reported?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2138499D" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRDefault="00AC0EF5" w:rsidP="00AC0EF5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10154,68 +9637,66 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62B54CE8" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w:rsidRDefault="00AC0EF5" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60544655" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w:rsidRDefault="00AC0EF5" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="059083E9" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRDefault="00AC0EF5" w:rsidP="00AC0EF5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00847404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If reporting an average of duplicate results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -10242,82 +9723,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This also applies if more than one sample is analyzed in a day.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C1B1F52" w14:textId="77777777" w:rsidR="00AC0EF5" w:rsidRPr="003A5B8C" w:rsidRDefault="00AC0EF5" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F691D" w:rsidRPr="00A0149B" w14:paraId="0D30DF54" w14:textId="77777777" w:rsidTr="00C75CDB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="646F952D" w14:textId="35A017BF" w:rsidR="007F691D" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="2" w:name="_Hlk504726939"/>
+            <w:bookmarkStart w:id="1" w:name="_Hlk504726939"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="27BAB9DD" w14:textId="77777777" w:rsidR="006252DF" w:rsidRDefault="006252DF" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="417916F2" w14:textId="77777777" w:rsidR="007F691D" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10395,68 +9874,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DBF2B5C" w14:textId="77777777" w:rsidR="007F691D" w:rsidRPr="00A0149B" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29EF6135" w14:textId="77777777" w:rsidR="007F691D" w:rsidRPr="00A0149B" w:rsidRDefault="007F691D" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46DA7FCD" w14:textId="6282523F" w:rsidR="00B82300" w:rsidRDefault="00CB5625" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="269890D4" w14:textId="77777777" w:rsidR="00B82300" w:rsidRDefault="00B82300" w:rsidP="007F691D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10576,90 +10053,88 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>orresponding 95% confidence levels</w:t>
             </w:r>
             <w:r w:rsidR="000E721E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> can be found </w:t>
             </w:r>
             <w:r w:rsidR="003706AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>on the technical assistance portion of our website.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="2649A8DB" w14:textId="77777777" w:rsidTr="00C75CDB">
         <w:trPr>
           <w:trHeight w:val="1619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F442A7" w14:textId="14FA900E" w:rsidR="00FE0057" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="03ADCFCC" w14:textId="77777777" w:rsidR="00FE0057" w:rsidRDefault="00FE0057" w:rsidP="00FE0057">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E097164" w14:textId="77777777" w:rsidR="00FE0057" w:rsidRDefault="00FE0057" w:rsidP="00FE0057">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10745,127 +10220,123 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14CD4326" w14:textId="77777777" w:rsidR="00FE0057" w:rsidRPr="00A0149B" w:rsidRDefault="00FE0057" w:rsidP="00FE0057">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2195B311" w14:textId="77777777" w:rsidR="00FE0057" w:rsidRPr="00A0149B" w:rsidRDefault="00FE0057" w:rsidP="00FE0057">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="070357BD" w14:textId="2C207D3C" w:rsidR="00FE0057" w:rsidRDefault="00FE0057" w:rsidP="00FE0057">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AC0EF5" w:rsidRPr="00A0149B" w14:paraId="1682C55C" w14:textId="77777777" w:rsidTr="00C75CDB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="551" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72DFA010" w14:textId="0AFD2223" w:rsidR="006E2832" w:rsidRDefault="00D2024A" w:rsidP="00EE5F7A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="080C8319" w14:textId="51A62009" w:rsidR="006E2832" w:rsidRDefault="006E2832" w:rsidP="006E2832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10897,51 +10368,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="448" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ADC9848" w14:textId="77777777" w:rsidR="006E2832" w:rsidRDefault="006E2832" w:rsidP="006E2832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3984" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C788492" w14:textId="622436C5" w:rsidR="006E2832" w:rsidRDefault="006E2832" w:rsidP="006E2832">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="31DA189D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -11165,52 +10635,52 @@
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="3" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="3"/>
+      <w:bookmarkStart w:id="2" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="2"/>
     </w:p>
     <w:p w14:paraId="0A577AF4" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRDefault="00B1076A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="504D92DE" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00B112E6" w:rsidRDefault="00B1076A">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B112E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -11222,52 +10692,52 @@
       <w:r w:rsidRPr="00B112E6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="198" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7650"/>
-        <w:gridCol w:w="3240"/>
+        <w:gridCol w:w="7643"/>
+        <w:gridCol w:w="3237"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="3411BF6A" w14:textId="77777777" w:rsidTr="00A76B25">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
           <w:p w14:paraId="4B082FC1" w14:textId="77777777" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Appearance</w:t>
@@ -11283,51 +10753,50 @@
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Result</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="025A96A8" w14:textId="77777777" w:rsidTr="00EE3C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27E911B6" w14:textId="533DF25D" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Less yellow than comparator when </w:t>
             </w:r>
             <w:r w:rsidR="00B112E6" w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11364,135 +10833,132 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°C</w:t>
             </w:r>
             <w:r w:rsidR="00B112E6" w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3359428B" w14:textId="764E5D9C" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Negative for </w:t>
             </w:r>
             <w:r w:rsidR="00492D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>E.</w:t>
             </w:r>
             <w:r w:rsidR="00BE7E71">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00492D31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Coli</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B1076A" w:rsidRPr="00A76B25" w14:paraId="71FDDC6D" w14:textId="77777777" w:rsidTr="00EE3C7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68525B6F" w14:textId="4770274B" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00FC5335" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC5335">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Yellow and fluorescence equal to or greater than the comparator when incubated at 35±0.5°C</w:t>
             </w:r>
             <w:r w:rsidR="00B112E6" w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A8A9834" w14:textId="2546DE03" w:rsidR="00B1076A" w:rsidRPr="00A76B25" w:rsidRDefault="00B1076A" w:rsidP="00A76B25">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A76B25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Positive for </w:t>
             </w:r>
             <w:r w:rsidR="00EE3C7A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11526,73 +10992,73 @@
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="005073C4" w:rsidRPr="005073C4">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="74C63A27" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0B0EB51F" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="1A96239C" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -11601,151 +11067,143 @@
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Swiss 72 1 BT">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31A99BF0" w14:textId="567D35A6" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="009A6EBB">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="004A4136">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>03</w:t>
-[...7 lines deleted...]
-      <w:t>/08/2022</w:t>
+      <w:t>03/08/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="14F96343" w14:textId="31FFAE53" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="008D054F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>03/08/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5B84B0DB" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="63A6648D" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="371B7CB4" w14:textId="77777777" w:rsidR="00F40C45" w:rsidRDefault="00F40C45"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25CA20A4" w14:textId="666EE8B7" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="000420A2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">E. Coli – </w:t>
     </w:r>
     <w:r w:rsidR="0013151E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">IDEXX </w:t>
@@ -11824,51 +11282,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004A2DDB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12134,106 +11592,89 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="847402614">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="94180057">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1975058446">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="765155852">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="000025A8"/>
     <w:rsid w:val="0000362F"/>
     <w:rsid w:val="00013ABE"/>
     <w:rsid w:val="00021ADA"/>
     <w:rsid w:val="00022ECF"/>
     <w:rsid w:val="0002543F"/>
     <w:rsid w:val="00030A5A"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00035D79"/>
     <w:rsid w:val="00036631"/>
     <w:rsid w:val="0004176E"/>
     <w:rsid w:val="000420A2"/>
     <w:rsid w:val="00051F80"/>
     <w:rsid w:val="00072B19"/>
     <w:rsid w:val="000751BD"/>
     <w:rsid w:val="00076AEA"/>
     <w:rsid w:val="00086164"/>
@@ -12314,50 +11755,51 @@
     <w:rsid w:val="002950C9"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A3D51"/>
     <w:rsid w:val="002A63B7"/>
     <w:rsid w:val="002A71CA"/>
     <w:rsid w:val="002B6BE2"/>
     <w:rsid w:val="002C5B62"/>
     <w:rsid w:val="002C5FFB"/>
     <w:rsid w:val="002D1DE6"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E069A"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E1F82"/>
     <w:rsid w:val="002F2700"/>
     <w:rsid w:val="0030506C"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="00324722"/>
     <w:rsid w:val="00326EFB"/>
     <w:rsid w:val="00333699"/>
     <w:rsid w:val="00337BEA"/>
     <w:rsid w:val="00347248"/>
     <w:rsid w:val="00357C48"/>
     <w:rsid w:val="003604AB"/>
     <w:rsid w:val="00370177"/>
     <w:rsid w:val="003706AC"/>
+    <w:rsid w:val="0037107A"/>
     <w:rsid w:val="00374614"/>
     <w:rsid w:val="003757FC"/>
     <w:rsid w:val="00380243"/>
     <w:rsid w:val="00394A3A"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003A5B8C"/>
     <w:rsid w:val="003A63DB"/>
     <w:rsid w:val="003B1F27"/>
     <w:rsid w:val="003B2640"/>
     <w:rsid w:val="003B5F97"/>
     <w:rsid w:val="003C3947"/>
     <w:rsid w:val="003C5F48"/>
     <w:rsid w:val="003D1981"/>
     <w:rsid w:val="003D4CDB"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003D7728"/>
     <w:rsid w:val="003E13EC"/>
     <w:rsid w:val="003E152E"/>
     <w:rsid w:val="003E6B75"/>
     <w:rsid w:val="003F7142"/>
     <w:rsid w:val="00400472"/>
     <w:rsid w:val="004017E0"/>
     <w:rsid w:val="0040227C"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="004067F8"/>
@@ -12679,50 +12121,51 @@
     <w:rsid w:val="00C74DDF"/>
     <w:rsid w:val="00C75B91"/>
     <w:rsid w:val="00C75CDB"/>
     <w:rsid w:val="00C87841"/>
     <w:rsid w:val="00C91144"/>
     <w:rsid w:val="00C9311D"/>
     <w:rsid w:val="00C95DFB"/>
     <w:rsid w:val="00C9730A"/>
     <w:rsid w:val="00CA184E"/>
     <w:rsid w:val="00CB015F"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB4A82"/>
     <w:rsid w:val="00CB5625"/>
     <w:rsid w:val="00CC045C"/>
     <w:rsid w:val="00CC0882"/>
     <w:rsid w:val="00CC421A"/>
     <w:rsid w:val="00CD00AF"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD3FB3"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD70D9"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CE27A6"/>
     <w:rsid w:val="00CE37A0"/>
     <w:rsid w:val="00CE4BDA"/>
+    <w:rsid w:val="00CF28B2"/>
     <w:rsid w:val="00CF5F04"/>
     <w:rsid w:val="00D06FEB"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D146EB"/>
     <w:rsid w:val="00D16F4B"/>
     <w:rsid w:val="00D2024A"/>
     <w:rsid w:val="00D20F0F"/>
     <w:rsid w:val="00D21C51"/>
     <w:rsid w:val="00D24B4E"/>
     <w:rsid w:val="00D3324E"/>
     <w:rsid w:val="00D34A42"/>
     <w:rsid w:val="00D363A7"/>
     <w:rsid w:val="00D3759C"/>
     <w:rsid w:val="00D45490"/>
     <w:rsid w:val="00D461B0"/>
     <w:rsid w:val="00D469F8"/>
     <w:rsid w:val="00D479C1"/>
     <w:rsid w:val="00D563BA"/>
     <w:rsid w:val="00D776CC"/>
     <w:rsid w:val="00D829BB"/>
     <w:rsid w:val="00D9697C"/>
     <w:rsid w:val="00D97462"/>
     <w:rsid w:val="00DA7E3C"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB3496"/>
@@ -12816,61 +12259,61 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="63BC8E22"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3C0AC2F8-1A14-49B3-A7F4-4535011B4A7D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13108,50 +12551,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
@@ -13407,51 +12851,51 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BB0C70"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC421A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="235628661">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="32192573">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -13856,190 +13300,193 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9a8b126618a8f26294f29d3496ebfcef">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -14099,158 +13546,153 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC59EFB7-40FD-4173-A48E-81553117843D}">
-[...26 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58BEEFBB-9E38-4D15-887C-A10596D9FAB8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
     <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{04EC285F-404B-40B3-BD79-F0F4FEA29751}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC59EFB7-40FD-4173-A48E-81553117843D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>2504</Words>
-  <Characters>14278</Characters>
+  <Words>2483</Words>
+  <Characters>14091</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>118</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>628</Lines>
+  <Paragraphs>200</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16749</CharactersWithSpaces>
+  <CharactersWithSpaces>16401</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>4128826</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.idexx.com/en/water/resources/mpn-generator/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>7374900</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>