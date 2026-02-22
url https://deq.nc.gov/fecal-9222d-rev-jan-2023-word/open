--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -1,59 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="6BF87C5E" w14:textId="395AF0B3" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00E609BD">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -122,410 +120,398 @@
         <w:tblW w:w="10960" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2186"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="3824"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="4CCE926C" w14:textId="77777777" w:rsidTr="00476A4B">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="335CB097" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6614" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05EF538C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="001339D0" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4964C84C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3A64EC6B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="6963C5D7" w14:textId="77777777" w:rsidTr="00476A4B">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BD41300" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6614" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01E9B1B5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D5323E6" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="799522C5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="1073862F" w14:textId="77777777" w:rsidTr="00476A4B">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="33A9C710" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5984" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13467141" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="48177FF3" w14:textId="77777777" w:rsidTr="00476A4B">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AEF7C10" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5984" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10773421" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48945C54" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7EA6CE31" w14:textId="77777777" w:rsidR="00D6671B" w:rsidRPr="001339D0" w:rsidRDefault="00C37462">
@@ -760,1492 +746,1440 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B43D7" w:rsidRPr="00A0149B" w14:paraId="6FF94C95" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="184FB424" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44BE7775" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Water bath incubator, 44.5 ± 0.2ºC (calibrated or accurate to ± 0.1°C accuracy) with gabled cover</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59F9AE0D" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A970DCD" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w:rsidRPr="00A0149B" w14:paraId="6CEC2FAD" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49FBEB89" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6087C6E7" w14:textId="21A94EA8" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE5B36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH meter with solid surface probe for agar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E6677B" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="491CB22C" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00E448AE" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00356C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w:rsidRPr="00A0149B" w14:paraId="09F23DC2" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BEDFD0E" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3411C9A5" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00142E03" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Thermometer 0.1°C increments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29718454" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02EE45A3" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00356C7D" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00356C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pressure gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="6094E733" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D37F028" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5604ED3C" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graduated cylinders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="160E0907" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="337D14D4" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00356C7D" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Holding thermometer</w:t>
             </w:r>
             <w:r w:rsidDel="00D31B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="50CFF653" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B7675BB" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A8F577C" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile pipettes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="081BEDA4" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32786BE5" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00E448AE" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vacuum source</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="6DB46204" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5529A897" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A358BE9" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Refrigerator</w:t>
             </w:r>
             <w:r w:rsidDel="00F12813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3345486E" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03F87530" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile non-leaking filtration apparatus</w:t>
             </w:r>
             <w:r w:rsidDel="00677E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="69152FE8" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C211A68" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CFED16F" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Microscope w/ 10-15x magnification or other optical device</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36B57E5E" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BBDBD54" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colony counter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="7826C0DE" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CDBC2CD" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45CD256A" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forceps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A211F8F" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13C498CE" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014106E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verification equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="49552F24" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C20109" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AAE5777" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterilizer oven 170ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5E359D" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="023BC084" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00F4187C" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Incubator, 35.0 ±0.5°C</w:t>
             </w:r>
             <w:r w:rsidRPr="0014106E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (air or water)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="3EAE136F" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63FE51D8" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E96AD2D" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hotplate w/ magnetic stirrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="657E6BCA" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DFA196C" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00D30039" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fermentation tubes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="5DD4A3F4" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372C62F0" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CDC7451" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maximum Registering Thermometer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70672D2D" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="413D0AD0" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00D30039" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Durham tubes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B43D7" w14:paraId="52CC8DAA" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41A2B20A" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="199500C7" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00356C7D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bunsen Burner (or flame source) with alcohol to flame</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="044B8F4A" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00A0149B" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61C4B7D0" w14:textId="77777777" w:rsidR="008B43D7" w:rsidRPr="00D30039" w:rsidRDefault="008B43D7" w:rsidP="008B43D7">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D30039">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inoculating equipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F4187C" w14:paraId="2EB0BACD" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C638A34" w14:textId="77777777" w:rsidR="00F4187C" w:rsidRDefault="00F4187C" w:rsidP="00F4187C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61B99F64" w14:textId="77777777" w:rsidR="00F4187C" w:rsidRDefault="008B43D7" w:rsidP="00F4187C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B43D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilution bottles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2924A981" w14:textId="77777777" w:rsidR="00F4187C" w:rsidRPr="00A0149B" w:rsidRDefault="00F4187C" w:rsidP="00F4187C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E877C19" w14:textId="77777777" w:rsidR="00F4187C" w:rsidRPr="008B43D7" w:rsidRDefault="00F4187C" w:rsidP="008B43D7">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4CFB1DB8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58AFEE1D" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5">
@@ -2299,244 +2233,236 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A4BD5" w14:paraId="0C48869F" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704EB94E" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1727DF52" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Waterproof plastic bag enclosures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FAF1B89" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC0534D" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00264D11" w:rsidRDefault="00A077E3" w:rsidP="00A077E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petri</w:t>
             </w:r>
             <w:r w:rsidR="000A4BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> dishes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A4BD5" w14:paraId="557694CE" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5561267A" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0DF050" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile absorbent pads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30C8E64F" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="263835D9" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile membrane filters</w:t>
             </w:r>
             <w:r w:rsidR="00D6671B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 0.45 µm</w:t>
@@ -2596,259 +2522,251 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D750E" w:rsidRPr="00A0149B" w14:paraId="329D3C73" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC74C8E" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD0E19D" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M-FC broth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A6C31F4" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33C54963" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00E241C0" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sterile </w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dilution/ rinse water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="367587EA" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5524C751" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EFF4976" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>M-FC ag</w:t>
             </w:r>
             <w:r w:rsidR="005B1C90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22B2284F" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27C11CAB" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="007477CE" w:rsidP="007477CE">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2883,195 +2801,189 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E0826" w14:paraId="092C746B" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55EBF3E6" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A0149B" w:rsidRDefault="000E0826" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57F89ADD" w14:textId="77777777" w:rsidR="000E0826" w:rsidRDefault="00677E70" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1% Rosolic Acid</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="775A0818" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A0149B" w:rsidRDefault="000E0826" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F56B91" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A077E3" w:rsidRDefault="00A077E3" w:rsidP="00D31B62">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MgCl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F95DC0" w14:paraId="6CDAF915" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="097ADF14" w14:textId="77777777" w:rsidR="00F95DC0" w:rsidRPr="00A0149B" w:rsidRDefault="00F95DC0" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49CCAA34" w14:textId="77777777" w:rsidR="00F95DC0" w:rsidDel="00677E70" w:rsidRDefault="0057129E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">0.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="0B536D0C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -3084,130 +2996,126 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F95DC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NaOH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BAA5F9C" w14:textId="77777777" w:rsidR="00F95DC0" w:rsidRPr="00A0149B" w:rsidRDefault="00F95DC0" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6222D1E4" w14:textId="77777777" w:rsidR="00F95DC0" w:rsidRPr="001F0E72" w:rsidDel="00677E70" w:rsidRDefault="001F0E72" w:rsidP="00A077E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4148F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Lauryl Tryptose Broth (LTB)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001F0E72" w14:paraId="1D997455" w14:textId="77777777" w:rsidTr="00D71A50">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="279291FE" w14:textId="77777777" w:rsidR="001F0E72" w:rsidRPr="00A0149B" w:rsidRDefault="001F0E72" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CF77E63" w14:textId="77777777" w:rsidR="001F0E72" w:rsidRDefault="001F0E72" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F0E72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10% Na</w:t>
             </w:r>
             <w:r w:rsidRPr="001F0E72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3237,74 +3145,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O</w:t>
             </w:r>
             <w:r w:rsidRPr="001F0E72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB86FE2" w14:textId="77777777" w:rsidR="001F0E72" w:rsidRPr="00A0149B" w:rsidRDefault="001F0E72" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27A91BBA" w14:textId="77777777" w:rsidR="001F0E72" w:rsidRPr="001F0E72" w:rsidRDefault="001F0E72" w:rsidP="00A077E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C4148F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EC Medium</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2310987A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -3315,66 +3221,64 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4EB6519E" w14:textId="77777777" w:rsidR="00581534" w:rsidRPr="001339D0" w:rsidRDefault="00DA0A33">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005626A7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4365F74F" w14:textId="77777777" w:rsidR="00AE2CE8" w:rsidRPr="00FC5817" w:rsidRDefault="00AE2CE8" w:rsidP="00DA0A33">
+    <w:p w14:paraId="4365F74F" w14:textId="77777777" w:rsidR="00AE2CE8" w:rsidRPr="007D75EA" w:rsidRDefault="00AE2CE8" w:rsidP="00DA0A33">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC5817">
+      <w:r w:rsidRPr="007D75EA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11178" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="468"/>
         <w:gridCol w:w="4770"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
@@ -3533,77 +3437,75 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F21211" w:rsidRPr="00A0149B" w14:paraId="0F24C85F" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40AEBB42" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="00EE5760" w:rsidRDefault="00D52BE7" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A52A481" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1F7D8DF5" w14:textId="4BABEC38" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
@@ -3854,70 +3756,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32370B5A" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="00560E41" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04BB5251" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="00560E41" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2151A001" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C40A5F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D4B15AF" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4233,77 +4133,75 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="44C29EE0" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11279C56" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A54F15" w14:textId="2E658A38" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all revision dates and actions tracked and documented?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -4342,197 +4240,191 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BD7A92D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00560E41" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B82074C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00560E41" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="465EFAA6" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="005626A7" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D52BE7" w:rsidRPr="00A0149B" w14:paraId="63C02891" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="341"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7955D8C7" w14:textId="3D33101B" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D6A4F97" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="227C3317" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="00560E41" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11C0CE1A" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="00560E41" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CAF7FA2" w14:textId="77777777" w:rsidR="00D52BE7" w:rsidRPr="001339D0" w:rsidRDefault="00D52BE7" w:rsidP="00D52BE7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009157FB" w:rsidRPr="00A0149B" w14:paraId="4C399C90" w14:textId="77777777" w:rsidTr="00941DCF">
@@ -4672,77 +4564,75 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="3F8ACD29" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="1322"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59381D99" w14:textId="7167FBC8" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58D455E4" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected in sterile containers?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64EFE777" w14:textId="0F707A0C" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4805,85 +4695,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 40 CFR Part 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7131F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628F9FB0" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AEE0C83" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5962D4CE" w14:textId="47C9381A" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collect samples for microbiological examination in clean, sterile, nonreactive borosilicate glass or plastic bottles (i.e., any plastic that is made of a sterilizable material such as polypropylene or other autoclavable plastic) or presterilized plastic bags appropriate for microbiological use. Sterilize as directed in section 9030 B-20</w:t>
             </w:r>
             <w:r w:rsidR="001F2735">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4904,77 +4791,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="416506FE" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AED6E11" w14:textId="0B23A46F" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A469A8" w14:textId="0D7A0F58" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is residual chlorine neutralized at time of sample collection with sterile Na</w:t>
             </w:r>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5074,91 +4959,88 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 40 CFR Part 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7131F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B75FF96" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28DB081E" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75D32CA7" w14:textId="386EF859" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For sampling chlorinated wastewater effluents, add sufficient Na</w:t>
             </w:r>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -5343,77 +5225,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> by 40 CFR Part 136.3 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="436B9818" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BCA0FB8" w14:textId="6698B34E" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71C9F0B0" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0067392B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -5531,150 +5411,145 @@
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B2390E3" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E7A4588" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43CA4FFE" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR Part 136.3 Table II, footnote 2 allows 15 minutes for sample preservation, including thermal. This means that if a sample is received in the lab within 15 minutes it is not required to be on ice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="369FA5BB" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B69BE0" w14:textId="04204F8E" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25869AF9" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples checked for residual chlorine upon receipt in the lab? </w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5683,91 +5558,88 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37F3F795" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="256DE0A7" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03503220" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use of TRC strips is allowed, see “</w:t>
             </w:r>
             <w:r w:rsidRPr="00F371AF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5788,77 +5660,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Policy (10/30/2014)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>”.  Mix thoroughly prior to checking for chlorine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F21211" w:rsidRPr="00A0149B" w14:paraId="25C6531B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25A5C1F1" w14:textId="69873C47" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="630DFE36" w14:textId="087450FA" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What action is taken if chlorine is present? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00D07AE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5953,71 +5823,69 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7218E959" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40BCF82A" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C892E6A" w14:textId="1BBA6D5D" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, dechlorinate the sample and notify NC WW/GW Laboratory Certification </w:t>
             </w:r>
             <w:r w:rsidR="00CC2776">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6030,77 +5898,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that a non-compliant sample was received.</w:t>
             </w:r>
             <w:r w:rsidR="000A1E44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reported results must be qualified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="5ED2EC6B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="446EE7EF" w14:textId="3BDB40C6" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DC48D58" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0067392B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -6218,91 +6084,88 @@
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="286F5AC9" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52FAA790" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74FB1148" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="2F0B067A" w14:textId="77777777" w:rsidTr="00CC2776">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CC4A90C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
@@ -6428,80 +6291,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00250575" w:rsidRPr="00A0149B" w14:paraId="4D185554" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55044D89" w14:textId="0ACED558" w:rsidR="003A381A" w:rsidRPr="0071074D" w:rsidRDefault="003A381A" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="211F6B18" w14:textId="3B528289" w:rsidR="003A381A" w:rsidRDefault="003A381A" w:rsidP="003A381A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the sterile rinse/dilution water prepared? [SM 9050 C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6592,93 +6453,111 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C1B213D" w14:textId="77777777" w:rsidR="003A381A" w:rsidRPr="0071074D" w:rsidRDefault="003A381A" w:rsidP="003A381A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77D6E6D7" w14:textId="77777777" w:rsidR="003A381A" w:rsidRPr="0071074D" w:rsidRDefault="003A381A" w:rsidP="003A381A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A62C377" w14:textId="06F1E919" w:rsidR="003A381A" w:rsidRPr="0071074D" w:rsidRDefault="003A381A" w:rsidP="003A381A">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Add 1.25 mL stock Phosphate buffer solution and 5.0 ml magnesium chloride stock solution to 1-L reagent grade water. 100 ml volumes or less autoclave for 15 minutes. Rinse water volumes &gt;100 ml adjust autoclave time for volume – see table </w:t>
+              <w:t xml:space="preserve">Add 1.25 mL stock Phosphate buffer solution and 5.0 ml magnesium chloride stock solution to 1-L reagent grade water. 100 ml volumes or less autoclave for 15 minutes. Rinse water volumes &gt;100 ml </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0071074D">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>adjust</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0071074D">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> autoclave time for volume – see table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9020:IV</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00D02D5F">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6737,83 +6616,81 @@
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If dilutions are prepared – do not suspend a sample in any dilution water for more than 30 minutes at room temperature because injury, death, or multiplication may occur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="66A440A9" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="398E5660" w14:textId="7514A555" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24947911" w14:textId="09B16D3B" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the Phosphate buffer and Magnesium Chloride stock solutions sterilized after preparation and stored in the refrigerator? [SM 9050 C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6840,202 +6717,169 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) and (2)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF552FF" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="547DE7F6" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D38B4C9" w14:textId="79C49BE1" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stock Phosphate buffer </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>Stock Phosphate buffer solution; Dissolve 34.0 g potassium dihydrogen phosphate (KH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001339D0">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>solution;</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>PO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001339D0">
+              <w:rPr>
+                <w:rStyle w:val="CommentReference"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Dissolve 34.0 g potassium dihydrogen phosphate (KH</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="001339D0">
+              <w:t>) in 500 ml reagent grade water, adjust to pH 7.2 ± 0.5</w:t>
+            </w:r>
+            <w:r w:rsidR="00F44A48">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="subscript"/>
-[...1 lines deleted...]
-              <w:t>2</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PO</w:t>
-[...46 lines deleted...]
-              <w:t>to 1 L with reagent grade water. Sterilize by filtration or autoclave. Store stock solution under refrigerated conditions and discard if turbidity develops.</w:t>
+              <w:t xml:space="preserve"> with 1N NaOH and dilute to 1 L with reagent grade water. Sterilize by filtration or autoclave. Store stock solution under refrigerated conditions and discard if turbidity develops.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="037C7CDB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59CE9E85" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -7095,83 +6939,81 @@
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>O) to 1 l reagent grade water. Sterilize and store stock solution under refrigerated conditions, discarding if solution becomes turbid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="560DAD89" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46518642" w14:textId="06624931" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40987D46" w14:textId="143A4B52" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the stock phosphate buffer documented to be pH 7.2 </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7289,97 +7131,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(E)</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="350AC477" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="791FE17E" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="571A9DED" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If prepared, document in the preparation instructions or if purchased, retain manufacturer’s documentation stating it is the proper pH.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="33297061" w14:textId="77777777" w:rsidR="006754BC" w:rsidRDefault="006754BC" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7396,83 +7235,81 @@
             </w:pPr>
             <w:r w:rsidRPr="006754BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00250575" w:rsidRPr="00A0149B" w14:paraId="48990A17" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C737D6" w14:textId="4961F5DD" w:rsidR="00586F50" w:rsidRPr="0071074D" w:rsidRDefault="00586F50" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26B5E921" w14:textId="77777777" w:rsidR="00586F50" w:rsidRDefault="00586F50" w:rsidP="00586F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the M-FC media purchased pre-made </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7579,74 +7416,72 @@
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="61181BE3" w14:textId="77777777" w:rsidR="00586F50" w:rsidRPr="0071074D" w:rsidRDefault="00586F50" w:rsidP="00586F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74F2BBC3" w14:textId="77777777" w:rsidR="00586F50" w:rsidRPr="0071074D" w:rsidRDefault="00586F50" w:rsidP="00586F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="219C615D" w14:textId="77777777" w:rsidR="00187CAD" w:rsidRDefault="00187CAD" w:rsidP="00187CAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare according to manufacturer’s instructions: Suspend 3.7 grams of the powder in 100 mL of purified water. Add 1 mL of a 1% solution of Rosolic Acid in 0.2 N NaOH&gt; If </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7734,83 +7569,81 @@
           </w:p>
           <w:p w14:paraId="1F1A220D" w14:textId="77777777" w:rsidR="00586F50" w:rsidRPr="0071074D" w:rsidRDefault="00586F50" w:rsidP="00586F50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="481F919D" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3224E521" w14:textId="36C3B36C" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C76F57C" w14:textId="58038668" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="001339D0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -7878,97 +7711,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB46F5D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47210A0B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="598B17DE" w14:textId="1CE59C36" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020</w:t>
             </w:r>
             <w:r w:rsidR="00270382" w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -8045,83 +7875,81 @@
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, volume produced, format, final pH, date prepared, and name of preparer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="453BC127" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E221870" w14:textId="2027C6D3" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D1069CF" w14:textId="606F6C34" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8172,156 +8000,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79B82467" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28598D83" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E96AB71" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="33A1DDA8" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206DCA5D" w14:textId="3103564F" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF9196B" w14:textId="2D96E4ED" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8372,156 +8195,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2550EA3A" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C366A12" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E8FF474" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00226146" w:rsidRPr="00A0149B" w14:paraId="6BA2E4DA" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E91B998" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4789D0F6" w14:textId="3EEDA8B8" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00DA60B1" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8556,174 +8374,169 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D2257EB" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79939115" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D31D41B" w14:textId="0F2A02D3" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00DA60B1" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-2015 (5) (j) (1):</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="3111547C" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C73A298" w14:textId="1DCF186D" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B318ACB" w14:textId="3FA73660" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the M-FC medium adjusted if necessary and documented to be 7.4 ± 0.2 S.U.? [SM 9222 D</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8782,97 +8595,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16A664F7" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="087C1BB2" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3F257A" w14:textId="17C020C0" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00270382" w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -9121,51 +8931,69 @@
               <w:t>&gt;</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">0.5 units, discard the batch and check </w:t>
             </w:r>
             <w:r w:rsidR="007C4055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">both </w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>preparation instructions and  reagent water</w:t>
+              <w:t xml:space="preserve">preparation instructions </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0071074D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and  reagent</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0071074D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> water</w:t>
             </w:r>
             <w:r w:rsidR="007C4055">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>’s pH</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to resolve the problem. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D8D7A6F" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9265,119 +9093,99 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1D6C3246" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AD178BA" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If using agar, the method states to pour into petri plates and let solidify before it talks about the final pH. Therefore, they need to use a pH electrode for surface measurements, which is made to be used for solid and semi-solid </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> analyze the agar after it solidifies.</w:t>
+              <w:t>If using agar, the method states to pour into petri plates and let solidify before it talks about the final pH. Therefore, they need to use a pH electrode for surface measurements, which is made to be used for solid and semi-solid samples, and analyze the agar after it solidifies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00226146" w:rsidRPr="00A0149B" w14:paraId="5D1A2A13" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65687A27" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C06EFC3" w14:textId="220BB896" w:rsidR="00DA60B1" w:rsidRDefault="00DA60B1" w:rsidP="00DA60B1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EE1D50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the holding time for the prepared media? [SM 9222 D-20</w:t>
             </w:r>
             <w:r w:rsidR="00581EE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9479,141 +9287,137 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="033A3A68" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDF472D" w14:textId="77777777" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00226146" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FBA674F" w14:textId="5F5F54E2" w:rsidR="00226146" w:rsidRPr="0071074D" w:rsidRDefault="00DA60B1" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Discard unused broth after 96 h or unused agar after 2 weeks.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="607C4A09" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F956026" w14:textId="611A448D" w:rsidR="00865D8B" w:rsidRPr="00586F50" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30966DF8" w14:textId="2C546A5D" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -9665,97 +9469,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5) (j) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1605869B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D09B508" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2872F41C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9800,140 +9601,952 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>period of time</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D0BA7EB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2335C2BB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="004615BC" w:rsidP="00865D8B">
-[...12 lines deleted...]
-                <w:szCs w:val="18"/>
+          <w:p w14:paraId="58F320A4" w14:textId="222913F4" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-US"/>
-              </w:rPr>
-[...24 lines deleted...]
-            </w:r>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Holding Times for Prepared Media</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3471"/>
+              <w:gridCol w:w="1130"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="3AA2D15D" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="02381810" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Medium </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3CFFC12E" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Holding Time</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="45FF0E36" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="1346AA7D" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>flasks</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="19073EC0" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>96 h</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="13FA304A" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="64D10BE0" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Poured agar in plates with tight-fitting </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>covers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="42C17D8C" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="2A7133CE" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="001B44DA" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>loose-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="312D1AFD" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="48B08E16" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="327"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="53DD2A2B" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in tightly closed </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>b</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66A7A6A2" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="05E3F205" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="320"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="3847B7C9" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Poured agar plates with loose-fitting covers in sealed plastic bags</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="32627309" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="1FE92840" w14:textId="77777777" w:rsidTr="007D75EA">
+              <w:trPr>
+                <w:trHeight w:val="44"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="14C863D0" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Large volume of agar in tightly closed screw-cap flask or </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>bottle</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="66A9ECAA" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="4EB9E7B5" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Hold under refrigerated conditions (2–8 °C).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CFAD708" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Hold at &lt;30 °C.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2335C2BB" w14:textId="33CCF581" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="3EEC189B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B312DC3" w14:textId="34108990" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48B55A4C" w14:textId="0A4C98D5" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stored in refrigerator</w:t>
             </w:r>
             <w:r w:rsidR="00EC0307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9976,97 +10589,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7055E1E2" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29C797DC" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69199708" w14:textId="12B40240" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10197,83 +10807,81 @@
             </w:r>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="0EB0BCD0" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0278D5E4" w14:textId="7F3AE3B7" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B24EA9" w14:textId="14B224D5" w:rsidR="00865D8B" w:rsidRPr="00586F50" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are absorbent pads used in conjunction with M-FC medium? [SM 9222 D-20</w:t>
             </w:r>
             <w:r w:rsidR="00FA6767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10334,156 +10942,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F619FD" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="474FD275" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C499A49" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="4268AE28" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D482652" w14:textId="11DDE0D2" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F2D874" w14:textId="3BDBBB20" w:rsidR="00865D8B" w:rsidRPr="00586F50" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>While in the culture dish, is the pad saturated with at least 2.0 ml of M-FC medium and the excess decanted from the dish?  [SM 9222 D-20</w:t>
             </w:r>
             <w:r w:rsidR="00FA6767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10502,164 +11105,159 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5666AA9D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BAC2606" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="563B779D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not applicable if using agar.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="71DA46AD" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44EE127E" w14:textId="101970EA" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C483D11" w14:textId="27DD3827" w:rsidR="00865D8B" w:rsidRPr="00586F50" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is agar used? [SM 9222 D-20</w:t>
             </w:r>
             <w:r w:rsidR="00FA6767">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10694,156 +11292,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5BB872" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BBFF69C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E64889F" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="71A5BEEE" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DD6520F" w14:textId="56F7C47C" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0216E2FE" w14:textId="6CBFF4A6" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0071074D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the agar preparation documented?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10854,97 +11447,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="430EE012" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB6FC6B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02FE523E" w14:textId="1BEA9F3B" w:rsidR="00865D8B" w:rsidRPr="0071074D" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00FA6767" w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -11154,83 +11744,81 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="47BA4231" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="341BED5C" w14:textId="1CB26E8E" w:rsidR="00865D8B" w:rsidRPr="00C84EE5" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6DA137" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C84EE5" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the LTB medium purchased ready-to-use or prepared in the lab? If purchased ready-to-use skip to question #3</w:t>
             </w:r>
             <w:r w:rsidR="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11241,97 +11829,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ECE76B3" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C84EE5" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11AC81F4" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C84EE5" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220227B6" w14:textId="4B4E84B9" w:rsidR="00865D8B" w:rsidRPr="00C84EE5" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although SM 9221 B-20</w:t>
             </w:r>
             <w:r w:rsidR="000E5D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
@@ -11354,83 +11939,81 @@
             </w:r>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="78C478A9" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F8A19CE" w14:textId="04FCB270" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="000CE309" w14:textId="5DF53489" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -11450,561 +12033,543 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="096E72AA" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D31A58B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24A8BF6D" w14:textId="6A51E0CA" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="009E03A9" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See explanation in question 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="2B8FCECA" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2455D0D9" w14:textId="2EBBA753" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B39EC94" w14:textId="25459017" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00894F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="483591C7" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A2658FB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C307F48" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="5575B736" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FCE8DC" w14:textId="24CC1411" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F7E12B7" w14:textId="78B576F4" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00894F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52A0EBAB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="027DDC43" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3177A15A" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00695EC0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="43E27566" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20028855" w14:textId="3AE20EE9" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C34E612" w14:textId="5AFD7E6F" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00894F7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346AF511" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06484D51" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="685F8284" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="331EE921" w14:textId="6B59A1E6" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -12034,83 +12599,81 @@
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="627D5B6B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61BE9ECC" w14:textId="1D734D79" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68DEE2A8" w14:textId="7D292AE4" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00235F55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12129,97 +12692,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49AA2C1C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206B0949" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45500A90" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense-in fermentation tubes with an inverted vial (Durham tube)-sufficient medium to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AB2165F" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12246,83 +12806,81 @@
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Medium will fill the inverted vial when sterilized. Account for this volume when dispensing media into tubes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="48EE0D94" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E290530" w14:textId="1084CEE2" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B9032B" w14:textId="4A2B89DF" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="00235F55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12405,97 +12963,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02BB3E80" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6459589D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52A96E01" w14:textId="03550895" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alternatively, omit the inverted vial and add 0.01 g/L brom</w:t>
             </w:r>
             <w:r w:rsidR="005C256E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
@@ -12518,126 +13073,115 @@
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ryptose broth to determine acid production, an indicator of a positive result in this part of the coliform test. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="342B030D" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8BD236" w14:textId="50A48C84" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="620C4D96" w14:textId="04D832E7" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is LTB made </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>using 35.6 g/L dehydrated LTB</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">? [SM 9221 </w:t>
-[...8 lines deleted...]
-              <w:t>B-</w:t>
+              <w:t>? [SM 9221 B-</w:t>
             </w:r>
             <w:r w:rsidR="005C256E" w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="005C256E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidR="005C256E" w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -12654,214 +13198,186 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D0969F5" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D329626" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B707D8" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare in accordance with Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9221:I.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> NOTE: Since </w:t>
-[...32 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> NOTE: Since sample is not added to the LTB (the loop is simply dipped in it) only the 1 ml inoculum instructions apply for verification.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00B4D3B9" w14:textId="4348CEC6" w:rsidR="00865D8B" w:rsidRPr="00C71277" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="37902282" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7120CEF4" w14:textId="59B03D29" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B06C0E" w14:textId="3ABF1A92" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 B-</w:t>
             </w:r>
             <w:r w:rsidR="005C256E" w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12896,97 +13412,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="152E0545" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="218CD3AD" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32A162C0" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74561D7D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13011,83 +13524,81 @@
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="725B865B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F88B762" w14:textId="7E0A584D" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AF0027E" w14:textId="38D99A1A" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, are inverted vials free of air bubbles? [SM 9221 B-</w:t>
             </w:r>
             <w:r w:rsidR="005C256E" w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13122,164 +13633,159 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="549C7816" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B7B571" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB87489" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials, if used, are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="7E56FF7F" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3E420D" w14:textId="0F4C77C5" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B78C344" w14:textId="66FBDE59" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the LTB medium adjusted if necessary and documented to be 6.8 ± 0.2 S.U.? [SM 9221 B-20</w:t>
             </w:r>
             <w:r w:rsidR="005C256E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13314,97 +13820,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22E7D9AD" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="339690C0" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324A086F" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D326583" w14:textId="3F7A64F6" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -13523,176 +14026,171 @@
           </w:p>
           <w:p w14:paraId="4865A425" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00871220" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="7D9F0476" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A94A617" w14:textId="0BC33A5D" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63B4C367" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the EC medium purchased ready-to-use or prepared in the lab? If purchased ready-to-use skip to question #</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>46</w:t>
             </w:r>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28B93AB5" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650E07FF" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66559E19" w14:textId="44144385" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="005C256E" w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>20</w:t>
@@ -13715,83 +14213,81 @@
             </w:r>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) (a) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="341538B9" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587B2BD6" w14:textId="3C9C1B37" w:rsidR="00865D8B" w:rsidRPr="006B46C0" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="084D8C15" w14:textId="08434EF8" w:rsidR="00865D8B" w:rsidRPr="006B46C0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -13811,553 +14307,535 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2203C537" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="006B46C0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05B1A2AE" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="006B46C0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0ABA9C92" w14:textId="27CDBD88" w:rsidR="00865D8B" w:rsidRPr="006B46C0" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="3A7A64F2" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="701"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D2DE714" w14:textId="0E3624DB" w:rsidR="00865D8B" w:rsidRPr="00A82667" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5506A3E2" w14:textId="592C272B" w:rsidR="00865D8B" w:rsidRPr="00A82667" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00972C89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7ACA0916" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A82667" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33CB9817" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A82667" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24967104" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A82667" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="58678744" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="047F5E20" w14:textId="3656E2EC" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254AACAC" w14:textId="0DE782AD" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00972C89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CCEFB0E" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B82273E" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B286996" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="543A4592" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16BD2B93" w14:textId="557B50E0" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="723D6125" w14:textId="09E519B4" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-20</w:t>
             </w:r>
             <w:r w:rsidR="00972C89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37C4B1DE" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE85B02" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="496C3B12" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5823106F" w14:textId="5C9E46D6" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -14387,336 +14865,326 @@
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="7E168AC0" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8BC44F" w14:textId="19F40E59" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EF6F579" w14:textId="5779496C" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 E-20</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2333F694" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B875A85" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32A8501F" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DA51AB" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense sufficient medium, in fermentation tubes with an inverted vial, to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="5D65C2FF" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41D5F19E" w14:textId="23FBA3B8" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A31CA1" w14:textId="63028F92" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 E-20</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="578E2B59" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0421CD87" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FD65F81" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps. Autoclave medium at 121°C for 12 to 15 min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E1A98D3" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14724,243 +15192,236 @@
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="556F9083" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23F6A3A7" w14:textId="7B24242F" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47F1108A" w14:textId="744ABDFC" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, are inverted vials free of air bubbles? [SM 9221 E-20</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="061453EE" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54E4841D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DAD1E48" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="6307B6D9" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3407E20F" w14:textId="0AADD839" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D782594" w14:textId="03D81E1B" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the EC medium adjusted if necessary and documented to be 6.9 ± 0.2 S.U.? [SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4" w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15011,97 +15472,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75466738" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28F2C1FC" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D0CC869" w14:textId="758A2962" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9221 E-</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4" w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -15164,110 +15622,99 @@
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> NaOH or 1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard </w:t>
-[...8 lines deleted...]
-              <w:t>and determine whey (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
+              <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine whey (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="3C9AB014" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39FE84FD" w14:textId="2AFD0C78" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7440B5CC" w14:textId="25812C9A" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When prepared in-house, are the LTB and </w:t>
             </w:r>
             <w:r w:rsidRPr="005B4AB4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15336,197 +15783,1025 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A574A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> V]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718B55C8" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0966D178" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="712CBCAC" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-US"/>
-              </w:rPr>
-[...5 lines deleted...]
-            </w:r>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Holding Times for Prepared Media</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3471"/>
+              <w:gridCol w:w="1130"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="7E4971A6" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="5C4F14EF" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Medium </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="60E2F7CE" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Holding Time</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="4A891060" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6299E902" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>flasks</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="458CEDBC" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>96 h</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="2F4D7757" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="07460CDE" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Poured agar in plates with tight-fitting </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>covers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="256859E5" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="36BAA43D" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="49E81394" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>loose-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6743FFD6" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="612BF71C" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="327"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="313B766D" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in tightly closed </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>b</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="513B0B43" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="59B9F182" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="320"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6EB3CAFB" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Poured agar plates with loose-fitting covers in sealed plastic bags</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="027EE8E9" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="007D75EA" w:rsidRPr="007D75EA" w14:paraId="6AE60952" w14:textId="77777777" w:rsidTr="00096385">
+              <w:trPr>
+                <w:trHeight w:val="44"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D72F147" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Large volume of agar in tightly closed screw-cap flask or </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>bottle</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4D9F1499" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="16008388" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Hold under refrigerated conditions (2–8 °C).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CC2ABE2" w14:textId="77777777" w:rsidR="007D75EA" w:rsidRPr="007D75EA" w:rsidRDefault="007D75EA" w:rsidP="007D75EA">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Hold at &lt;30 °C.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="487EAD27" w14:textId="4B32A690" w:rsidR="00865D8B" w:rsidRPr="00A574A8" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
           <w:p w14:paraId="3EC592BA" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOTE:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> For dehydrated media, you may follow the manufacturer’s instructions for preparation; however, you must follow Table 9020: V for hold times.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="7C58C5A5" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1561C62F" w14:textId="496E2137" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62FCC786" w14:textId="15C05697" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -15612,97 +16887,94 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(5) (j) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="167F4057" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD40939" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23728B5A" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="000A5E1F" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15833,77 +17105,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="02FD3373" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B112221" w14:textId="5B2C1654" w:rsidR="00865D8B" w:rsidRPr="00DD0B10" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B571DA8" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DD0B10" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed as soon as possible after collection with the start of incubation no more than 8 hours after collection? </w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -15935,161 +17205,156 @@
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; footnote 22</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5819B5C8" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DD0B10" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5FAE51" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DD0B10" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AAF5283" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00DD0B10" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample analysis should begin as soon as possible after receipt; sample </w:t>
             </w:r>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>incubation</w:t>
             </w:r>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (not filtration) must be started no later than 8 hours from time of collection.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="0A2E393F" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46AB7DAC" w14:textId="33F9EFAD" w:rsidR="00865D8B" w:rsidRPr="0069377E" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C01007C" w14:textId="74166AF8" w:rsidR="00865D8B" w:rsidRPr="0069377E" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sample volumes selected to yield counts between 20 and 60 colonies per filter? [SM 9222 D-</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4" w:rsidRPr="0069377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16121,135 +17386,130 @@
             </w:r>
             <w:r w:rsidR="00DF49E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0069377E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D7C6D17" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0069377E" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7971CF3D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0069377E" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E2846BB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="0069377E" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="5733A936" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A56DA0A" w14:textId="775A6E0D" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60F7754B" w14:textId="7C1AC95B" w:rsidR="00865D8B" w:rsidRPr="009713E3" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples adequately homogenized prior to analysis or dilution? [SM 9060 A-</w:t>
             </w:r>
             <w:r w:rsidR="00DF49E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -16349,94 +17609,91 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00305D67">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105B98EA" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="009713E3" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2505F43E" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="009713E3" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D018AB" w14:textId="5AB549F6" w:rsidR="00F11E50" w:rsidRDefault="00F11E50" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bottles used for sample collection should be large enough to collect desired sample volume and still maintain adequate headspace (2.5 cm) to ensure proper sample mixing (via shaking) before analys</w:t>
             </w:r>
             <w:r w:rsidR="00E76D72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16492,77 +17749,75 @@
               </w:rPr>
               <w:t>by vigorously shaking (e.g., 25 times up and down in a 1 ft arc in 7 s) to break up clumps of bacteria, which is crucial for a microbial quantitative method. If sample bottle lacks enough headspace for adequate mixing, pour sample into a larger sterile vessel to mix appropriately.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3BF593CB" w14:textId="117571E3" w:rsidR="00865D8B" w:rsidRPr="009713E3" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="12AE3A2D" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73EF6DFB" w14:textId="0B33B8AD" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="435B2F91" w14:textId="45CD1766" w:rsidR="00865D8B" w:rsidRPr="0067392B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are at least two dilutions analyzed? [SM 9222 D-</w:t>
             </w:r>
             <w:r w:rsidR="00354F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -16580,88 +17835,85 @@
             </w:r>
             <w:r w:rsidR="007531BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3CB168" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F6EB38D" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34EB2115" w14:textId="77777777" w:rsidR="007531BD" w:rsidRPr="007531BD" w:rsidRDefault="007531BD" w:rsidP="007531BD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk74054153"/>
             <w:r w:rsidRPr="007531BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Select volume of water sample to be</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16807,77 +18059,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007531BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ten times (or one third and three times) this volume, respectively.</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F21211" w:rsidRPr="00A0149B" w14:paraId="513C0261" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40FA79DC" w14:textId="6CBDB309" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6421B886" w14:textId="20803F90" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are sample volumes measured? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00354F53">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16964,68 +18214,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3233EEF6" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D6310A9" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C82ED33" w14:textId="77777777" w:rsidR="00354F53" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pipets, pipettors, graduated cylinders, or graduation marks on the filter funnel are acceptable. If pipet tips are chipped, replace. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="35D29425" w14:textId="77777777" w:rsidR="00354F53" w:rsidRDefault="00354F53" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17055,77 +18303,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(4)(k) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00865D8B" w:rsidRPr="00A0149B" w14:paraId="614C6CF9" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="063427B9" w14:textId="56C1DB6D" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E48793" w14:textId="4614A2BD" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If reusable glassware is used, is the glassware checked for pH and inhibitory residues? [SM 9020 B-</w:t>
             </w:r>
             <w:r w:rsidR="00AB33AA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17152,142 +18398,137 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (1) and (2)] </w:t>
             </w:r>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not required at this time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F31E20C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B9E9C8" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="624A8E92" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="7401C0FC" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BFD88EA" w14:textId="5E3AADCD" w:rsidR="00865D8B" w:rsidRPr="00DA0A33" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587A4788" w14:textId="33DFAE5F" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sterile forceps used to place the sterile membrane filter (grid side up) on the filter plate? [SM 9222 D-</w:t>
             </w:r>
             <w:r w:rsidR="00251E1C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17360,51 +18601,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6858C4" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24221339" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forceps are sterilized by alcohol flaming.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A483824" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17497,80 +18737,78 @@
               <w:t>(4) (c) for the filtration of samples.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F7704D8" w14:textId="3C0859E9" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="5319E1C3" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="025580AE" w14:textId="053EA746" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="253653E0" w14:textId="7E9D866B" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample filtered under partial vacuum? [SM 9222 </w:t>
             </w:r>
             <w:r w:rsidRPr="00372533">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17683,105 +18921,102 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5AE0D3" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="426FB906" w14:textId="3B62DF57" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="733819C4" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F6D3BA" w14:textId="3CA02600" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="722550E5" w14:textId="6376B78A" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the time sample filtration begins documented? </w:t>
             </w:r>
             <w:r w:rsidR="0050100A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17878,51 +19113,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DC22505" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C132B8C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Needed to determine if samples are put in the incubator within 30 minutes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="067A87EF" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -17995,80 +19229,78 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="5920EC24" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4156BC" w14:textId="411D0014" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A93EBE" w14:textId="06941E77" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">With the filter still in place, is the interior surface of the filter funnel rinsed with three 20-30 ml portions of sterile buffered dilution water? </w:t>
             </w:r>
             <w:r w:rsidRPr="00372533">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18181,131 +19413,128 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12581B3B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C9271B4" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">A steady flow of sterile buffered dilution water from of squeeze bottle is acceptable </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> it has been sterilized along with water and does not become contaminated during use – cover tip of bottle with aluminum foil prior to sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="0AC33692" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F10148B" w14:textId="0E0F1DCD" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F0EED1" w14:textId="2D0F01BC" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the prepared filter aseptically placed directly on the </w:t>
             </w:r>
             <w:r w:rsidRPr="00A81FF7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18466,105 +19695,102 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6928DF89" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60146DC0" w14:textId="6C4DFB35" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="68FD343B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E112E04" w14:textId="651229D8" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741F4B62" w14:textId="0B117BC6" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are prepared dishes sealed in waterproof </w:t>
             </w:r>
             <w:r w:rsidR="008951B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18647,51 +19873,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48E94BD4" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="390EE20D" w14:textId="38C60F15" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place all prepared dishes in waterproof plastic bags</w:t>
             </w:r>
             <w:r w:rsidR="008951B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18726,80 +19951,78 @@
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="2" w:name="_Hlk74054668"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do not submerge plates in waterproof hard-sided plastic containers; the extra air space does not allow the plates to reach temperature for many hours </w:t>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B625E" w:rsidRPr="00A0149B" w14:paraId="4381C21D" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F7B20C8" w14:textId="77777777" w:rsidR="00B713A0" w:rsidRDefault="00B713A0" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A58754" w14:textId="3A7170AC" w:rsidR="00B713A0" w:rsidRDefault="00796491" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are anchor devices prewarmed before use with samples? [SM 9222 D-2015 (3) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -18824,121 +20047,118 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E7B3331" w14:textId="77777777" w:rsidR="00B713A0" w:rsidRPr="00A0149B" w:rsidRDefault="00B713A0" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5767C873" w14:textId="1A6800AA" w:rsidR="00B713A0" w:rsidRDefault="006B6F9E" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="006B6F9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f anchor devices (e.g., “O” rings. Bricks, or water bottles) will also be submerged, make sure they are prewarmed before sample use, small enough to maintain critical temperature requirements, and do not interfere with sample incubation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="3FF83EC5" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54C9A827" w14:textId="5B9F16A7" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5744CF83" w14:textId="38DA648C" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all prepared samples placed in the incubator within 30 minutes of filtration? [SM 9222 D-</w:t>
             </w:r>
             <w:r w:rsidR="00447629">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18995,51 +20215,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A8CC911" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="560A57D5" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place all prepared cultures in the water bath within 30 minutes after filtration.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="65D86B3B" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19074,80 +20293,78 @@
               </w:rPr>
               <w:t>control</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> use a water bath, a heat sink incubator, or a properly designed and constructed incubator to give equivalent results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="451E7BED" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="318CEA80" w14:textId="1273E7FB" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="060D0FAA" w14:textId="33C33937" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19230,113 +20447,110 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3624446C" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2861A5B3" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00F126C8" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91557">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="6CB2CCF4" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D84F9E8" w14:textId="6271A0A3" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="317405B6" w14:textId="58D78A91" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples incubated at 44.5 ± 0.2ºC? [SM 9222 D-</w:t>
             </w:r>
             <w:r w:rsidR="00447629">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19393,113 +20607,110 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FFA68CA" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6492BEE9" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Incubate for 24 ± 2 h at 44.5 ± 0.2ºC.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D23B6B" w:rsidRPr="00A0149B" w14:paraId="74872AD1" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="1142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="226DA474" w14:textId="59345F41" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="0064251A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="634ABAB3" w14:textId="00937384" w:rsidR="00865D8B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -19582,121 +20793,118 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4445AF00" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRPr="00A0149B" w:rsidRDefault="00865D8B" w:rsidP="00865D8B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="405769EB" w14:textId="77777777" w:rsidR="00865D8B" w:rsidRDefault="00F126C8" w:rsidP="00586F50">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F91557">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method</w:t>
             </w:r>
             <w:r w:rsidR="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="59C11820" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="1142"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09824333" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6558BA17" w14:textId="36338E2A" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are appropriate colonies counted? [SM 9222 D-2015 (3) (e)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -19721,51 +20929,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="391DE97A" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B92CCA1" w14:textId="5636D8C8" w:rsidR="00C42C76" w:rsidRPr="00F91557" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Colonies produced by thermotolerant coliform bacteria on </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19787,77 +20994,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mFC</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> medium because the elevated temperature and addition of rosolic acid salt reagent selects against them. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="725AC42E" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0752D276" w14:textId="0BBB0B0C" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F60AF6B" w14:textId="0075A448" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the density of CFU calculated? [SM 9222 D-2015 (4) (a) and SM 9222 B-2015 (5)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B365857" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -19963,51 +21168,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B902A79" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24BA357B" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="0038523D" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CFU</w:t>
             </w:r>
             <w:r w:rsidRPr="0038523D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20060,77 +21264,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">mL sample </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>filtered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="5A9C3B6B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F250A14" w14:textId="5E02EF28" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B00745C" w14:textId="445B608A" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results reported according to the NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00485ED8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20168,82 +21370,81 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F7BE9EA" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FC988E0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00D52BE7" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D52BE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Division document on how to calculate data on the DMR at:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5194F588" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00D52BE7" w:rsidRDefault="004615BC" w:rsidP="00C42C76">
+          <w:p w14:paraId="5194F588" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00D52BE7" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
-              <w:r w:rsidR="00C42C76" w:rsidRPr="00D52BE7">
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00D52BE7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>http://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/npdes-wastewater/forms-documents</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="2CDED8B3" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36A06FFB" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00B77A49" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
@@ -20355,77 +21556,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="359EA52F" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2C216B" w14:textId="4E0041A0" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="440AF045" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="72B05E35" w14:textId="676890B8" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20491,51 +21690,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D0D071D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D6D8A6" w14:textId="22AD36B1" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On a monthly basis, at least ten blue colonies from positive samples must be verified using Lauryl Tryptose Broth and EC Broth, followed by count adjustment based on these results; and representative non-blue colonies should be verified using Lauryl Tryptose Broth. Where possible, verification should be done from randomized sample sources. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="78422E8B" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20626,77 +21824,75 @@
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Colony Verification Technical Assistance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> document attached to the end of this checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidDel="006573FB" w14:paraId="1A568857" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2233CEF2" w14:textId="59F320C7" w:rsidR="00C42C76" w:rsidDel="006573FB" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3896EFB5" w14:textId="6A17E57C" w:rsidR="00C42C76" w:rsidDel="006573FB" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D38B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are ten LTB fermentation tubes inoculated with ten blue fecal coliform colonies from a single sample? [SM</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20726,107 +21922,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15741651" w14:textId="77777777" w:rsidR="00C42C76" w:rsidDel="006573FB" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2188DB6C" w14:textId="77777777" w:rsidR="00C42C76" w:rsidDel="006573FB" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Colonies must be from a single sample but may be collected from multiple filters from that sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="48B0B1AA" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04B93DBD" w14:textId="3AC24C7A" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51821DC0" w14:textId="31CBC74D" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D38B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the inoculating instrument sterilized between each colony/inoculation? [SM 9222 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -20871,101 +22064,98 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C256FB8" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="233BD03E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="59062FC4" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D9CAA1D" w14:textId="2409750F" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E36EED4" w14:textId="11CA3F99" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D38B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are LTB fermentation tubes incubated at 35 ± 0.5°C for 24 ± 2 hours? [SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21019,99 +22209,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14AAB058" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="733BD278" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="37B32EBD" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D635AE0" w14:textId="58FE6C86" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A23A10" w14:textId="16F67DC4" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D38B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a water bath is used, is sufficient water depth maintained to immerse LTB tubes to the upper level of the medium? [SM 9221 E-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21149,99 +22336,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A9D57F6" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="014463BE" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="1D393843" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7014E3C6" w14:textId="24FDA63D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C73036F" w14:textId="7FF790D5" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After incubation, is each LTB tube swirled gently and examined for growth </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21311,125 +22495,122 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="273044E5" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01CFD55E" w14:textId="577C36DC" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After 24 ± 2 h swirl each tube or bottle gently and examine it for growth, gas, and/or acidic reaction (shades of yellow color) and, if no gas or acidic reaction is evident, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>reincubate</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and reexamine at the end of 48 ± 3 h. Record presence or absence of growth, gas, and/or acid production. If the inner vial is omitted, growth with acidity (yellow color) signifies a positive presumptive reaction.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="11CD1444" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37303643" w14:textId="2388D115" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F9E839A" w14:textId="783346BF" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no gas is evident, are LTB tubes re-incubated at 35 ± 0.5°C </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21515,99 +22696,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14F094EB" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C8DAA59" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="0F817757" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="038F38F8" w14:textId="45DADD42" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FD3B680" w14:textId="622E10BC" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For any LTB tubes that exhibit growth </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21677,107 +22855,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ADB10E8" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21247AA3" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Gently shake or rotate fermentation tubes or bottles showing gas, growth, or acidity. Using a sterile 3- or 3.5-mm-diam loop or sterile wooden applicator stick, transfer growth from each presumptive or confirmed fermentation tube or bottle to EC broth (see Section 9221B.3).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="50EEE54F" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74CBF9F4" w14:textId="42DF32C1" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5040EC11" w14:textId="1C44E62C" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are EC fermentation tubes incubated within 30 minutes of inoculation? [SM 9221 E-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -21815,107 +22990,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBF30F3" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24C5BCF6" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place all EC tubes in a water bath within 30 min after inoculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="5D8F8B33" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77DFED86" w14:textId="176941D8" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64A8281C" w14:textId="1A3EF2B7" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are EC tubes incubated in a water bath at 44.5 ± 0.2°C for 24 ± 2 hours?</w:t>
             </w:r>
             <w:r w:rsidRPr="005E55C4">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
@@ -21964,107 +23136,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0236537C" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="792D652E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Incubate inoculated EC broth tubes in a water bath at 44.5 ± 0.2°C for 24 ± 2 h. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="2DA9F532" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66DC0D40" w14:textId="0723FC04" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F53568" w14:textId="7BF209F4" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sufficient water depth maintained in the waterbath incubator to immerse EC tubes to the upper level of the medium? [SM 9221 E-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22102,107 +23271,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E17096D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D154AB" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Maintain sufficient water depth in the water bath incubator to immerse tubes to the upper level of the medium.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="7816E332" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C30472B" w14:textId="1A3851B7" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13272BD1" w14:textId="0F74CDAE" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After incubation, is each EC tube examined for growth </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22256,99 +23422,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F88305D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76B425B1" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="2CD8715B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2116E496" w14:textId="4AADFDAE" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064C05DE" w14:textId="0AA39521" w:rsidR="00C42C76" w:rsidRPr="005E55C4" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are LTB and EC tubes inoculated sequentially at the same time from a single colony to reduce the time of verification analysis? [SM 9222 D-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22402,99 +23565,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B4BB2E9" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="421B4FFD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="015C95E1" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06817EBD" w14:textId="54212889" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30E7C17F" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E55C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When LTB and EC tubes are inoculated at the same time, and only the LTB tubes produce gas, are fresh tubes of EC medium inoculated from the LTB growth and incubated for an</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22532,107 +23692,104 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F97EEE2" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72B4137D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Based upon EPA Region 4 guidance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="1ECC885B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57EE88C4" w14:textId="1917F1D7" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7501B199" w14:textId="409CD680" w:rsidR="00C42C76" w:rsidRPr="00145FDD" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00145FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If any blue colonies tested do not produce gas, is the colony count of the plate adjusted by the percentage of negative EC medium fermentation tubes prior to reporting results? [40 CFR 136.3 Table IA; footnote </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22670,51 +23827,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AB7538F" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00145FDD" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="660D7EE5" w14:textId="6417BFE8" w:rsidR="00C42C76" w:rsidRPr="00145FDD" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00145FDD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On a monthly basis, at least ten blue colonies from </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22908,77 +24064,75 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="4221FB63" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="771EADF1" w14:textId="42E94987" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F03FC98" w14:textId="6DFD6B58" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23033,51 +24187,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A48EF2" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220CC224" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="001C001D" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C001D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before a new lot of consumable materials are used for the Fecal Coliform MF method, those materials must be tested and compared to those currently in use to ensure they are reliable. Consumable materials included in this requirement are: membrane filters and/or pads (often packaged together) and media. It is recommended that only one consumable be tested at a time.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5E80AC07" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="001C001D" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
@@ -23356,77 +24509,75 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is not required for reagent water.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5B32ACF4" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="11F0A518" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB5CA46" w14:textId="4BACF5DF" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551DB9F1" w14:textId="5EF677FA" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is comparability data on file to show that results obtained by the membrane filter method for chlorinated effluents are comparable to those obtained with the multiple tube method? [SM 9222 D-2015] </w:t>
             </w:r>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -23452,51 +24603,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FE7AE12" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460D93EC" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Since the MF test has been the primary regulatory method used for years in NC this will not be required at this time. Also, with the current discharge limits for TRC in place at most NPDES facilities, TRC is generally not found at levels that would significantly impact the MF test. This decision is also based upon the language found in 9020 regarding costs and time required, </w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23514,77 +24664,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A footnote #5 states: Because the MF technique usually yields low and variable recovery from chlorinated wastewaters, the Most Probable Number method will be required to resolve any controversies.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="6A7050C6" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57FA53D2" w14:textId="2087A1E6" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396E91C8" w14:textId="2E0C141E" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are lot numbers of applicable consumable materials documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00865D8B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23655,51 +24803,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A1C1AD0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633D73F4" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This includes media, filters, pads and dishes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2C4EF3E1" w14:textId="77777777" w:rsidR="00D803C2" w:rsidRPr="00D803C2" w:rsidRDefault="00D803C2" w:rsidP="00D803C2">
             <w:pPr>
               <w:rPr>
@@ -23749,77 +24896,75 @@
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="002F083F">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> All chemicals, reagents, standards and consumables used by the laboratory must have the following information documented: Date received, Date Opened (in use), Vendor, Lot Number, and Expiration Date (where specified).  Consumable materials such as pH buffers, lots of pre-made standards and/or media, solids and bacteria filters, etc. are included in this requirement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="41223398" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71D79F48" w14:textId="7C4CF051" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="780687D0" w14:textId="4849D338" w:rsidR="00C42C76" w:rsidRPr="00586F50" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="0"/>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00586F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
@@ -23968,51 +25113,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CA2BA25" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19CBF928" w14:textId="043AD318" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As an alternative to rinsing</w:t>
             </w:r>
             <w:r w:rsidRPr="00310DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24055,77 +25199,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00310DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 min before reusing units for successive filtrations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="6982918A" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582233AC" w14:textId="23EFAEFC" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33252514" w14:textId="792C5344" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs cleaned monthly with a soft cloth moistened with 70% ethanol? [SM 9020 B-2015 (4) (l) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -24143,107 +25285,104 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B54B52" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47177223" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ultraviolet lamps: Disconnect lamps monthly and clean bulbs with a soft cloth moistened with ethanol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="27A14702" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51163964" w14:textId="305566D2" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CA49E7F" w14:textId="34835044" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs tested quarterly with an appropriate UV light meter? [SM 9020 B-2015 (4) (l) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -24259,110 +25398,107 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD0486D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D775FC1" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00375C4E" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00375C4E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Test lamps quarterly with an appropriate UV light meter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="6FCE3442" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="764"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="712DCDAC" w14:textId="2A66A440" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0538374C" w14:textId="2CAAFE39" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs replaced if the output is less than 70% of the original? [SM 9020 B-2015 (4) (l) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -24378,107 +25514,104 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B880A2E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CFB4D39" w14:textId="77777777" w:rsidR="00C42C76" w:rsidDel="00E8024E" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Replace bulbs if the output is less than 70% of the original.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="665ED751" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="764"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62DF2181" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25153DE9" w14:textId="231CBF86" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is equipment sterilized in an autoclave? If not, skip to question </w:t>
             </w:r>
             <w:r w:rsidRPr="00901A62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24511,99 +25644,96 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60DA44A2" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3087D764" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="58A8523B" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BBB35A2" w14:textId="07F96F82" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38055FAB" w14:textId="47905AF7" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is an autoclave log maintained? [SM 9020 B-2015 (4) (h)] and [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00217D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24635,51 +25765,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01CFC2CD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A70F696" w14:textId="764237C9" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24713,77 +25842,75 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This means three times must be recorded (start time, time it reaches set point and end time. Alternatively, verify the cycle time at operating temperature and pressure annually and document cycle start time and length each day of use. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20D64F2E" w14:textId="5E147960" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="0B1516A0" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6555772B" w14:textId="6D48435E" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1AC9A303" w14:textId="340BE657" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the autoclave temperature checked weekly with a maximum registering thermometer and documented? [SM 9020 B-2015 Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24849,51 +25976,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6529D5DD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="246DEE32" w14:textId="3613513D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Must distinguish between daily autoclave temperature and reading from the weekly maximum registering thermometer (MRT) placed inside autoclave in documentation.  Annual calibration of the maximum registering thermometer is not required.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A111ED9" w14:textId="3613513D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -24907,77 +26033,75 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00160E43">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For routine use, verify autoclave temperature weekly with a maximum registering thermometer (MRT) (generally a mercury-filled Teflon-coated device) or accurate high-temperature data logger (HTDL) able to withstand 15-20 lb/in2. If neither device is available, use a strip or pie chart recorder with interpretations written on the chart. Maintain verification records.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="2B68EA94" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4311AB9A" w14:textId="0B0CCD9D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17F1049F" w14:textId="332BC0C0" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If glassware is sterilized in an oven, is it at 170ºC for a minimum of 2 hours? [SM 9040-2013]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -24993,107 +26117,104 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B83E59C" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E0C5D6D" w14:textId="296636E6" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">To sterilize glassware via dry heat, use a hot-air oven set at ≥170 °C for 2 hours or longer. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="364A7DBE" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F13C879" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44FE9C01" w14:textId="576172ED" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is sterilized equipment stored? [SM 9020 B-2015 (5) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -25115,51 +26236,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6549BF6A" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14DDD451" w14:textId="4B34A468" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-2015 (5) (a):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25183,77 +26303,75 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Funnels and graduated cylinders may be covered in aluminum foil prior to sterilization for storage until used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="38BCD961" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37E327D2" w14:textId="20EA5C01" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="207B7244" w14:textId="530C846D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are sample bottles sterilized? [SM 9020 B-2015 Table 9020: IV] and [SM 9040-2013]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3ADB5F6A" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -25308,68 +26426,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="425207D8" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6003C122" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B152320" w14:textId="373E79C4" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="44F13A12" w14:textId="04120F9D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25421,143 +26537,138 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Many labs use disposable commercially sterilized bottles or sample bags.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="051496DC" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FEC1F34" w14:textId="53B82BC8" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6075D3DF" w14:textId="45A0D726" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are laboratory sterilized bottles checked for sterility? [SM 9020 B-2015 (5) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234E04E1" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031DF0AD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EA6D485" w14:textId="4DD9619D" w:rsidR="00C42C76" w:rsidRPr="00BB6723" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM States:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6723">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25761,77 +26872,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">accept </w:t>
             </w:r>
             <w:r w:rsidRPr="00BB6723">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Certificate of Analysis for store bought bottles or sample bags in lieu of the above testing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="5F52CC05" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01EC1F4A" w14:textId="1FA28A1F" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A79082E" w14:textId="37C1C2CA" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the incubator temperature documented twice daily separated by 4 hours? </w:t>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="_Hlk75421192"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -25857,51 +26966,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A9DB56E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F460AD0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D199CD6" w14:textId="6F689E7D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="4" w:name="_Hlk75421155"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -25925,77 +27033,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="4"/>
           <w:p w14:paraId="7BA0B528" w14:textId="22709A9E" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="450DDDEB" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0669CBD7" w14:textId="547958ED" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23BD996D" w14:textId="3274FA11" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the thermometer/temperature monitoring device graduated in 0.1°C increments? [SM 9030 B-2015 (12)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -26011,107 +27117,104 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75DDC3E6" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B13A13" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Be sure to check thermometer in water bath to ensure tip is not sitting on bottom of incubator. Check thermometer immersion type (total vs. partial) and line.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="5BAF6BFC" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4007533E" w14:textId="0BF62D55" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74114750" w14:textId="5A16B433" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the thermometer/temperature monitoring device verified quarterly? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00217D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26143,124 +27246,112 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04950BCD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="155AE928" w14:textId="63648BEF" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidRPr="001E39A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Digital temperature-measuring devices and temperature-measuring devices used in incubators shall be verified at the temperature of use every three months against a Reference Temperature-Measuring Device and </w:t>
-[...8 lines deleted...]
-              <w:t>their accuracy shall be corrected.</w:t>
+              <w:t>Digital temperature-measuring devices and temperature-measuring devices used in incubators shall be verified at the temperature of use every three months against a Reference Temperature-Measuring Device and their accuracy shall be corrected.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="04ACA2E5" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73CE952F" w14:textId="63259D76" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="450"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="573E28D4" w14:textId="1C713BA4" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the temperature correction posted? [SM 9020 B-2015 4 (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -26276,104 +27367,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57AA9485" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4610918D" w14:textId="23594696" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Record accuracy-check results, along with the date, device identification number, and the technician’s signature or initials – in a QC logbook. If a correction calculation is necessary, mark the appropriate correction factor on the device so only corrected temperature values are recorded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="7AD2B2A5" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="795F2FB0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D720D1" w14:textId="5555DD46" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a culture positive analyzed with each batch of prepared media? Each week for purchased ready-to-use media? [SM 9020 B-2015 (9) (b)] [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00217D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26415,51 +27503,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C6E104" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="294EA550" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26701,77 +27788,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009D6915">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A culture positive must be analyzed with each batch of prepared media and once per week for purchased ready-to-use media</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="0BEF7CB5" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14FF6F04" w14:textId="6386BD8B" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2652BA3B" w14:textId="53D60A4C" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the culture positive plates countable? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00217D20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26803,51 +27888,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17E4045E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2188426C" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D6915">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A culture positive must be analyzed with each batch of prepared media and once per week for purchased ready-to-use media. A sample volume that yields a countable plate must be analyzed so that individual colonies may be verified to have proper morphology (i.e. color, shape, size, surface appearance).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0368EC86" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -26893,77 +27977,75 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CFU</w:t>
             </w:r>
             <w:r w:rsidRPr="00755D72">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>. The point of a culture positive is beyond just the ability to grow colonies but also to be able to discern individual colonies for proper morphology – that is color, shape, surface appearance, size etc. A sample (e.g., stream samples) may also serve as a culture positive if identified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="40D1B084" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D8FD5EF" w14:textId="5FDB904A" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="120F3C25" w14:textId="0AB03D0F" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sterility checks (blanks) performed on the entire process at the beginning and end of each filtration series of samples, using 20 to 30 ml of sterile reagent or dilution water as the sample? [SM 9222 D-2015 (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -26979,51 +28061,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59129659" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DACEA5F" w14:textId="5FA0149D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D803C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9222 D-2015 (2):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -27057,77 +28138,75 @@
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9020 B-2015 (9) (d) (1):</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> For each manifold used in membrane filter tests, check sterility of the entire process by using sterile dilution water as the sample at the beginning and end of each filtration series of samples and test for growth.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="295F6A57" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="476D9B15" w14:textId="12BCA543" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52E35A61" w14:textId="1B43A4CD" w:rsidR="00C42C76" w:rsidRPr="001B2F5E" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If there is an interruption of more than 30 minutes in the filtration sequence, are new sterilized funnels used and the sterility test repeated? [SM 9020 B-2015 (9) (d) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -27144,109 +28223,106 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C7F85B6" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6339542F" w14:textId="18A223C6" w:rsidR="00C42C76" w:rsidRPr="009713E3" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a processing interruption lasts &gt; 30 min, use new sterilized funnels and repeat sterility test.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="5F1B0BEE" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C7F4839" w14:textId="05B380FC" w:rsidR="00C42C76" w:rsidRPr="008C0C53" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A028A86" w14:textId="0A50ABA8" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action is taken when contamination is apparent? [</w:t>
             </w:r>
             <w:r w:rsidRPr="001E39A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -27341,124 +28417,120 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="314DD424" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11D03DC0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CDDABF7" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Samples results must be qualified. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="7754F3A0" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02F0A660" w14:textId="14DAB023" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652B5DFB" w14:textId="1126C598" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are at least</w:t>
             </w:r>
             <w:r w:rsidRPr="00552CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -27606,51 +28678,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="616AEC3E" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DF5EB86" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E596E30" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
@@ -27676,98 +28747,87 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="07E5009B" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0159F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Except where otherwise specified in an analytical method, </w:t>
-[...8 lines deleted...]
-              <w:t>laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
+              <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="13576C66" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11133F9B" w14:textId="0A1AE282" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7BE82A" w14:textId="7A0332A7" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for duplicates?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -27912,51 +28972,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BD5CFCA" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14913C45" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B0159F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22C1EC46" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -28082,77 +29141,75 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the DWR Water Quality Permitting Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>has stipulated that it must be the geometric mean; not the arithmetic mean.  Keep in mind we are not talking about reporting the duplication of one dilution out of a series of dilutions. Those would be figured into the single result for that sample and not independently reported. This only applies if the entire sample was duplicated or more than one sample was collected in single day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="47897378" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BE62FEB" w14:textId="3C119835" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C8F9F3" w14:textId="67BB227B" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the duplicate sample results are outside of established control limits or method precision</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -28285,116 +29342,112 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B4F63AD" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FAFC63A" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75548BF0" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="6B014E19" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F1F910A" w14:textId="2092491D" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="790C33A7" w14:textId="62CD4971" w:rsidR="00C42C76" w:rsidRPr="000B495F" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent water testing being performed?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
@@ -28423,68 +29476,66 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="642673CB" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323522C4" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B8381E2" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At a minimum, reagent water used to make dilutions, prepare buffered dilution/rinse water or prepare media must be analyzed at least every twelve months for the following parameters:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F1A9C49" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="004E235F" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -28626,77 +29677,75 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E235F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the facility is using vendor purchased reagent water or dilution/rinse water, this testing is not required as long as the Certificate of Analysis from the manufacturer meets these requirements and is kept on file.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C42C76" w:rsidRPr="00A0149B" w14:paraId="07931DDA" w14:textId="77777777" w:rsidTr="00941DCF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="468" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C1E0447" w14:textId="29FFD93F" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="144" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1696E08D" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="000B495F" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003D1313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r w:rsidRPr="003D1313">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -28753,68 +29802,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35314303" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE49000" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRPr="00A0149B" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0475158A" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1AC7F1D4" w14:textId="77777777" w:rsidR="00C42C76" w:rsidRDefault="00C42C76" w:rsidP="00C42C76">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -28931,51 +29978,50 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>______</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="445DE708" w14:textId="77777777" w:rsidR="0055167B" w:rsidRDefault="0055167B" w:rsidP="0055167B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6174F92B" w14:textId="77777777" w:rsidR="00490532" w:rsidRDefault="00490532" w:rsidP="0055167B">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F87C99A" w14:textId="77777777" w:rsidR="009903C9" w:rsidRDefault="00490532">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -29243,263 +30289,278 @@
     </w:p>
     <w:p w14:paraId="7FAC449B" w14:textId="77777777" w:rsidR="3F4C9784" w:rsidRPr="005C1D63" w:rsidRDefault="0097445A" w:rsidP="005C1D63">
       <w:r w:rsidRPr="009713E3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">The allowable units of measure for 31616 are:  1. Most Probable Number (MPN) per 100mL (MPN/100mL); 2. Number per 100mL (#/100mL); and 3. Colony Forming Units per 100mL (CFU/100mL). </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0299CF7A" w14:textId="77777777" w:rsidR="003D3CD1" w:rsidRDefault="003D3CD1" w:rsidP="003D3CD1">
       <w:pPr>
         <w:ind w:right="-36"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003D3CD1" w:rsidSect="00C053D6">
-      <w:footerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="360" w:right="450" w:bottom="576" w:left="360" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="134CE173" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="31C70A4F" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="188F4494" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times-Roman">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CA7C095" w14:textId="77777777" w:rsidR="00BF60EE" w:rsidRDefault="00BF60EE">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="4A940B90" w14:textId="699F3A30" w:rsidR="00BF60EE" w:rsidRPr="004E0CAB" w:rsidRDefault="00BF60EE">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="007E4241">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1/13/2023</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="2C8C81D5" w14:textId="77777777" w:rsidR="00BF60EE" w:rsidRDefault="00BF60EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="13AF3552" w14:textId="42F9C7B9" w:rsidR="00BF60EE" w:rsidRPr="00B8487A" w:rsidRDefault="00BF60EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="005179E1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>01/13/2023</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5174B269" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1C1E5F56" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
     <w:p w14:paraId="201B205F" w14:textId="77777777" w:rsidR="008917B7" w:rsidRDefault="008917B7"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000885"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="682" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs/>
         <w:spacing w:val="-3"/>
         <w:w w:val="99"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
@@ -30751,90 +31812,78 @@
   <w:num w:numId="8" w16cid:durableId="188378017">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="925917802">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1533885807">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1013843512">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="27293231">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1385178563">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="69351868">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="0000063E"/>
     <w:rsid w:val="00000A33"/>
     <w:rsid w:val="00001279"/>
     <w:rsid w:val="000016C8"/>
     <w:rsid w:val="00002044"/>
     <w:rsid w:val="000021B6"/>
     <w:rsid w:val="00002EC9"/>
     <w:rsid w:val="000037C1"/>
     <w:rsid w:val="00003D4C"/>
     <w:rsid w:val="000040D9"/>
     <w:rsid w:val="000040F5"/>
     <w:rsid w:val="000042CD"/>
     <w:rsid w:val="00004AEF"/>
     <w:rsid w:val="00005925"/>
     <w:rsid w:val="00007117"/>
     <w:rsid w:val="00007412"/>
     <w:rsid w:val="00007414"/>
     <w:rsid w:val="00007D55"/>
     <w:rsid w:val="00010195"/>
     <w:rsid w:val="00010542"/>
     <w:rsid w:val="00010DD2"/>
     <w:rsid w:val="00011AD9"/>
@@ -31005,50 +32054,51 @@
     <w:rsid w:val="000B3C2F"/>
     <w:rsid w:val="000B484A"/>
     <w:rsid w:val="000B4EE5"/>
     <w:rsid w:val="000B5612"/>
     <w:rsid w:val="000B5A6E"/>
     <w:rsid w:val="000B5EF6"/>
     <w:rsid w:val="000B615D"/>
     <w:rsid w:val="000B6EBD"/>
     <w:rsid w:val="000B77E0"/>
     <w:rsid w:val="000B7B29"/>
     <w:rsid w:val="000B7F12"/>
     <w:rsid w:val="000C035B"/>
     <w:rsid w:val="000C041C"/>
     <w:rsid w:val="000C2E58"/>
     <w:rsid w:val="000C316D"/>
     <w:rsid w:val="000C32BF"/>
     <w:rsid w:val="000C41A9"/>
     <w:rsid w:val="000C6755"/>
     <w:rsid w:val="000C6FC6"/>
     <w:rsid w:val="000C7277"/>
     <w:rsid w:val="000C777B"/>
     <w:rsid w:val="000C79B6"/>
     <w:rsid w:val="000D061F"/>
     <w:rsid w:val="000D0818"/>
     <w:rsid w:val="000D1046"/>
+    <w:rsid w:val="000D172F"/>
     <w:rsid w:val="000D19D9"/>
     <w:rsid w:val="000D2378"/>
     <w:rsid w:val="000D2676"/>
     <w:rsid w:val="000D395A"/>
     <w:rsid w:val="000D3B19"/>
     <w:rsid w:val="000D648F"/>
     <w:rsid w:val="000D663B"/>
     <w:rsid w:val="000D6BF5"/>
     <w:rsid w:val="000D74EB"/>
     <w:rsid w:val="000D7B89"/>
     <w:rsid w:val="000D7D93"/>
     <w:rsid w:val="000E0826"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E2F23"/>
     <w:rsid w:val="000E5D6C"/>
     <w:rsid w:val="000E6118"/>
     <w:rsid w:val="000E6742"/>
     <w:rsid w:val="000E68E8"/>
     <w:rsid w:val="000E7E5F"/>
     <w:rsid w:val="000F1766"/>
     <w:rsid w:val="000F1854"/>
     <w:rsid w:val="000F2E47"/>
     <w:rsid w:val="000F433F"/>
     <w:rsid w:val="000F500E"/>
     <w:rsid w:val="000F51AE"/>
@@ -32704,50 +33754,51 @@
     <w:rsid w:val="007C4055"/>
     <w:rsid w:val="007C4C22"/>
     <w:rsid w:val="007C5877"/>
     <w:rsid w:val="007C5A6B"/>
     <w:rsid w:val="007C6AC0"/>
     <w:rsid w:val="007C7587"/>
     <w:rsid w:val="007C7607"/>
     <w:rsid w:val="007C7F20"/>
     <w:rsid w:val="007D0E72"/>
     <w:rsid w:val="007D10A8"/>
     <w:rsid w:val="007D1433"/>
     <w:rsid w:val="007D1A64"/>
     <w:rsid w:val="007D1E6C"/>
     <w:rsid w:val="007D3E43"/>
     <w:rsid w:val="007D4206"/>
     <w:rsid w:val="007D4302"/>
     <w:rsid w:val="007D446B"/>
     <w:rsid w:val="007D476E"/>
     <w:rsid w:val="007D4BEC"/>
     <w:rsid w:val="007D4C28"/>
     <w:rsid w:val="007D5F7B"/>
     <w:rsid w:val="007D618F"/>
     <w:rsid w:val="007D6567"/>
     <w:rsid w:val="007D6AB0"/>
     <w:rsid w:val="007D7544"/>
+    <w:rsid w:val="007D75EA"/>
     <w:rsid w:val="007D772C"/>
     <w:rsid w:val="007E0167"/>
     <w:rsid w:val="007E0221"/>
     <w:rsid w:val="007E0227"/>
     <w:rsid w:val="007E0336"/>
     <w:rsid w:val="007E0D35"/>
     <w:rsid w:val="007E0E8E"/>
     <w:rsid w:val="007E1CDF"/>
     <w:rsid w:val="007E1CE5"/>
     <w:rsid w:val="007E2CAA"/>
     <w:rsid w:val="007E2DB6"/>
     <w:rsid w:val="007E4241"/>
     <w:rsid w:val="007E4C26"/>
     <w:rsid w:val="007E4FD1"/>
     <w:rsid w:val="007E53DE"/>
     <w:rsid w:val="007E6C21"/>
     <w:rsid w:val="007F02FB"/>
     <w:rsid w:val="007F1CD3"/>
     <w:rsid w:val="007F2523"/>
     <w:rsid w:val="007F2939"/>
     <w:rsid w:val="007F3950"/>
     <w:rsid w:val="007F3B82"/>
     <w:rsid w:val="007F3E18"/>
     <w:rsid w:val="007F457B"/>
     <w:rsid w:val="007F4FB8"/>
@@ -34668,65 +35719,65 @@
     <w:rsid w:val="550614BB"/>
     <w:rsid w:val="56F3CC88"/>
     <w:rsid w:val="570F56E2"/>
     <w:rsid w:val="582656CC"/>
     <w:rsid w:val="62FA51CD"/>
     <w:rsid w:val="696B10F2"/>
     <w:rsid w:val="699976B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="19DB8BB0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A0DF3B7B-A26C-4848-8F3E-6D876DFF4F71}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -35222,51 +36273,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A779C0"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention1">
     <w:name w:val="Unresolved Mention1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D30039"/>
     <w:rPr>
       <w:color w:val="808080"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="29307006">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -35485,51 +36536,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1894461443">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/npdes-wastewater/forms-documents" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.emf"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://deq.nc.gov/about/divisions/water-resources/water-resources-permits/wastewater-branch/npdes-wastewater/forms-documents" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -35800,236 +36851,187 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...28 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -36087,132 +37089,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <SharedWithUsers xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <UserInfo>
+        <DisplayName>Crawford, Todd</DisplayName>
+        <AccountId>995</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Satterwhite, Dana</DisplayName>
+        <AccountId>990</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C74E579-4F98-4A23-B4E5-FD2DF6FC57B8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{695FCD11-BECC-45E8-B24F-23862DE4D25D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4FFA480E-A680-4FA3-B0A8-1660842B711D}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AC81FE0-29B9-4533-9C4B-9CF454428735}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
     <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
-  </ds:schemaRefs>
-[...18 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{695FCD11-BECC-45E8-B24F-23862DE4D25D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C74E579-4F98-4A23-B4E5-FD2DF6FC57B8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>38721</Characters>
+  <Pages>13</Pages>
+  <Words>7411</Words>
+  <Characters>39142</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2581</Lines>
-  <Paragraphs>1424</Paragraphs>
+  <Lines>1565</Lines>
+  <Paragraphs>589</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>44174</CharactersWithSpaces>
+  <CharactersWithSpaces>45964</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>6422638</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>VerificationTA</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1572868</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -36232,38 +37248,41 @@
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="AuthorIds_UIVersion_6656">
     <vt:lpwstr>276,995</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="SharedWithUsers">
     <vt:lpwstr>995;#Crawford, Todd;#990;#Satterwhite, Dana</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>