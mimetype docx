--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,59 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="59BCDF01" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -118,379 +117,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="59BCDF07" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF03" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF04" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF05" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF06" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="59BCDF0C" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF08" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF09" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF0A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF0B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="59BCDF0F" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF0D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF0E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="59BCDF12" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF10" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF11" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59BCDF13" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -779,657 +766,583 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3188"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B3687" w:rsidRPr="00A0149B" w14:paraId="59BCDF1F" w14:textId="77777777" w:rsidTr="2EE9825C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF1B" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="00A0149B" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF1C" w14:textId="3433804B" w:rsidR="007B3687" w:rsidRPr="00A0149B" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BCDF1D" w14:textId="71DA5DD4" w:rsidR="007B3687" w:rsidRPr="007430CA" w:rsidRDefault="007B3687" w:rsidP="007B3687">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List GC instrument make and model below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3742" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...14 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BCDF1E" w14:textId="06C42622" w:rsidR="007B3687" w:rsidRPr="007430CA" w:rsidRDefault="007B3687" w:rsidP="007B3687">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List Column</w:t>
             </w:r>
-            <w:r w:rsidR="00883C27">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00883C27" w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidRPr="003A730A">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidR="00883C27">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidR="00883C27" w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) and Trap(s)</w:t>
             </w:r>
-            <w:r w:rsidRPr="003A730A">
-[...2 lines deleted...]
-                <w:color w:val="FF0000"/>
+            <w:r w:rsidRPr="007430CA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Used Below</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007B3687" w:rsidRPr="000D6276" w14:paraId="59BCDF24" w14:textId="77777777" w:rsidTr="2EE9825C">
         <w:trPr>
           <w:trHeight w:val="818"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF20" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="0054425D" w:rsidRDefault="007B3687" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF21" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="009F130B" w:rsidRDefault="007B3687" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F130B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical balance -- 160-g capacity, capable of measuring to 0.0001 g.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF22" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="00AB0E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3742" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF23" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="003A730A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D6276" w:rsidRPr="000D6276" w14:paraId="59BCDF2B" w14:textId="77777777" w:rsidTr="2EE9825C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF25" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="0054425D" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF26" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Microsyringes</w:t>
-[...8 lines deleted...]
-              <w:t xml:space="preserve"> - 10-µL, 25-µL, 100-µL, 250-µL, 500-µL, and 1,000-µL.</w:t>
+              <w:t>Microsyringes - 10-µL, 25-µL, 100-µL, 250-µL, 500-µL, and 1,000-µL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF27" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF28" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="00AB0E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Syringe valve - Two-way, with </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> ends (three each), if applicable to the purging device.</w:t>
+              <w:t>Syringe valve - Two-way, with Luer ends (three each), if applicable to the purging device.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF29" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF2A" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003A730A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Two 5-mL glass hypodermic syringes with </w:t>
-[...17 lines deleted...]
-              <w:t>-Lok tip (other sizes are acceptable</w:t>
+              <w:t>Two 5-mL glass hypodermic syringes with Luer-Lok tip (other sizes are acceptable</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>depending on sample volume used).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000D6276" w:rsidRPr="000D6276" w14:paraId="59BCDF32" w14:textId="77777777" w:rsidTr="2EE9825C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF2C" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="0054425D" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF2D" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volumetric flasks, Class A - 10-mL and 100-mL, with ground-glass stoppers.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF2E" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF2F" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="00AB0E17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vials - 2-mL, for GC autosampler.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF30" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF31" w14:textId="77777777" w:rsidR="000D6276" w:rsidRPr="000D6276" w:rsidRDefault="000D6276" w:rsidP="003A730A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D6276">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Purge-and-trap device</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -1494,126 +1407,122 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3188"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="007B3687" w:rsidRPr="000D6276" w14:paraId="59BCDF3C" w14:textId="77777777" w:rsidTr="5D74BAAC">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF35" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF36" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Organic-free reagent water</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF37" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3188" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF38" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="007B3687" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B3687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Alkane standard -- A standard containing a homologous series of </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCDF39" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="007B3687" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1649,73 +1558,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidRPr="007B3687">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for diesel).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF3A" w14:textId="77777777" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="007B3687" w:rsidP="007B3687">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3DFD05" w14:textId="7F386D94" w:rsidR="00B1653D" w:rsidRPr="00B1653D" w:rsidRDefault="00B1653D" w:rsidP="00B1653D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5D74BAAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Methanol, pesticide quality or equivalent -- Store away from other</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCDF3B" w14:textId="54208919" w:rsidR="007B3687" w:rsidRPr="000D6276" w:rsidRDefault="00B1653D" w:rsidP="00B1653D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1766,51 +1673,50 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="59BCDF42" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10991" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF3F" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCDF40" w14:textId="77777777" w:rsidR="000D76C4" w:rsidRDefault="00157C6C" w:rsidP="000D76C4">
             <w:pPr>
@@ -2760,250 +2666,225 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A89" w:rsidRPr="00A0149B" w14:paraId="59BCDF62" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF5D" w14:textId="7F9B6CDC" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00DC329F" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF5E" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="002D581E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Are aqueous samples</w:t>
             </w:r>
             <w:r w:rsidR="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">collected in </w:t>
             </w:r>
             <w:r w:rsidR="002D581E" w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 x 40­mL vials with </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> septum caps</w:t>
+              <w:t>3 x 40­mL vials with PTFE­lined septum caps</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Chapter 4, Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF5F" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF60" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF61" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A89" w:rsidRPr="00A0149B" w14:paraId="59BCDF68" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF63" w14:textId="51FC59ED" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00DC329F" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF64" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="0019070C" w:rsidRDefault="002D581E" w:rsidP="002D581E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are aqueous samples, with no residual chlorine present, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3118,139 +2999,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="00F23A89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="19"/>
                 <w:szCs w:val="19"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F23A89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Chapter 4, Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF65" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF66" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF67" w14:textId="30999D8D" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00B21C69" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5D74BAAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except for 2-chloroethyl vinyl ether (no acid preservation, 7 day holding time)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D581E" w:rsidRPr="00A0149B" w14:paraId="59BCDF6E" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF69" w14:textId="3CA11BC9" w:rsidR="002D581E" w:rsidRDefault="00DC329F" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF6A" w14:textId="3B39D85A" w:rsidR="002D581E" w:rsidRPr="002D581E" w:rsidRDefault="0030132E" w:rsidP="0030132E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are aqueous samples, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3259,69 +3135,51 @@
               </w:rPr>
               <w:t>WITH</w:t>
             </w:r>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> residual chlorine present, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">collected </w:t>
             </w:r>
             <w:r w:rsidR="002D581E" w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">in a 125­mL container which has been </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> with 4 drops of 10% sodium thiosulfate solution</w:t>
+              <w:t>in a 125­mL container which has been pre­preserved with 4 drops of 10% sodium thiosulfate solution</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, g</w:t>
             </w:r>
             <w:r w:rsidR="002D581E" w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ently swirl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ed</w:t>
             </w:r>
@@ -3358,156 +3216,133 @@
               </w:rPr>
               <w:t>red</w:t>
             </w:r>
             <w:r w:rsidR="002D581E" w:rsidRPr="002D581E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to</w:t>
             </w:r>
             <w:r w:rsidR="002068F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 x 40­mL vials with </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> septum caps? [SW-846 Chapter 4, Table 4-1]</w:t>
+              <w:t>3 x 40­mL vials with PTFE­lined septum caps? [SW-846 Chapter 4, Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF6B" w14:textId="77777777" w:rsidR="002D581E" w:rsidRPr="00A0149B" w:rsidRDefault="002D581E" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF6C" w14:textId="77777777" w:rsidR="002D581E" w:rsidRPr="00A0149B" w:rsidRDefault="002D581E" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF6D" w14:textId="77777777" w:rsidR="002D581E" w:rsidRPr="00A0149B" w:rsidRDefault="002D581E" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D3833" w:rsidRPr="00A0149B" w14:paraId="21E71330" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14F5E962" w14:textId="367F7A88" w:rsidR="002D3833" w:rsidRDefault="008C23D4" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39070169" w14:textId="50B430A7" w:rsidR="002D3833" w:rsidRPr="0030132E" w:rsidRDefault="002D16AB" w:rsidP="0030132E">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00A408B4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3531,145 +3366,140 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[NC WW/GW</w:t>
             </w:r>
             <w:r w:rsidR="0057678A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> LC</w:t>
             </w:r>
             <w:r w:rsidR="00D32E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CCDE472" w14:textId="77777777" w:rsidR="002D3833" w:rsidRPr="00A0149B" w:rsidRDefault="002D3833" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61C1D84E" w14:textId="77777777" w:rsidR="002D3833" w:rsidRPr="00A0149B" w:rsidRDefault="002D3833" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="649421F1" w14:textId="538C8DB2" w:rsidR="002D3833" w:rsidRPr="00A0149B" w:rsidRDefault="008C23D4" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C23D4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dechlorinating agents used at the time of sampling must be documented to have been effective (either by the sample collector or the receiving laboratory) by verifying a chlorine residual &lt;0.5 mg/L at a neutral pH.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A89" w:rsidRPr="00A0149B" w14:paraId="59BCDF74" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF6F" w14:textId="6DDA968F" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00C243C2" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF70" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00152385">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are non-aqueous (solid) samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3704,143 +3534,138 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SW-846 Chapter 4, Table 4-1]</w:t>
             </w:r>
             <w:r w:rsidR="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF71" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF72" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF73" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002068F8" w:rsidRPr="00A0149B" w14:paraId="59BCDF7A" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF75" w14:textId="19895C7E" w:rsidR="002068F8" w:rsidRDefault="00C243C2" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF76" w14:textId="312D29FC" w:rsidR="002068F8" w:rsidRPr="00152385" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are aqueous s</w:t>
             </w:r>
             <w:r w:rsidRPr="002068F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3950,324 +3775,314 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="002068F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF77" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF78" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF79" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Samples should be stored in capped bottles, with minimum headspace, at 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C or less in an area free of solvent fumes.  The size of any bubble caused by degassing upon cooling the sample should not exceed 5 - 6 mm.  When a bubble is present, also observe the cap and septum to ensure that a proper seal was made at time of sampling.  Is there any evidence of leakage?  If the sample was improperly sealed, the sample should be discarded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A89" w:rsidRPr="00A0149B" w14:paraId="59BCDF86" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF81" w14:textId="54167FEA" w:rsidR="00F23A89" w:rsidRDefault="00C243C2" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF82" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples shipped and stored at</w:t>
             </w:r>
             <w:r w:rsidR="00CB0245">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 0 – 6 °C? </w:t>
             </w:r>
             <w:r w:rsidR="00CB0245" w:rsidRPr="00CB0245">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Chapter 4, Table 4-1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF83" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF84" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF85" w14:textId="47CA4598" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00672222" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DD16A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sealed ice packs are not to be used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002068F8" w:rsidRPr="00A0149B" w14:paraId="59BCDF8C" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF87" w14:textId="7BFD2125" w:rsidR="002068F8" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF88" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are s</w:t>
             </w:r>
             <w:r w:rsidRPr="003F1ECB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4353,165 +4168,160 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0030132E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF89" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF8A" w14:textId="77777777" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF8B" w14:textId="3F6CC89F" w:rsidR="002068F8" w:rsidRPr="00A0149B" w:rsidRDefault="002068F8" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A8834B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All samples should be analyzed within 14 days of collection.  Samples not analyzed within this period must be noted and data are considered minimum values.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F23A89" w:rsidRPr="00A0149B" w14:paraId="59BCDF92" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF8D" w14:textId="0C01AF4B" w:rsidR="00F23A89" w:rsidRDefault="00CB0245" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="39368BF9" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What action (s) is taken if sample do not meet preservation and hold time requirements? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4576,74 +4386,72 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF8F" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF90" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRPr="00A0149B" w:rsidRDefault="00F23A89" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF91" w14:textId="77777777" w:rsidR="00F23A89" w:rsidRDefault="00F23A89" w:rsidP="00CB0245">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800E7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Anytime a laboratory receives samples which</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -4922,87 +4730,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00640369" w:rsidRPr="00A0149B" w14:paraId="59BCDFA1" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF99" w14:textId="3FF9DF9C" w:rsidR="00640369" w:rsidRDefault="007B7587" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF9A" w14:textId="2BD08071" w:rsidR="00640369" w:rsidRDefault="00640369" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples with expected l</w:t>
             </w:r>
             <w:r w:rsidRPr="00640369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5048,63 +4854,51 @@
               </w:rPr>
               <w:t>enerally between 0.5 to 200</w:t>
             </w:r>
             <w:r w:rsidR="000321EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">µg/kg) sampled into </w:t>
             </w:r>
             <w:r w:rsidRPr="00640369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>a hermetically-sealed sample vial</w:t>
-[...11 lines deleted...]
-              <w:t>, the seal of which is never broken from the time of sampling to the time of analysis</w:t>
+              <w:t>a hermetically-sealed sample vial, the seal of which is never broken from the time of sampling to the time of analysis</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="00640369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[SW-846 Method </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5035</w:t>
             </w:r>
@@ -5118,91 +4912,88 @@
             </w:r>
             <w:r w:rsidR="00956CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.2 and 2.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00640369">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF9B" w14:textId="77777777" w:rsidR="00640369" w:rsidRPr="00A0149B" w:rsidRDefault="00640369" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF9C" w14:textId="77777777" w:rsidR="00640369" w:rsidRPr="00A0149B" w:rsidRDefault="00640369" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDF9D" w14:textId="3BD39822" w:rsidR="00640369" w:rsidRDefault="00640369" w:rsidP="00CB0245">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="614C157C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>The low soil method utilizes a hermetically-sealed sample vial, the seal of which is never broken from the time of sampling to the time of analysis.  Since the sample is never exposed to the atmosphere after sampling, the losses of VOCs during sample transport, handling, and analysis are negligible.  The applicable concentration range of the low soil method is dependent on the determinative method, matrix, and compound.  However, it will generally fall in the 0.5 to 200 µg/kg range.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCDF9E" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRDefault="00956CCC" w:rsidP="00CB0245">
@@ -5302,88 +5093,86 @@
               <w:lastRenderedPageBreak/>
               <w:t>internal standards (if applicable) are automatically added without opening the sample vial.  The vial containing the sample is heated to 40EC and the volatiles purged into an appropriate trap using an inert gas combined with agitation of the sample.  Purged components travel via a transfer line to a trap.  When purging is complete, the trap is heated and backflushed with helium to desorb the trapped sample components into a gas chromatograph for analysis by an appropriate determinative method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00956CCC" w:rsidRPr="00A0149B" w14:paraId="59BCDFA7" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA2" w14:textId="6AF85BF2" w:rsidR="00956CCC" w:rsidRDefault="007B7587" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA3" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRDefault="00590C44" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are non-aqueous s</w:t>
             </w:r>
             <w:r w:rsidRPr="00590C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5410,164 +5199,159 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.3.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00590C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA4" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA5" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA6" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00640369" w:rsidRDefault="00956CCC" w:rsidP="00CB0245">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.3.2 Samples that contain oily materials that are not soluble in water-miscible solvents must be prepared according to Method 3585.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00956CCC" w:rsidRPr="00A0149B" w14:paraId="59BCDFAD" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA8" w14:textId="0543E56E" w:rsidR="00956CCC" w:rsidRDefault="007B7587" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFA9" w14:textId="73FB05F5" w:rsidR="00956CCC" w:rsidRDefault="00590C44" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are non-oily, non-aqueous samples extracted prior to being introduced to the purge and trap system?</w:t>
             </w:r>
             <w:r w:rsidR="003C7FC7">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003C7FC7" w:rsidRPr="003C7FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5578,156 +5362,151 @@
             </w:r>
             <w:r w:rsidR="003C7FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2.1</w:t>
             </w:r>
             <w:r w:rsidR="003C7FC7" w:rsidRPr="003C7FC7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFAA" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFAB" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFAC" w14:textId="439E09F3" w:rsidR="00956CCC" w:rsidRPr="00640369" w:rsidRDefault="00956CCC" w:rsidP="00CB0245">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="576C905F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>2.2.1 The first option is to collect a bulk sample in a vial or other suitable container without the use of the preservative solution described in Sec. 2.1.  A portion of that sample is removed from the container in the laboratory and is dispersed in a water-miscible solvent to dissolve the volatile organic constituents.  An aliquot of the solution is added to 5 mL of reagent water in a purge tube.  Surrogates and internal standards (if applicable) are added to the solution, then purged using Method 5030, and analyzed by an appropriate determinative method.  Because the procedure involves opening the vial and removing a portion of the soil, some volatile constituents may be lost during handling.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00956CCC" w:rsidRPr="00A0149B" w14:paraId="59BCDFB9" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFB4" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRDefault="007B7587" w:rsidP="002068F8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFB5" w14:textId="432E90CC" w:rsidR="00956CCC" w:rsidRDefault="00590C44" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is 5 ml of the extracted sample combined with 5 ml of reagent water in the purge tube </w:t>
             </w:r>
             <w:r w:rsidR="00295E60">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5754,91 +5533,88 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00590C44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFB6" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFB7" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="00A0149B" w:rsidRDefault="00956CCC" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFB8" w14:textId="2E898824" w:rsidR="00956CCC" w:rsidRPr="00956CCC" w:rsidRDefault="00956CCC" w:rsidP="00CB0245">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00956CCC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>After demonstrating that a test aliquot of the sample is soluble in methanol or polyethylene glycol (PEG), a separate aliquot of the sample is spiked with surrogates and diluted in the appropriate solvent.   An aliquot of the solution is added to 5 mL of reagent water in a purge tube, taking care to ensure that a floating layer of oil is not present in the purge tube. Internal standards (if applicable) are added to the solution which is then purged using Method 5030 and analyzed by an appropriate determinative method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -6000,87 +5776,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5107" w:rsidRPr="00A0149B" w14:paraId="59BCDFCB" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFC6" w14:textId="6833CD4C" w:rsidR="00CE5107" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFC7" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Does t</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5107">
@@ -6099,348 +5873,320 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>L?</w:t>
             </w:r>
             <w:r w:rsidR="00E8159C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E8159C" w:rsidRPr="00E8159C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[SW-846 Method 5030 B, Section 4.6.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFC8" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFC9" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFCA" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00CE5107" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The gaseous headspace between the water column and the trap must have a total volume of less than 15 m</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5107" w:rsidRPr="00A0149B" w14:paraId="59BCDFD1" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFCC" w14:textId="0ECB4245" w:rsidR="00CE5107" w:rsidRDefault="007B7587" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFCD" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00CE5107" w:rsidRDefault="00E8159C" w:rsidP="00E8159C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is t</w:t>
             </w:r>
             <w:r w:rsidR="00CE5107" w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">he purge gas </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> no more than 5 mm from the base of the water column</w:t>
+              <w:t>he purge gas introduced no more than 5 mm from the base of the water column</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8159C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 5030 B, Section 4.6.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFCE" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFCF" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD0" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00CE5107" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The purge gas must be introduced no more than 5 mm from the base of the water column.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CE5107" w:rsidRPr="00A0149B" w14:paraId="59BCDFD7" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD2" w14:textId="1012DFD4" w:rsidR="00CE5107" w:rsidRDefault="00C243C2" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD3" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00CE5107" w:rsidRDefault="00E8159C" w:rsidP="00E8159C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does t</w:t>
             </w:r>
             <w:r w:rsidR="00CE5107" w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6451,167 +6197,162 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E8159C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 5030 B, Section 4.6.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD4" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD5" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00A0149B" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD6" w14:textId="77777777" w:rsidR="00CE5107" w:rsidRPr="00CE5107" w:rsidRDefault="00CE5107" w:rsidP="00CE5107">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE5107">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he purge gas must pass through the water column as finely divided bubbles with a diameter of less than 3 mm at the origin.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E8159C" w:rsidRPr="00A0149B" w14:paraId="59BCDFDE" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD8" w14:textId="06489762" w:rsidR="00E8159C" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00C243C2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFD9" w14:textId="77777777" w:rsidR="007B3687" w:rsidRDefault="007B3687" w:rsidP="00E8159C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="06EF95B5" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRDefault="00E8159C" w:rsidP="00E8159C">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
@@ -6718,71 +6459,69 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFDB" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRPr="00A0149B" w:rsidRDefault="00E8159C" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFDC" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRPr="00A0149B" w:rsidRDefault="00E8159C" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AB5821D" w14:textId="6E9EF897" w:rsidR="00E8159C" w:rsidRPr="00932311" w:rsidRDefault="00E8159C" w:rsidP="614C157C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="614C157C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If only compounds boiling above 35°C (GRO corresponds to the range of alkanes from C</w:t>
             </w:r>
             <w:r w:rsidRPr="614C157C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -6856,87 +6595,85 @@
               </w:rPr>
               <w:t xml:space="preserve">See List of Acceptable </w:t>
             </w:r>
             <w:r w:rsidRPr="614C157C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Trap Packing Materials at the bottom of this Checklist.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E8159C" w:rsidRPr="00A0149B" w14:paraId="59BCDFE6" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFDF" w14:textId="19CF9F55" w:rsidR="00E8159C" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE0" w14:textId="6D6B4BF1" w:rsidR="00E8159C" w:rsidRDefault="00E8159C" w:rsidP="004156B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8159C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Before initial use, </w:t>
             </w:r>
             <w:r>
@@ -7084,91 +6821,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>and 7.2.1.1</w:t>
             </w:r>
             <w:r w:rsidR="004156B8" w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE1" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRPr="00A0149B" w:rsidRDefault="00E8159C" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE2" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRPr="00A0149B" w:rsidRDefault="00E8159C" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE3" w14:textId="77777777" w:rsidR="00E8159C" w:rsidRDefault="00E8159C" w:rsidP="00932311">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E8159C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before initial use, the trap should be conditioned overnight at 180</w:t>
             </w:r>
             <w:r w:rsidR="004156B8" w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°C</w:t>
@@ -7208,121 +6942,101 @@
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00B47E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">7.2.1.1 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>says to c</w:t>
             </w:r>
             <w:r w:rsidRPr="00B47E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ondition the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> trap overnight at 180°C (condition other traps at the manufacturers recommended temperature) in the purge mode with an inert gas flow of at least 20 mL/min. </w:t>
+              <w:t xml:space="preserve">ondition the Tenax trap overnight at 180°C (condition other traps at the manufacturers recommended temperature) in the purge mode with an inert gas flow of at least 20 mL/min. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004156B8" w:rsidRPr="00A0149B" w14:paraId="59BCDFEC" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE7" w14:textId="6AFC9216" w:rsidR="004156B8" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE8" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="00E8159C" w:rsidRDefault="004156B8" w:rsidP="004156B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Prior to daily use, </w:t>
             </w:r>
             <w:r>
@@ -7365,159 +7079,154 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 7.2.1.1</w:t>
             </w:r>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFE9" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="00A0149B" w:rsidRDefault="004156B8" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFEA" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="00A0149B" w:rsidRDefault="004156B8" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFEB" w14:textId="77777777" w:rsidR="00B47E1A" w:rsidRPr="00E8159C" w:rsidRDefault="004156B8" w:rsidP="00B47E1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prior to daily use, the trap should be conditioned for 10 min at 180°C with backflushing.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004156B8" w:rsidRPr="00A0149B" w14:paraId="59BCDFF2" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFED" w14:textId="3DEB35BE" w:rsidR="004156B8" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFEE" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="004156B8" w:rsidRDefault="004156B8" w:rsidP="004156B8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">If the trap is </w:t>
             </w:r>
             <w:r w:rsidRPr="004156B8">
@@ -7566,91 +7275,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>and 7.2.1.1</w:t>
             </w:r>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFEF" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="00A0149B" w:rsidRDefault="004156B8" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF0" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="00A0149B" w:rsidRDefault="004156B8" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF1" w14:textId="77777777" w:rsidR="004156B8" w:rsidRPr="004156B8" w:rsidRDefault="004156B8" w:rsidP="00932311">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The trap may be vented to the analytical column during daily conditioning; however, the column must be run through the temperature program prior to analysis of samples</w:t>
             </w:r>
             <w:r w:rsidR="00B47E1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or the column temperature set at </w:t>
@@ -7662,271 +7368,228 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>220°C</w:t>
             </w:r>
             <w:r w:rsidRPr="004156B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00932311" w:rsidRPr="00A0149B" w14:paraId="59BCDFF8" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF3" w14:textId="6BA5C5E2" w:rsidR="00932311" w:rsidRDefault="007B7587" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF4" w14:textId="77777777" w:rsidR="00932311" w:rsidRPr="00A0149B" w:rsidRDefault="000D76C4" w:rsidP="000D76C4">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Is t</w:t>
             </w:r>
             <w:r w:rsidRPr="000D76C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">he </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> capable of rapidly heating the trap to 180°C for desorption</w:t>
+              <w:t>he desorber capable of rapidly heating the trap to 180°C for desorption</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D76C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>[SW-846 Method 5030 B, Section 4.6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="000D76C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF5" w14:textId="77777777" w:rsidR="00932311" w:rsidRPr="00A0149B" w:rsidRDefault="00932311" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF6" w14:textId="77777777" w:rsidR="00932311" w:rsidRPr="00A0149B" w:rsidRDefault="00932311" w:rsidP="00F23A89">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF7" w14:textId="77777777" w:rsidR="00932311" w:rsidRPr="00A0149B" w:rsidRDefault="000D76C4" w:rsidP="00932311">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidRPr="000D76C4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">he </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> must be capable of rapidly heating the trap to 180°C for desorption. The polymer section of the trap should not be heated higher than 180°C, and the remaining sections should not exceed 220°C during bake-out mode.</w:t>
+              <w:t>he desorber must be capable of rapidly heating the trap to 180°C for desorption. The polymer section of the trap should not be heated higher than 180°C, and the remaining sections should not exceed 220°C during bake-out mode.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="59BCDFFE" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFF9" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00A0149B" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -8051,84 +7714,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w14:paraId="59BCE004" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCDFFF" w14:textId="519221C2" w:rsidR="00EA3E48" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE000" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="001C10BF" w:rsidRDefault="00000845" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are a series of at least </w:t>
             </w:r>
             <w:r w:rsidRPr="00000845">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8216,147 +7877,142 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">C, Section </w:t>
             </w:r>
             <w:r w:rsidR="005C7B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.9</w:t>
             </w:r>
             <w:r w:rsidR="00D92DD5" w:rsidRPr="00D92DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE001" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE002" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE003" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="005C7B76" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare calibration standards at a minimum of five different concentrations in organic-free reagent water (for purge-and-trap, direct aqueous injection, azeotropic distillation, or vacuum distillation) or in methylene chloride (for solvent injection) from the secondary dilution of the stock standards.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C7B76" w:rsidRPr="00A0149B" w14:paraId="59BCE00A" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE005" w14:textId="3DB70E25" w:rsidR="005C7B76" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE006" w14:textId="77777777" w:rsidR="005C7B76" w:rsidRDefault="005C7B76" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If standards are </w:t>
             </w:r>
             <w:r w:rsidRPr="006D21EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -8431,131 +8087,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE008" w14:textId="77777777" w:rsidR="005C7B76" w:rsidRPr="00A0149B" w:rsidRDefault="005C7B76" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE009" w14:textId="77777777" w:rsidR="005C7B76" w:rsidRPr="00C443AC" w:rsidRDefault="005C7B76" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Aqueous standards used for purge-and-trap analyses (Method 5030) are not stable and should be discarded after 1 </w:t>
-[...17 lines deleted...]
-              <w:t>, unless held in sealed vials with zero headspace.  If so stored, they may be held for up to 24 hrs.</w:t>
+              <w:t>Aqueous standards used for purge-and-trap analyses (Method 5030) are not stable and should be discarded after 1 hr, unless held in sealed vials with zero headspace.  If so stored, they may be held for up to 24 hrs.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C7B76" w:rsidRPr="00A0149B" w14:paraId="59BCE010" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE00B" w14:textId="35C362A0" w:rsidR="005C7B76" w:rsidRDefault="007B7587" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00B10075">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE00C" w14:textId="25EC9C1D" w:rsidR="005C7B76" w:rsidRDefault="005C7B76" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If standards are stored </w:t>
             </w:r>
             <w:r w:rsidRPr="005C7B76">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8613,105 +8248,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE00E" w14:textId="77777777" w:rsidR="005C7B76" w:rsidRPr="00A0149B" w:rsidRDefault="005C7B76" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE00F" w14:textId="77777777" w:rsidR="005C7B76" w:rsidRPr="00C443AC" w:rsidRDefault="005C7B76" w:rsidP="005C7B76">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000845" w:rsidRPr="00A0149B" w14:paraId="59BCE016" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE011" w14:textId="7F1C5460" w:rsidR="00000845" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE012" w14:textId="3EC4F394" w:rsidR="00000845" w:rsidRPr="001C10BF" w:rsidRDefault="00000845" w:rsidP="00D44A6D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidR="00D44A6D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8817,108 +8449,91 @@
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="003D1982">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006B2823">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidR="006B2823">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7) (</w:t>
-[...15 lines deleted...]
-              <w:t>)]</w:t>
+              <w:t>15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE013" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE014" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE015" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00C443AC" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>One of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> standards should be at a </w:t>
@@ -8951,76 +8566,74 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>in the preparation method, with no dilutions).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000845" w:rsidRPr="00A0149B" w14:paraId="59BCE01C" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE017" w14:textId="1EBE473C" w:rsidR="00000845" w:rsidRDefault="00E6701D" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE018" w14:textId="1CD67962" w:rsidR="00000845" w:rsidRPr="001C10BF" w:rsidRDefault="00D92DD5" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do the </w:t>
             </w:r>
             <w:r w:rsidRPr="00D92DD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9119,51 +8732,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE01A" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE01B" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00C443AC" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentrations of the other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9180,84 +8792,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>samples or should define the working range of the detector.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000845" w:rsidRPr="00A0149B" w14:paraId="59BCE022" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE01D" w14:textId="4398FDE0" w:rsidR="00000845" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE01E" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="001C10BF" w:rsidRDefault="003130D9" w:rsidP="003130D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="003130D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9347,129 +8957,126 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE020" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE021" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00C443AC" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Introduce each calibration standard using the technique that</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C443AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>will be used to introduce the actual samples into the gas chromatograph.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003130D9" w:rsidRPr="00A0149B" w14:paraId="59BCE028" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE023" w14:textId="261226CB" w:rsidR="003130D9" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE024" w14:textId="77777777" w:rsidR="003130D9" w:rsidRDefault="003130D9" w:rsidP="003130D9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are sample concentrations determined using </w:t>
             </w:r>
             <w:r w:rsidRPr="003130D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9575,121 +9182,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE026" w14:textId="77777777" w:rsidR="003130D9" w:rsidRPr="00A0149B" w:rsidRDefault="003130D9" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE027" w14:textId="77777777" w:rsidR="003130D9" w:rsidRPr="00C443AC" w:rsidRDefault="003130D9" w:rsidP="00C443AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="003130D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f the percent relative standard deviation (%RSD) of the calibration factors is less than 20% over the working range, then linearity through the origin can be assumed, and the average calibration factor can be used in place of a calibration curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000845" w:rsidRPr="00A0149B" w14:paraId="59BCE031" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE029" w14:textId="09C07AAB" w:rsidR="00000845" w:rsidRDefault="007B7587" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0F1957B5" w14:textId="77777777" w:rsidR="00481159" w:rsidRDefault="00481159" w:rsidP="002B5728">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2E881D2B" w14:textId="77777777" w:rsidR="00000845" w:rsidRDefault="002B5728" w:rsidP="002B5728">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9806,196 +9410,172 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE02C" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE02D" w14:textId="77777777" w:rsidR="00000845" w:rsidRDefault="003130D9" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003130D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the calibration factor (CF) for each fuel type as shown below:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCE02E" w14:textId="77777777" w:rsidR="003130D9" w:rsidRDefault="003130D9" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="59BCE02F" w14:textId="7A225837" w:rsidR="003130D9" w:rsidRDefault="00D96BFD" w:rsidP="00EA3E48">
-[...61 lines deleted...]
-              </w:drawing>
+          <w:p w14:paraId="36F88C72" w14:textId="7F977019" w:rsidR="007430CA" w:rsidRPr="007430CA" w:rsidRDefault="007430CA" w:rsidP="00EA3E48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CF = </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>Total area within Retention Time Range</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59BCE02F" w14:textId="711E6476" w:rsidR="003130D9" w:rsidRDefault="007430CA" w:rsidP="00EA3E48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                     Mass injected (nanograms)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCE030" w14:textId="77777777" w:rsidR="003130D9" w:rsidRPr="00A0149B" w:rsidRDefault="003130D9" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00000845" w:rsidRPr="00A0149B" w14:paraId="59BCE03D" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE038" w14:textId="71D5A1C4" w:rsidR="00000845" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE039" w14:textId="5B5B592B" w:rsidR="00000845" w:rsidRPr="001C10BF" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00883C27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a linear calibration is used</w:t>
             </w:r>
             <w:r w:rsidR="002B5728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10037,131 +9617,128 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE03B" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="00000845" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE03C" w14:textId="77777777" w:rsidR="00000845" w:rsidRPr="00A0149B" w:rsidRDefault="002B5728" w:rsidP="00EA3E48">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B5728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="00823AF8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="002B5728">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, of 0.99) is required. Ref: NC WW/GW LC Policy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w14:paraId="59BCE044" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE03E" w14:textId="7AF4165F" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0E3D4FEF" w14:textId="77777777" w:rsidR="00481159" w:rsidRDefault="00481159" w:rsidP="0090580C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59BCE03F" w14:textId="77777777" w:rsidR="00481159" w:rsidRDefault="00481159" w:rsidP="0090580C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2D4499C5" w14:textId="05CB2BEA" w:rsidR="00EA3E48" w:rsidRDefault="00FC3275" w:rsidP="0090580C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10264,146 +9841,142 @@
               </w:rPr>
               <w:t>ANSWER:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE041" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE042" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="00EA3E48" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE043" w14:textId="6725B3D2" w:rsidR="00EA3E48" w:rsidRPr="00A0149B" w:rsidRDefault="0090580C" w:rsidP="0090580C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0090580C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The retention time range for GRO is defined during initial calibration. Two specific gasoline components are used to establish the range, 2-methylpentane and 1,2,4-trimethylbenzene.  Use the procedure described in Method 8000 </w:t>
             </w:r>
             <w:r w:rsidR="00F76A18">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">D Section 11.6 </w:t>
             </w:r>
             <w:r w:rsidRPr="0090580C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to establish the retention time windows for these two components. The retention time range is then calculated based on the lower limit of the RT window for the first eluting component and the upper limit of the RT window for the last eluting component.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00823AF8" w:rsidRPr="00A0149B" w14:paraId="59BCE04A" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE045" w14:textId="24294F10" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE046" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRDefault="00E9027E" w:rsidP="00E9027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10443,163 +10016,158 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 8015 C, Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE047" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE048" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE049" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="003F0836" w:rsidRDefault="00E9027E" w:rsidP="00E9027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The initial calibration and retention times need to be verified at the beginning of each 12-hr work shift, at a minimum.  When petroleum hydrocarbons are being analyzed, verification is accomplished by the measurement of the fuel standard and the hydrocarbon retention time standard. Additional analyses of the verification standard(s) throughout a 12-hr shift are strongly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>recommended, especially for samples that contain visible concentrations of oily material. See Method 8000 for more detailed information on calibration verification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00823AF8" w:rsidRPr="00A0149B" w14:paraId="59BCE050" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE04B" w14:textId="05DA8438" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE04C" w14:textId="608547BD" w:rsidR="00823AF8" w:rsidRDefault="00E9027E" w:rsidP="00E9027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If calibration factors are used for quantitation, are they verified to be within 20% of those determined in the initial calibration?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10607,85 +10175,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 80</w:t>
             </w:r>
             <w:r w:rsidR="00DC21B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>00 Section 11.7</w:t>
             </w:r>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE04D" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE04E" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="052516D8" w14:textId="572DD283" w:rsidR="00DC21B8" w:rsidRPr="00DC21B8" w:rsidRDefault="00DC21B8" w:rsidP="00DC21B8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC21B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>f the % Difference (when using average RF calibration) or % Drift (for all other types of</w:t>
@@ -10743,84 +10308,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> q</w:t>
             </w:r>
             <w:r w:rsidRPr="00DC21B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>uantitate sample results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00823AF8" w:rsidRPr="00A0149B" w14:paraId="59BCE056" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE051" w14:textId="7B032BEF" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00E6701D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE052" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRDefault="00E9027E" w:rsidP="00E9027E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not within 20%, what corrective action is performed?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10845,138 +10408,134 @@
               </w:rPr>
               <w:t>.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE053" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE054" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE055" w14:textId="7CB4CE8C" w:rsidR="00823AF8" w:rsidRPr="003F0836" w:rsidRDefault="00E9027E" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the response for any analyte varies from the predicted response by more than ±20%, corrective action must be taken to restore the system</w:t>
             </w:r>
             <w:r w:rsidR="00F16B20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E9027E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or a new calibration curve must be prepared for that compound.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00823AF8" w:rsidRPr="00A0149B" w14:paraId="59BCE062" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE05D" w14:textId="60AB1923" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00E6701D" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="141F09BB" w14:textId="77777777" w:rsidR="00423C0D" w:rsidRDefault="00423C0D" w:rsidP="00AB75F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="720D4C0E" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRDefault="00AB75F6" w:rsidP="00AB75F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11026,85 +10585,82 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00AB75F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCE05E" w14:textId="05C502E9" w:rsidR="00423C0D" w:rsidRDefault="00423C0D" w:rsidP="00AB75F6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE05F" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE060" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="00A0149B" w:rsidRDefault="00823AF8" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE061" w14:textId="77777777" w:rsidR="00823AF8" w:rsidRPr="003F0836" w:rsidRDefault="00AB75F6" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB75F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Solvent blanks and any method blanks should be run with calibration verification analyses to confirm that laboratory contamination does not cause false positive results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="59BCE068" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
@@ -11240,76 +10796,74 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00913EF4" w:rsidRPr="00A0149B" w14:paraId="59BCE06F" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE069" w14:textId="7DD36C92" w:rsidR="00913EF4" w:rsidRDefault="00FE0B5E" w:rsidP="00913EF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE06A" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRDefault="00956CCC" w:rsidP="00913EF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0F6E5E58" w14:textId="77777777" w:rsidR="00913EF4" w:rsidRDefault="00913EF4" w:rsidP="00913EF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11394,113 +10948,110 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE06D" w14:textId="77777777" w:rsidR="00913EF4" w:rsidRPr="00A0149B" w:rsidRDefault="00913EF4" w:rsidP="00913EF4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE06E" w14:textId="60788109" w:rsidR="00913EF4" w:rsidRDefault="00B745EE" w:rsidP="00B745EE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5D74BAAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For the analysis of GRO, sum the areas of all peaks eluting between 2-methylpentane and 1,2,4-trimethylbenzene. This area is used to calculate the GRO concentration, using the equations in Method 8000. Column bleed subtraction is not generally necessary for GRO analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB2076" w:rsidRPr="00A0149B" w14:paraId="59BCE076" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE070" w14:textId="16712CE7" w:rsidR="00AB2076" w:rsidRDefault="00883C27" w:rsidP="00AB2076">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE071" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRDefault="00956CCC" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38020469" w14:textId="77777777" w:rsidR="00AB2076" w:rsidRDefault="00AB2076" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11631,123 +11182,120 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE074" w14:textId="77777777" w:rsidR="00AB2076" w:rsidRPr="000808F0" w:rsidRDefault="00AB2076" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE075" w14:textId="77777777" w:rsidR="00AB2076" w:rsidRPr="000808F0" w:rsidRDefault="006A2B24" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A2B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When manual integration is employed, the laboratory must clearly identify manually integrated compounds, document the reason the manual integration was performed, the date performed and who completed the work. A flag or qualifier code may suffice for simple manual integrations. In addition, a hardcopy printout of the data displaying the manual integration shall be included in the raw data package (i.e., both the original and manually integrated chromatograms, of similar scale, must be present in the data package). All information necessary for the historical reconstruction of data must be maintained by the lab. Additionally, the laboratory must employ a systematic data validation procedure to check manual integrations to assure integrations are </w:t>
             </w:r>
             <w:r w:rsidRPr="006A2B24">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>technically sound and representative of the response.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00956CCC" w:rsidRPr="00A0149B" w14:paraId="59BCE07C" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE077" w14:textId="01790F91" w:rsidR="00956CCC" w:rsidRDefault="00883C27" w:rsidP="00AB2076">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE078" w14:textId="2AEF270B" w:rsidR="00956CCC" w:rsidRDefault="00956CCC" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are non-aqueous samples reported on a dry-weight basis?</w:t>
             </w:r>
             <w:r w:rsidR="00397AA5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11777,122 +11325,100 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memo, </w:t>
             </w:r>
             <w:r w:rsidR="00DB53B1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May 24, 1994]</w:t>
             </w:r>
             <w:r w:rsidR="00702DF1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SW-846 Method 5035 B, Section 6.2.1.6]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE079" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="000808F0" w:rsidRDefault="00956CCC" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE07A" w14:textId="77777777" w:rsidR="00956CCC" w:rsidRPr="000808F0" w:rsidRDefault="00956CCC" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="426E15E3" w14:textId="77777777" w:rsidR="00101466" w:rsidRDefault="005676C4" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:commentRangeStart w:id="2"/>
-[...25 lines deleted...]
-              <w:t xml:space="preserve"> the soil sample analyses, performed to meet the requirements of the Division of Environmental Management, must be reported on a dry weight basis. </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The results for all of the soil sample analyses, performed to meet the requirements of the Division of Environmental Management, must be reported on a dry weight basis. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0AAEF1BE" w14:textId="77777777" w:rsidR="00101466" w:rsidRDefault="00101466" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59BCE07B" w14:textId="760A17B6" w:rsidR="00956CCC" w:rsidRPr="006A2B24" w:rsidRDefault="00BB545C" w:rsidP="00AB2076">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12054,84 +11580,82 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C11FE" w:rsidRPr="00A0149B" w14:paraId="59BCE08A" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE083" w14:textId="4AF75320" w:rsidR="009C11FE" w:rsidRPr="008C0C53" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE084" w14:textId="34DA2C32" w:rsidR="009C11FE" w:rsidRDefault="002D4565" w:rsidP="002D4565">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has the laboratory completed an initial demonstration of proficiency by analyzing </w:t>
             </w:r>
             <w:r w:rsidRPr="002D4565">
               <w:rPr>
@@ -12234,51 +11758,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE086" w14:textId="77777777" w:rsidR="009C11FE" w:rsidRPr="00A0149B" w:rsidRDefault="009C11FE" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE087" w14:textId="77777777" w:rsidR="002D4565" w:rsidRDefault="002D4565" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">From 8015C - </w:t>
             </w:r>
             <w:r w:rsidRPr="002D4565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each laboratory must demonstrate initial proficiency with each sample preparation and determinative method combination it utilizes, by generating data of acceptable accuracy and precision for target analytes in a clean matrix.  If an autosampler is used to perform sample dilutions, before using the autosampler to dilute samples, the laboratory should satisfy itself that those dilutions are of equivalent or better accuracy than is achieved by an experienced analyst performing manual dilutions.  </w:t>
@@ -12305,84 +11828,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">From 8000D - </w:t>
             </w:r>
             <w:r w:rsidRPr="002D4565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare and analyze at least four replicate aliquots of the well-mixed reference samples by the same procedures used to analyze actual samples (procedure section for each of the methods).  This will include a combination of the sample preparation method and the determinative method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AE3C03" w:rsidRPr="00A0149B" w14:paraId="59BCE090" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE08B" w14:textId="73529235" w:rsidR="00AE3C03" w:rsidRPr="008C0C53" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE08C" w14:textId="77777777" w:rsidR="00AE3C03" w:rsidRDefault="002D4565" w:rsidP="002D4565">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidRPr="002D4565">
@@ -12468,113 +11989,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE08E" w14:textId="77777777" w:rsidR="00AE3C03" w:rsidRPr="00A0149B" w:rsidRDefault="00AE3C03" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE08F" w14:textId="77777777" w:rsidR="00AE3C03" w:rsidRPr="00A0149B" w:rsidRDefault="002D4565" w:rsidP="00CB771F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002D4565">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The laboratory must also repeat the demonstration of proficiency whenever new staff members are trained or significant changes in instrumentation are made. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC3275" w:rsidRPr="00A0149B" w14:paraId="59BCE099" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE091" w14:textId="7BD11840" w:rsidR="00FC3275" w:rsidRPr="008C0C53" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE092" w14:textId="77777777" w:rsidR="00601C66" w:rsidRDefault="00601C66" w:rsidP="00601C66">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68D476BB" w14:textId="77777777" w:rsidR="00FC3275" w:rsidRDefault="00ED21DC" w:rsidP="00601C66">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12688,51 +12206,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE095" w14:textId="77777777" w:rsidR="00FC3275" w:rsidRPr="00A0149B" w:rsidRDefault="00FC3275" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE096" w14:textId="77777777" w:rsidR="00601C66" w:rsidRDefault="00FC3275" w:rsidP="00601C66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FC3275">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Calculate the mean recovery and the standard deviation of </w:t>
             </w:r>
             <w:r w:rsidR="00CB771F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the recovery </w:t>
@@ -12763,149 +12280,111 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00601C66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Compare the mean recovery and the standard deviation of the recovery </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">for </w:t>
             </w:r>
             <w:r w:rsidRPr="00601C66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">each analyte with the corresponding performance data for precision and bias given in the performance table at the end of the determinative method.  If the mean recovery and the standard deviation of the recovery for all analytes of interest meet the appropriate acceptance criteria, then the system performance is </w:t>
-[...35 lines deleted...]
-              <w:t xml:space="preserve"> data points are available, each laboratory is strongly encouraged to develop in</w:t>
+              <w:t>each analyte with the corresponding performance data for precision and bias given in the performance table at the end of the determinative method.  If the mean recovery and the standard deviation of the recovery for all analytes of interest meet the appropriate acceptance criteria, then the system performance is acceptable and analysis of actual samples can begin.  If any individual standard deviation value exceeds the precision limit or any mean recovery value falls outside the range for bias, then the system performance may be unacceptable for that analyte.  Once sufficient data points are available, each laboratory is strongly encouraged to develop in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-h</w:t>
             </w:r>
             <w:r w:rsidRPr="00601C66">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">ouse control limits.  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F25190" w:rsidRPr="00A0149B" w14:paraId="59BCE09F" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1574"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE09A" w14:textId="48819F68" w:rsidR="00F25190" w:rsidRPr="008C0C53" w:rsidRDefault="00883C27" w:rsidP="00F25190">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="2561AD56" w14:textId="5EF51C1E" w:rsidR="00F25190" w:rsidRDefault="00F25190" w:rsidP="2A8834B2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2A8834B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are laboratory control limits established</w:t>
             </w:r>
             <w:r w:rsidR="0053478C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053478C" w:rsidRPr="2A8834B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12992,112 +12471,109 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE09D" w14:textId="77777777" w:rsidR="00F25190" w:rsidRPr="00A0149B" w:rsidRDefault="00F25190" w:rsidP="00F25190">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE09E" w14:textId="4660511F" w:rsidR="00F25190" w:rsidRPr="00A0149B" w:rsidRDefault="45ED0873" w:rsidP="2A8834B2">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="2A8834B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="333333"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Once established, control limits should be reviewed regularly and updated on a routine basis as established by the laboratory’s quality management plan.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0053478C" w:rsidRPr="00A0149B" w14:paraId="40972FAE" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23736CF8" w14:textId="6C1F0652" w:rsidR="0053478C" w:rsidDel="00883C27" w:rsidRDefault="0053478C" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00FE0B5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E283B71" w14:textId="02F2579C" w:rsidR="0053478C" w:rsidRDefault="0053478C" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Method Blank (MB) included in every batch? </w:t>
             </w:r>
             <w:r w:rsidRPr="0053478C">
@@ -13144,121 +12620,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40726116" w14:textId="77777777" w:rsidR="0053478C" w:rsidRPr="00A0149B" w:rsidRDefault="0053478C" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F036719" w14:textId="339AB4EC" w:rsidR="0053478C" w:rsidRPr="00CC2AAF" w:rsidRDefault="0053478C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0053478C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Initially, before processing any samples, the analyst should demonstrate that all parts of the equipment in contact with the sample and reagents are interference-free. This is accomplished through the analysis of a method blank. As a continuing check, each time samples are extracted, cleaned up, and analyzed, and when there is a change in reagents, a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0053478C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>method blank should be prepared and analyzed for the compounds of interest as a safeguard against chronic laboratory contamination. If a peak is observed within the retention time window of any analyte that would prevent the determination of that analyte, determine the source and eliminate it, if possible, before processing the samples. The blanks should be carried through all stages of sample preparation and analysis. When new reagents or chemicals are received, the laboratory should monitor the preparation and/or analysis blanks associated with samples for any signs of contamination.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00340B06" w:rsidRPr="00A0149B" w14:paraId="1357B7D6" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3858201B" w14:textId="7A04FCD0" w:rsidR="00340B06" w:rsidRDefault="00FE0B5E" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27D490BD" w14:textId="4CC248AE" w:rsidR="00340B06" w:rsidRDefault="00340B06" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidRPr="00340B06">
@@ -13323,113 +12796,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37EC4207" w14:textId="77777777" w:rsidR="00340B06" w:rsidRPr="00A0149B" w:rsidRDefault="00340B06" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DADE5D9" w14:textId="7BF8910C" w:rsidR="00340B06" w:rsidRPr="0053478C" w:rsidRDefault="00340B06">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00340B06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A calibration blank and calibration verification standard shall be analyzed prior to sample analysis, after every tenth sample, and at the end of each sample group</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FC3275" w:rsidRPr="00A0149B" w14:paraId="59BCE0A5" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A0" w14:textId="56DDB90D" w:rsidR="00FC3275" w:rsidRPr="008C0C53" w:rsidRDefault="00883C27" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A1" w14:textId="778A3B9F" w:rsidR="00FC3275" w:rsidRDefault="003155B5" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all blank values </w:t>
             </w:r>
             <w:r>
@@ -13483,175 +12953,152 @@
             <w:r w:rsidR="00727683">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="00727683" w:rsidRPr="0048141F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00024F39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="00024F39">
+              <w:t xml:space="preserve"> (i)</w:t>
+            </w:r>
+            <w:r w:rsidR="00727683" w:rsidRPr="0048141F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>i</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A2" w14:textId="77777777" w:rsidR="00FC3275" w:rsidRPr="00A0149B" w:rsidRDefault="00FC3275" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A3" w14:textId="77777777" w:rsidR="00FC3275" w:rsidRPr="00A0149B" w:rsidRDefault="00FC3275" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A4" w14:textId="77777777" w:rsidR="00FC3275" w:rsidRPr="00A0149B" w:rsidRDefault="00CC2AAF" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analyses requiring a calibration curve, the concentration of reagent, method and calibration blanks must not exceed 50% of the reporting limit or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0AB" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A6" w14:textId="223DDC4B" w:rsidR="003155B5" w:rsidRPr="008C0C53" w:rsidRDefault="00BE7558" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A7" w14:textId="2A681390" w:rsidR="003155B5" w:rsidRDefault="00646CBC" w:rsidP="00032566">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a second-source standard analyzed to verify the calibration?</w:t>
             </w:r>
             <w:r w:rsidR="002B3907">
@@ -13669,189 +13116,168 @@
             <w:r w:rsidR="0039749F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidR="0039749F" w:rsidRPr="0048141F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="0039749F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (i</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="0039749F">
+              <w:t xml:space="preserve"> (ii)</w:t>
+            </w:r>
+            <w:r w:rsidR="0039749F" w:rsidRPr="0048141F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>i</w:t>
-[...16 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A8" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="00A0149B" w:rsidRDefault="003155B5" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0A9" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="00A0149B" w:rsidRDefault="003155B5" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0AA" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="00A0149B" w:rsidRDefault="00646CBC" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00646CBC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When a standard curve is manually prepared (as opposed to a factory-set calibration), it is required to analyze one known standard in addition to calibration standards each day samples are analyzed to document accuracy. This standard must be prepared from materials obtained from a source independent from the one used for preparing the calibration standards (often referred to as a second source standard or external reference standard)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD7F3E" w:rsidRPr="00A0149B" w14:paraId="59BCE0B2" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0AC" w14:textId="329AF554" w:rsidR="00CD7F3E" w:rsidRPr="008C0C53" w:rsidRDefault="0053478C" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0AD" w14:textId="130316BA" w:rsidR="00CD7F3E" w:rsidRDefault="00CD7F3E" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB2076">
@@ -13952,130 +13378,126 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0AF" w14:textId="77777777" w:rsidR="00CD7F3E" w:rsidRDefault="00CD7F3E" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B0" w14:textId="77777777" w:rsidR="00CD7F3E" w:rsidRDefault="00CD7F3E" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B1" w14:textId="177356EB" w:rsidR="00CD7F3E" w:rsidRPr="00646CBC" w:rsidRDefault="00653A9B" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set. When the method of choice specifies performance acceptance criteria for precision and accuracy, and the laboratory chooses to develop laboratory-specific limits, the laboratory-specific limits shall not be less stringent than the criteria stated in the approved method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0BA" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B3" w14:textId="25C8D5A6" w:rsidR="003155B5" w:rsidRPr="008C0C53" w:rsidRDefault="0053478C" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B4" w14:textId="188A8F9E" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze either a MS and one duplicate un-spiked sample or a MS/MSD with each </w:t>
             </w:r>
             <w:r w:rsidR="009F274E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14163,98 +13585,77 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B6" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0B8" w14:textId="50129E14" w:rsidR="003155B5" w:rsidRDefault="0002062D" w:rsidP="00CC2AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidRPr="0002062D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Unless the referenced method states a greater </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> or the parameter is not amenable to spiking, laboratories shall spike five percent of samples monthly. Laboratories analyzing fewer than 20 samples per month shall analyze one Matrix Spike during each month that samples are analyzed.</w:t>
+              <w:t>Unless the referenced method states a greater frequency or the parameter is not amenable to spiking, laboratories shall spike five percent of samples monthly. Laboratories analyzing fewer than 20 samples per month shall analyze one Matrix Spike during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9D1159" w14:textId="77777777" w:rsidR="00DB0E77" w:rsidRDefault="00DB0E77" w:rsidP="00CC2AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59BCE0B9" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="00CD7F3E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14273,51 +13674,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidR="00CD7F3E" w:rsidRPr="00CD7F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Documenting the effect of the matrix should include the analysis of at least one matrix spike and one duplicate unspiked sample or one matrix spike/matrix spike duplicate pair.  The decision on whether to prepare and analyze duplicate samples or a matrix spike/matrix spike duplicate must be based on a knowledge of the samples in the sample batch.  If samples are expected to contain target analytes, then laboratories may use one matrix spike and a duplicate analysis of an unspiked field sample.  If samples are not expected to contain target analytes, laboratories should use a matrix spike and matrix spike duplicate pair.  Consult Method 8000 for information on developing acceptance criteria for the MS/MSD.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17F21" w:rsidRPr="00A0149B" w14:paraId="59BCE0C6" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C1" w14:textId="69A14B26" w:rsidR="00F17F21" w:rsidRPr="008C0C53" w:rsidRDefault="0053478C" w:rsidP="00F17F21">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14340,69 +13740,51 @@
           <w:p w14:paraId="6C6097A1" w14:textId="77777777" w:rsidR="00DE2EDD" w:rsidRDefault="00DE2EDD" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="50BE25A9" w14:textId="179D5B26" w:rsidR="00F17F21" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">What </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> the laboratory’s established control limits for MS/MSD results?</w:t>
+              <w:t>What are the laboratory’s established control limits for MS/MSD results?</w:t>
             </w:r>
             <w:r w:rsidR="00EB4B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EB4B2F" w:rsidRPr="009F607E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 02H .0805 (a) (7)</w:t>
             </w:r>
             <w:r w:rsidR="00EB4B2F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14476,109 +13858,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C3" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="000808F0" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C4" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="000808F0" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C5" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="00F35EBE" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ideally, the acceptance criteria for MS/MSD recovery and/or duplicate relative % difference will be established for the field samples through the DQOs contained in a written QAPP. These criteria should be established with consideration given to performance data provided in the reference method and/or by the laboratory </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> avoid overly conservative expectations. In the absence of site</w:t>
+              <w:t>Ideally, the acceptance criteria for MS/MSD recovery and/or duplicate relative % difference will be established for the field samples through the DQOs contained in a written QAPP. These criteria should be established with consideration given to performance data provided in the reference method and/or by the laboratory in order to avoid overly conservative expectations. In the absence of site</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
@@ -14594,51 +13956,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-h</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ouse performance data generated by the laboratory or on the performance data in the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7ED9" w:rsidRPr="00A0149B" w14:paraId="59BCE0CC" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C7" w14:textId="2EF37AA9" w:rsidR="000F7ED9" w:rsidRDefault="0053478C" w:rsidP="000F7ED9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14759,136 +14120,132 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0C9" w14:textId="77777777" w:rsidR="000F7ED9" w:rsidRPr="000808F0" w:rsidRDefault="000F7ED9" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0CA" w14:textId="77777777" w:rsidR="000F7ED9" w:rsidRPr="000808F0" w:rsidRDefault="000F7ED9" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0CB" w14:textId="5A7C7B90" w:rsidR="000F7ED9" w:rsidRPr="000808F0" w:rsidRDefault="00981D05" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00981D05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0D2" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0CD" w14:textId="44F088B6" w:rsidR="003155B5" w:rsidRDefault="0053478C" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0CE" w14:textId="77777777" w:rsidR="003155B5" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the volume of the spike solution used in the MS constitute ≤ </w:t>
             </w:r>
             <w:r w:rsidR="00580F57" w:rsidRPr="00580F57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -14941,51 +14298,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D0" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D1" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002308EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The volume of spike solution used in MS preparation must in all case</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">s be </w:t>
@@ -15018,84 +14374,82 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">% of the total MS </w:t>
             </w:r>
             <w:r w:rsidRPr="002308EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>volume.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0D8" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D3" w14:textId="1D4DB4E6" w:rsidR="003155B5" w:rsidRDefault="0053478C" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D4" w14:textId="77777777" w:rsidR="003155B5" w:rsidRDefault="003155B5" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r w:rsidR="000F7ED9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
@@ -15157,51 +14511,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D6" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D7" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="00CC2AAF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002308EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r w:rsidR="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
@@ -15330,51 +14683,50 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002308EB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>calculation necessary. If the spike solution volume constitutes &gt;1% of the total sample volume, the sample concentration or spike concentration must be adjusted by calculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F17F21" w:rsidRPr="00A0149B" w14:paraId="59BCE0DE" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0D9" w14:textId="29E5DBA5" w:rsidR="00F17F21" w:rsidRDefault="0053478C" w:rsidP="00F17F21">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15490,109 +14842,89 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0DB" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="000808F0" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0DC" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="000808F0" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0DD" w14:textId="77777777" w:rsidR="00F17F21" w:rsidRPr="00F35EBE" w:rsidRDefault="00F17F21" w:rsidP="00F17F21">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ideally, the acceptance criteria for MS/MSD recovery and/or duplicate relative % difference will be established for the field samples through the DQOs contained in a written QAPP. These criteria should be established with consideration given to performance data provided in the reference method and/or by the laboratory </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> avoid overly conservative expectations. In the absence of site</w:t>
+              <w:t>Ideally, the acceptance criteria for MS/MSD recovery and/or duplicate relative % difference will be established for the field samples through the DQOs contained in a written QAPP. These criteria should be established with consideration given to performance data provided in the reference method and/or by the laboratory in order to avoid overly conservative expectations. In the absence of site</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or project</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
@@ -15608,85 +14940,83 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-h</w:t>
             </w:r>
             <w:r w:rsidRPr="005A4EDC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ouse performance data generated by the laboratory or on the performance data in the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0E4" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0DF" w14:textId="078EF28F" w:rsidR="003155B5" w:rsidRDefault="0053478C" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E0" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="00CC2AAF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze at least one LCS with each batch of 20 or fewer samples? </w:t>
             </w:r>
             <w:r w:rsidR="00CC2AAF" w:rsidRPr="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15725,270 +15055,228 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E2" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E3" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">A Laboratory Control Sample (LCS) should be included with each analytical batch. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0EA" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E5" w14:textId="0C2FB335" w:rsidR="003155B5" w:rsidRDefault="0053478C" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E6" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Does the LCS consist of an aliquot of clean matrix </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> the sample matrix and of the same weight or volume? </w:t>
+              <w:t xml:space="preserve">Does the LCS consist of an aliquot of clean matrix similar to the sample matrix and of the same weight or volume? </w:t>
             </w:r>
             <w:r w:rsidR="00CC2AAF" w:rsidRPr="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SW-846 Method 8015 C, Section 9.6.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E7" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E8" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0E9" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The LCS consists of an aliquot of a clean (control) matrix </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> the sample matrix and of the same weight or volume. </w:t>
+              <w:t xml:space="preserve">The LCS consists of an aliquot of a clean (control) matrix similar to the sample matrix and of the same weight or volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155B5" w:rsidRPr="00A0149B" w14:paraId="59BCE0F0" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0EB" w14:textId="453A7245" w:rsidR="003155B5" w:rsidRDefault="00BE7558" w:rsidP="003155B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0EC" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="00CC2AAF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the LCS spiked with the same ana</w:t>
             </w:r>
             <w:r w:rsidR="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16027,113 +15315,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0EE" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="003155B5" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0EF" w14:textId="77777777" w:rsidR="003155B5" w:rsidRPr="000808F0" w:rsidRDefault="00CC2AAF" w:rsidP="003155B5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC2AAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The LCS is spiked with the same analytes at the same concentrations as the matrix spike, when appropriate.  When the results of the matrix spike analysis indicate a potential problem due to the sample matrix itself, the LCS results are used to verify that the laboratory can perform the analysis in a clean matrix. Consult Method 8000 for information on developing acceptance criteria for the LCS.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B76844" w:rsidRPr="00A0149B" w14:paraId="59BCE0F7" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F1" w14:textId="7489F3C6" w:rsidR="00B76844" w:rsidRDefault="0053478C" w:rsidP="00B76844">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F2" w14:textId="77777777" w:rsidR="00B76844" w:rsidRDefault="00B76844" w:rsidP="00B76844">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="29EBC081" w14:textId="77777777" w:rsidR="00B76844" w:rsidRDefault="00B76844" w:rsidP="00B76844">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16223,68 +15508,66 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F4" w14:textId="77777777" w:rsidR="00B76844" w:rsidRPr="000808F0" w:rsidRDefault="00B76844" w:rsidP="00B76844">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F5" w14:textId="77777777" w:rsidR="00B76844" w:rsidRPr="000808F0" w:rsidRDefault="00B76844" w:rsidP="00B76844">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F6" w14:textId="77777777" w:rsidR="00B76844" w:rsidRPr="00CC2AAF" w:rsidRDefault="00B76844" w:rsidP="00B76844">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B76844">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Many methods may not contain recommended acceptance criteria for LCS results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. The laboratory should use 70 - </w:t>
@@ -16305,114 +15588,94 @@
               </w:rPr>
               <w:t>-h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76844">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ouse LCS limits are developed (Sec. 9.6).  Where in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-h</w:t>
             </w:r>
             <w:r w:rsidRPr="00B76844">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">ouse limits have been developed for matrix spike percent recoveries, the LCS results should be </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or tighter than those limits, as the LCS is prepared in a clean matrix.</w:t>
+              <w:t>ouse limits have been developed for matrix spike percent recoveries, the LCS results should be similar to or tighter than those limits, as the LCS is prepared in a clean matrix.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C11FE" w:rsidRPr="00A0149B" w14:paraId="59BCE0FD" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F8" w14:textId="762A2194" w:rsidR="009C11FE" w:rsidRDefault="0053478C" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0F9" w14:textId="3DC0E5B4" w:rsidR="009C11FE" w:rsidRDefault="00591358" w:rsidP="1E53190F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a</w:t>
             </w:r>
             <w:r w:rsidRPr="00591358">
               <w:rPr>
@@ -16494,113 +15757,110 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0FB" w14:textId="77777777" w:rsidR="009C11FE" w:rsidRPr="00A0149B" w:rsidRDefault="009C11FE" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0FC" w14:textId="77777777" w:rsidR="009C11FE" w:rsidRPr="00A0149B" w:rsidRDefault="00591358" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00591358">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Samples are analyzed in a set referred to as an analytical sequence.  The sequence begins with calibration verification followed by sample extract analyses. Additional analyses of the verification standard(s) throughout a 12-hr shift are strongly recommended, especially for samples that contain visible concentrations of oily material. A verification standard is also necessary at the end of a set (unless internal standard calibration is used).  The sequence ends when the set of samples has been injected or when retention time and/or % difference QC criteria are exceeded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000F7ED9" w:rsidRPr="00A0149B" w14:paraId="59BCE103" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1178"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE0FE" w14:textId="2BF66D6F" w:rsidR="000F7ED9" w:rsidRDefault="0053478C" w:rsidP="000F7ED9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="70699B0D" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="1E53190F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="204176C4" w14:textId="77777777" w:rsidR="000F7ED9" w:rsidRDefault="005114D2" w:rsidP="1E53190F">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -16792,68 +16052,66 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE100" w14:textId="77777777" w:rsidR="000F7ED9" w:rsidRPr="000808F0" w:rsidRDefault="000F7ED9" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE101" w14:textId="77777777" w:rsidR="000F7ED9" w:rsidRPr="000808F0" w:rsidRDefault="000F7ED9" w:rsidP="000F7ED9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1011E0A2" w14:textId="1E2EF70F" w:rsidR="005114D2" w:rsidRPr="005114D2" w:rsidRDefault="005114D2" w:rsidP="005114D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the % difference as detailed in Method 8000. If the response</w:t>
             </w:r>
             <w:r w:rsidR="008171F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -16893,90 +16151,88 @@
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">CF or RF values from the initial calibration to quantitate sample results. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00ED4372" w:rsidRPr="00A0149B" w14:paraId="59BCE109" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1817"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE104" w14:textId="196DF1B8" w:rsidR="009C11FE" w:rsidRDefault="0053478C" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00BE7558">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="09071D76" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="00032566">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="52F3BECC" w14:textId="77777777" w:rsidR="009C11FE" w:rsidRDefault="000F7ED9" w:rsidP="00032566">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
@@ -17115,179 +16371,158 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE107" w14:textId="77777777" w:rsidR="009C11FE" w:rsidRPr="00A0149B" w:rsidRDefault="009C11FE" w:rsidP="00560E41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE108" w14:textId="01E18DD1" w:rsidR="009C11FE" w:rsidRPr="00A0149B" w:rsidRDefault="00F82D21" w:rsidP="00F82D21">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the response</w:t>
             </w:r>
             <w:r w:rsidR="0089720B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for any analyte varies from the predicted response by more than ±20%, corrective action</w:t>
             </w:r>
             <w:r w:rsidR="008171F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">must be taken to restore the </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> or a new calibration curve must be prepared for that</w:t>
+              <w:t>must be taken to restore the system or a new calibration curve must be prepared for that</w:t>
             </w:r>
             <w:r w:rsidR="008171F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>compound.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E40880" w:rsidRPr="00A0149B" w14:paraId="59BCE10F" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE10A" w14:textId="4369DAD1" w:rsidR="00E40880" w:rsidRDefault="0053478C" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00870080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE10B" w14:textId="77777777" w:rsidR="00E40880" w:rsidRPr="00002F35" w:rsidRDefault="00E40880" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00E40880">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
@@ -17370,129 +16605,126 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE10D" w14:textId="77777777" w:rsidR="00E40880" w:rsidRPr="00A0149B" w:rsidRDefault="00E40880" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE10E" w14:textId="77777777" w:rsidR="00E40880" w:rsidRPr="00A0149B" w:rsidRDefault="00E40880" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D941FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Whenever possible, the analyst should monitor both the performance of the analytical system and the effectiveness of the method in dealing with each</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D941FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sample matrix, by spiking each sample, standard, and blank with one or two surrogate compounds which are not affected by method interferences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E40880" w:rsidRPr="00A0149B" w14:paraId="59BCE117" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE110" w14:textId="4266BCB8" w:rsidR="00E40880" w:rsidRDefault="0053478C" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00870080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="70EDC94E" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59BCE111" w14:textId="4E72265E" w:rsidR="00E40880" w:rsidRDefault="00E40880" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
@@ -17597,122 +16829,119 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE115" w14:textId="77777777" w:rsidR="00E40880" w:rsidRPr="00A0149B" w:rsidRDefault="00E40880" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE116" w14:textId="5FFED010" w:rsidR="00E40880" w:rsidRPr="00D941FF" w:rsidRDefault="00C916BC" w:rsidP="00E40880">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C916BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Whenever possible, the analyst should monitor both the performance of the analytical system and the effectiveness of the method in dealing with each 8015C sample matrix, by spiking each sample, standard, and blank with one or two surrogate compounds which are not affected by method interferences</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D941FF" w:rsidRPr="00A0149B" w14:paraId="59BCE11D" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="1160"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE118" w14:textId="3A594BF8" w:rsidR="00D941FF" w:rsidRDefault="0053478C" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00870080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="31998CB5" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="00E40880">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4A22A7E6" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRDefault="00D941FF" w:rsidP="00E40880">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -17846,147 +17075,143 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE11A" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRPr="000808F0" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="59BCE11B" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRPr="000808F0" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BC934E3" w14:textId="77777777" w:rsidR="005114D2" w:rsidRPr="005114D2" w:rsidRDefault="005114D2" w:rsidP="005114D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>From in-house performance criteria and control charting.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="59BCE11C" w14:textId="10FE9C65" w:rsidR="00D941FF" w:rsidRPr="00A0149B" w:rsidRDefault="005114D2" w:rsidP="005114D2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="1E53190F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See [SW-846 Method 8000 D, Section 9.6]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D941FF" w:rsidRPr="00A0149B" w14:paraId="59BCE123" w14:textId="77777777" w:rsidTr="24C11CFF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE11E" w14:textId="184EB343" w:rsidR="00D941FF" w:rsidRDefault="0053478C" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00870080">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3732BAAB" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AEFB6DF" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-3"/>
@@ -18076,92 +17301,89 @@
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B43B1F9" w14:textId="77777777" w:rsidR="00170CC0" w:rsidRDefault="00170CC0" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="59BCE11F" w14:textId="41A2527F" w:rsidR="00170CC0" w:rsidRPr="00002F35" w:rsidRDefault="00170CC0" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D0CECE" w:themeFill="background2" w:themeFillShade="E6"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE120" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRPr="00A0149B" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE121" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRPr="00A0149B" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BCE122" w14:textId="77777777" w:rsidR="00D941FF" w:rsidRPr="00A0149B" w:rsidRDefault="00D941FF" w:rsidP="00D941FF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000F7ED9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All sample analyses performed using external standard calibration need to be bracketed with acceptable data quality analyses (e.g., calibration and retention time criteria).  Therefore, all samples that fall between the standard that failed to meet the acceptance criteria and the preceding standard that met the acceptance criteria need to be reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="59BCE124" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
@@ -18329,300 +17551,219 @@
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="59BCE12E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inspector: ______________________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_</w:t>
+        <w:t>_________________________________________</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w14:paraId="27894705" w14:textId="0BDAFAEB" w:rsidR="614C157C" w:rsidRDefault="614C157C" w:rsidP="614C157C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="679CEDA2" w14:textId="02EAB4C2" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D" w:rsidP="614C157C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Trap Packing Materials:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35A269E4" w14:textId="35220E50" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2,6-Diphenylene oxide polymer - 60/80 mesh, chromatographic grade (</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> GC or equivalent).</w:t>
+        <w:t>2,6-Diphenylene oxide polymer - 60/80 mesh, chromatographic grade (Tenax GC or equivalent).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="1908AC76" w14:textId="28C8ADB9" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Methyl silicone packing - OV-1 (3%) on </w:t>
-[...19 lines deleted...]
-        <w:t>-W, 60/80 mesh or equivalent.</w:t>
+        <w:t>Methyl silicone packing - OV-1 (3%) on Chromosorb-W, 60/80 mesh or equivalent.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FA5C9C" w14:textId="642F9A28" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Silica gel - 35/60 mesh, Davison, grade 15 or equivalent</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CDE5018" w14:textId="62C51592" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49E45D38" w14:textId="00C720F3" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Coconut charcoal - Prepare from </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Cheney, CA-580-26, or</w:t>
+        <w:t>Coconut charcoal - Prepare from Barnebey Cheney, CA-580-26, or</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F763826" w14:textId="1349826E" w:rsidR="444E8C6D" w:rsidRDefault="444E8C6D">
       <w:r w:rsidRPr="614C157C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="333333"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">equivalent, by crushing through 26 mesh </w:t>
+        <w:t>equivalent, by crushing through 26 mesh screen</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...9 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0659E4E5" w14:textId="034E7F0A" w:rsidR="614C157C" w:rsidRPr="00FE4229" w:rsidRDefault="614C157C" w:rsidP="614C157C">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="614C157C" w:rsidRPr="00FE4229" w:rsidSect="00261A9F">
-      <w:headerReference w:type="default" r:id="rId11"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="59BBD6D5" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE">
+    <w:p w14:paraId="3280EB54" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FA7781E" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE">
+    <w:p w14:paraId="5FFB1268" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5FA8AEC6" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE"/>
+    <w:p w14:paraId="55E1FD77" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
@@ -18630,159 +17771,159 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0FECF76F" w14:textId="7FFA6090" w:rsidR="001616EE" w:rsidRPr="00B90C46" w:rsidRDefault="001616EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B90C46">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised 02/18/2021</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59BCE135" w14:textId="48A3E726" w:rsidR="001616EE" w:rsidRPr="00B8487A" w:rsidRDefault="001616EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:del w:id="5" w:author="Crawford, Todd" w:date="2021-02-17T14:21:00Z">
+    <w:del w:id="1" w:author="Crawford, Todd" w:date="2021-02-17T14:21:00Z">
       <w:r w:rsidDel="002C3F20">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:delText>03/2013</w:delText>
       </w:r>
     </w:del>
-    <w:ins w:id="6" w:author="Crawford, Todd" w:date="2021-02-17T14:21:00Z">
+    <w:ins w:id="2" w:author="Crawford, Todd" w:date="2021-02-17T14:21:00Z">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>02/18/2021</w:t>
       </w:r>
     </w:ins>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0E7309EC" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE">
+    <w:p w14:paraId="1122D3AA" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D5B2C85" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE">
+    <w:p w14:paraId="3ABDC817" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0252D481" w14:textId="77777777" w:rsidR="001616EE" w:rsidRDefault="001616EE"/>
+    <w:p w14:paraId="4C45E100" w14:textId="77777777" w:rsidR="0029328A" w:rsidRDefault="0029328A"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="59BCE134" w14:textId="610C48B2" w:rsidR="001616EE" w:rsidRPr="0058752C" w:rsidRDefault="001616EE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">TPH - GRO </w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
@@ -18811,51 +17952,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>9</w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18943,77 +18084,76 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="620305369">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="637415994">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
-<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="Crawford, Todd">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S::todd.crawford@ncdenr.gov::d530ebaf-5378-45f8-a02e-9c5b3d1c264d"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00000845"/>
     <w:rsid w:val="00003DAB"/>
     <w:rsid w:val="00004751"/>
@@ -19110,50 +18250,51 @@
     <w:rsid w:val="002018F5"/>
     <w:rsid w:val="0020339C"/>
     <w:rsid w:val="002068F8"/>
     <w:rsid w:val="002114C6"/>
     <w:rsid w:val="00212253"/>
     <w:rsid w:val="00216DAB"/>
     <w:rsid w:val="00216F53"/>
     <w:rsid w:val="002255F7"/>
     <w:rsid w:val="002266E2"/>
     <w:rsid w:val="00227243"/>
     <w:rsid w:val="00227F11"/>
     <w:rsid w:val="0025383D"/>
     <w:rsid w:val="00261A9F"/>
     <w:rsid w:val="00264508"/>
     <w:rsid w:val="00272EAA"/>
     <w:rsid w:val="0027316A"/>
     <w:rsid w:val="002747D0"/>
     <w:rsid w:val="00275639"/>
     <w:rsid w:val="00277F36"/>
     <w:rsid w:val="00282044"/>
     <w:rsid w:val="00283A09"/>
     <w:rsid w:val="002866D6"/>
     <w:rsid w:val="00287F1E"/>
     <w:rsid w:val="002918E2"/>
     <w:rsid w:val="00291C5B"/>
+    <w:rsid w:val="0029328A"/>
     <w:rsid w:val="00294C0D"/>
     <w:rsid w:val="00295E60"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A0BF3"/>
     <w:rsid w:val="002A5058"/>
     <w:rsid w:val="002A5287"/>
     <w:rsid w:val="002B005F"/>
     <w:rsid w:val="002B3907"/>
     <w:rsid w:val="002B4127"/>
     <w:rsid w:val="002B5728"/>
     <w:rsid w:val="002C3F20"/>
     <w:rsid w:val="002D16AB"/>
     <w:rsid w:val="002D242B"/>
     <w:rsid w:val="002D3833"/>
     <w:rsid w:val="002D4015"/>
     <w:rsid w:val="002D4432"/>
     <w:rsid w:val="002D4565"/>
     <w:rsid w:val="002D581E"/>
     <w:rsid w:val="002D70E0"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E1E14"/>
     <w:rsid w:val="002F0090"/>
     <w:rsid w:val="002F66F1"/>
     <w:rsid w:val="0030132E"/>
@@ -19195,50 +18336,51 @@
     <w:rsid w:val="003C1AA3"/>
     <w:rsid w:val="003C4248"/>
     <w:rsid w:val="003C6F21"/>
     <w:rsid w:val="003C7FC7"/>
     <w:rsid w:val="003D1982"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003E072F"/>
     <w:rsid w:val="003E0A19"/>
     <w:rsid w:val="003E180C"/>
     <w:rsid w:val="003E4D37"/>
     <w:rsid w:val="003E74B5"/>
     <w:rsid w:val="003F0836"/>
     <w:rsid w:val="003F25C5"/>
     <w:rsid w:val="003F4267"/>
     <w:rsid w:val="003F5B39"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00410B97"/>
     <w:rsid w:val="004156B8"/>
     <w:rsid w:val="00422624"/>
     <w:rsid w:val="00423C0D"/>
     <w:rsid w:val="00424661"/>
     <w:rsid w:val="00432039"/>
     <w:rsid w:val="0043231B"/>
     <w:rsid w:val="004349B4"/>
+    <w:rsid w:val="00453D7C"/>
     <w:rsid w:val="004541D8"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00460724"/>
     <w:rsid w:val="004620FB"/>
     <w:rsid w:val="00462352"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="00467935"/>
     <w:rsid w:val="00471973"/>
     <w:rsid w:val="0047239A"/>
     <w:rsid w:val="004800BE"/>
     <w:rsid w:val="00481159"/>
     <w:rsid w:val="0048141F"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00484B49"/>
     <w:rsid w:val="00486392"/>
     <w:rsid w:val="00487CE6"/>
     <w:rsid w:val="00497341"/>
     <w:rsid w:val="004B1140"/>
     <w:rsid w:val="004B44F3"/>
     <w:rsid w:val="004D0103"/>
     <w:rsid w:val="004D3B28"/>
     <w:rsid w:val="004D4D72"/>
     <w:rsid w:val="004E12A5"/>
     <w:rsid w:val="004E3FBF"/>
     <w:rsid w:val="004E760B"/>
@@ -19335,50 +18477,51 @@
     <w:rsid w:val="006B2823"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006B6C28"/>
     <w:rsid w:val="006C38EE"/>
     <w:rsid w:val="006C6E41"/>
     <w:rsid w:val="006C7B73"/>
     <w:rsid w:val="006C7DC4"/>
     <w:rsid w:val="006D21EE"/>
     <w:rsid w:val="006D3AA3"/>
     <w:rsid w:val="006D609E"/>
     <w:rsid w:val="006E4530"/>
     <w:rsid w:val="006E5954"/>
     <w:rsid w:val="006E6953"/>
     <w:rsid w:val="006E7E0D"/>
     <w:rsid w:val="006F65D5"/>
     <w:rsid w:val="00701634"/>
     <w:rsid w:val="00702DF1"/>
     <w:rsid w:val="007049DD"/>
     <w:rsid w:val="00711228"/>
     <w:rsid w:val="007120F9"/>
     <w:rsid w:val="00727639"/>
     <w:rsid w:val="00727683"/>
     <w:rsid w:val="00735B01"/>
     <w:rsid w:val="00741582"/>
     <w:rsid w:val="00741B64"/>
+    <w:rsid w:val="007430CA"/>
     <w:rsid w:val="00744007"/>
     <w:rsid w:val="007443B4"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="00760D58"/>
     <w:rsid w:val="00773C8F"/>
     <w:rsid w:val="0077617A"/>
     <w:rsid w:val="00776512"/>
     <w:rsid w:val="007826C4"/>
     <w:rsid w:val="00784395"/>
     <w:rsid w:val="0079491F"/>
     <w:rsid w:val="00797F3C"/>
     <w:rsid w:val="007A0CD0"/>
     <w:rsid w:val="007A129C"/>
     <w:rsid w:val="007B0272"/>
     <w:rsid w:val="007B20B3"/>
     <w:rsid w:val="007B3687"/>
     <w:rsid w:val="007B4CB1"/>
     <w:rsid w:val="007B528D"/>
     <w:rsid w:val="007B7587"/>
     <w:rsid w:val="007B7BC8"/>
     <w:rsid w:val="007B7C2C"/>
     <w:rsid w:val="007BE445"/>
     <w:rsid w:val="007C07B1"/>
     <w:rsid w:val="007C4ADD"/>
     <w:rsid w:val="007D2945"/>
@@ -19844,75 +18987,75 @@
     <w:rsid w:val="70CBDA80"/>
     <w:rsid w:val="7367C2A2"/>
     <w:rsid w:val="777D7641"/>
     <w:rsid w:val="7B1D2382"/>
     <w:rsid w:val="7CD733DF"/>
     <w:rsid w:val="7DA03D9B"/>
     <w:rsid w:val="7F5D30E6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="59BCDF01"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{1F446C10-C82C-4D07-AA99-6CB06E1D6798}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20152,50 +19295,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CF2A0A"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
@@ -20388,51 +19532,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00111779"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD69FB"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20487,51 +19631,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20798,224 +19942,203 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -21074,111 +20197,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E1A9FEB-DDDB-43F0-B130-35838DA20C51}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{048D0C13-743D-48D2-AA28-910EC03AF227}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE8B2535-5C1F-4FC0-B698-B7BAEE6492E8}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9307A1F2-4CF6-49FC-84D1-53DAD08C502D}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>5276</Words>
-  <Characters>30078</Characters>
+  <Words>5529</Words>
+  <Characters>29914</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>250</Lines>
-  <Paragraphs>70</Paragraphs>
+  <Lines>1196</Lines>
+  <Paragraphs>361</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DEQ/DWR LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DEQ DWR Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>35284</CharactersWithSpaces>
+  <CharactersWithSpaces>35082</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DEQ/DWR LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>Crawford, Todd</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>6773000</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>