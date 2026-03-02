--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18F954F0" w14:textId="7E023FB7" w:rsidR="00C37462" w:rsidRDefault="00C37462" w:rsidP="00674A91">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="5850"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">NC </w:t>
       </w:r>
       <w:r w:rsidRPr="56955A76">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -113,379 +113,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="30D0974A" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11696F54" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14E09B0C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07A8D150" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72729525" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="7DE70807" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D48CC9F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CDEC853" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09B80CD2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74D080B8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="30A6CCE6" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="232BF80B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D78F71" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="05D02516" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0F6E26" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D014C13" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1D2B689A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -614,340 +602,328 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="004A51FD" w:rsidRPr="00A0149B" w14:paraId="25A2E262" w14:textId="77777777" w:rsidTr="006E084F">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CC9C2EB" w14:textId="77777777" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="004A51FD" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6347B3BF" w14:textId="77777777" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="004A51FD" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inductively Coupled Plasma Emission Spectrometer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C78253" w14:textId="77777777" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="004A51FD" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10DF7F20" w14:textId="77777777" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="004A51FD" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drying Oven at 180 ± 5 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="691CA159" w14:textId="77777777" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="004A51FD" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A66D26A" w14:textId="7446F89D" w:rsidR="004A51FD" w:rsidRPr="00A0149B" w:rsidRDefault="00305ADC" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00305ADC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Argon gas supply - High purity grade (99.99%).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A8533A" w:rsidRPr="00A0149B" w14:paraId="794E1630" w14:textId="77777777" w:rsidTr="00C52A2C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74D39414" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E4B23B" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRPr="007C7E7E" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical Balance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27968216" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54095B2F" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRPr="007C7E7E" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mortar and Pestle</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, ceramic or nonmetallic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05FC0813" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C91EF4A" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRPr="007536CA" w:rsidRDefault="00A8533A" w:rsidP="007536CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007536CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All acids used for this method must be</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1595CD8A" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRPr="007536CA" w:rsidRDefault="00A8533A" w:rsidP="007536CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1023,171 +999,165 @@
               <w:t>are</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="007536CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> acceptable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A8533A" w:rsidRPr="00A0149B" w14:paraId="2DE73C78" w14:textId="77777777" w:rsidTr="00C52A2C">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B615B7" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B6BE512" w14:textId="1560EAF2" w:rsidR="00A8533A" w:rsidRPr="007C7E7E" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature adjustable hot plate or hot block capable of maintaining a temperature of 95 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="353FCA57" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B424D89" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRPr="007C7E7E" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007C7E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Polypropylene sieve, 5-mesh (4 mm opening)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69A56A1E" w14:textId="77777777" w:rsidR="00A8533A" w:rsidRDefault="00A8533A" w:rsidP="006E084F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09E4E9BA" w14:textId="33A19E0E" w:rsidR="00A8533A" w:rsidRPr="001907DC" w:rsidRDefault="00A8533A" w:rsidP="007536CA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1B078E67" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BEED1D9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -1212,110 +1182,106 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="5130"/>
       </w:tblGrid>
       <w:tr w:rsidR="00560E41" w:rsidRPr="00A0149B" w14:paraId="50378744" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11351" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FC0DC7B" w14:textId="77777777" w:rsidR="00143B08" w:rsidRPr="000808F0" w:rsidRDefault="00143B08" w:rsidP="00143B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="44D72FCD" w14:textId="77777777" w:rsidR="00143B08" w:rsidRPr="00F811DA" w:rsidRDefault="00143B08" w:rsidP="00143B08">
+          <w:p w14:paraId="44D72FCD" w14:textId="77777777" w:rsidR="00143B08" w:rsidRPr="00A65BFC" w:rsidRDefault="00143B08" w:rsidP="00143B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F811DA">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A65BFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="63F52FCC" w14:textId="41D6D633" w:rsidR="00560E41" w:rsidRPr="00A0149B" w:rsidRDefault="00143B08" w:rsidP="00143B08">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F811DA">
+            <w:r w:rsidRPr="00A65BFC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008352D2" w:rsidRPr="00A0149B" w14:paraId="0EA22F33" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D4D1397" w14:textId="77777777" w:rsidR="008352D2" w:rsidRPr="008352D2" w:rsidRDefault="008352D2" w:rsidP="006B0203">
             <w:pPr>
               <w:ind w:left="445"/>
@@ -1594,51 +1560,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21E29261" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00455363">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C16546E" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="00560E41" w:rsidRDefault="00CD61FE" w:rsidP="00455363">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="407112CD" w14:textId="77777777" w:rsidR="00283484" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -1799,51 +1764,50 @@
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69CA6A03" w14:textId="77777777" w:rsidR="001F5214" w:rsidRPr="00560E41" w:rsidRDefault="001F5214" w:rsidP="001F5214">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1551E03D" w14:textId="77777777" w:rsidR="001F5214" w:rsidRPr="00560E41" w:rsidRDefault="001F5214" w:rsidP="001F5214">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -2140,77 +2104,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C93A24" w:rsidRPr="00A0149B" w14:paraId="6AEFC9B3" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73316BBF" w14:textId="77777777" w:rsidR="00C93A24" w:rsidRPr="00A0149B" w:rsidRDefault="00C93A24" w:rsidP="00C93A24">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08687540" w14:textId="77777777" w:rsidR="00C93A24" w:rsidRDefault="00C93A24" w:rsidP="00C93A24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What type of sample container is used? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -2256,167 +2218,161 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F2253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00A8533A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NSWER</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="005F2253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="49FF8256" w14:textId="5BEC4A4E" w:rsidR="00684F60" w:rsidRPr="005F2253" w:rsidRDefault="00684F60" w:rsidP="00C93A24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A37F222" w14:textId="77777777" w:rsidR="00C93A24" w:rsidRPr="00A0149B" w:rsidRDefault="00C93A24" w:rsidP="00C93A24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F50FAD5" w14:textId="77777777" w:rsidR="00C93A24" w:rsidRPr="00A0149B" w:rsidRDefault="00C93A24" w:rsidP="00C93A24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60B3C094" w14:textId="77777777" w:rsidR="00C93A24" w:rsidRPr="00A0149B" w:rsidRDefault="00C93A24" w:rsidP="00C93A24">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Silica requires polyethylene or quartz. Boron requires polyethylene, fluoropolymer (PTFE, Teflon®), or quartz. All others require polyethylene, fluoropolymer (PTFE, Teflon®), or glass.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00283484" w:rsidRPr="00A0149B" w14:paraId="2A792972" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C19D35D" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="006B0203">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55CE49A9" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="0067392B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples (except Silica) analyzed within 6 months of collection? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2427,146 +2383,141 @@
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65ECBF0B" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="466A035B" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C0F8549" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Per November 7, 2007 EPA letter, additional metals that are not in Table 1.1 may be analyzed as long as QC is acceptable.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00283484" w:rsidRPr="00A0149B" w14:paraId="6A50D42C" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0537D1DC" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="006B0203">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="497A976C" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are Silica samples analyzed within 28 days? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2580,144 +2531,139 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F0FF467" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22202262" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D3D2F5" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00283484" w:rsidRPr="00A0149B" w14:paraId="478ED955" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39E88DA7" w14:textId="77777777" w:rsidR="00283484" w:rsidRDefault="00283484" w:rsidP="006B0203">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="298F0833" w14:textId="1A802895" w:rsidR="00283484" w:rsidRPr="006E59D1" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="006C1AC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2788,144 +2734,139 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3A5FC5" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D790134" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="162FEC74" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00283484" w:rsidRPr="00A0149B" w14:paraId="2891D0BA" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4EC7DC" w14:textId="77777777" w:rsidR="00283484" w:rsidRDefault="00283484" w:rsidP="006B0203">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="425613FF" w14:textId="3C569AE8" w:rsidR="00283484" w:rsidRPr="006E59D1" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, are they (except for Boron and Silica) preserved with HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2972,168 +2913,163 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B49E5A4" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CFBB3C5" w14:textId="77777777" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F2C7BAF" w14:textId="59208024" w:rsidR="00283484" w:rsidRPr="00A0149B" w:rsidRDefault="00283484" w:rsidP="00283484">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40 CFR does not make this allowance for Boron, so it must be preserved within 15 minutes. Two pH </w:t>
             </w:r>
             <w:r w:rsidR="00F5574B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">measurements </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>would be required to demonstrate that the pH was less than 2 for at least 24 consecutive hours.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="0DC4C13E" w14:textId="77777777" w:rsidTr="00A8533A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D01357A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48CD5CB7" w14:textId="6993D206" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are aqueous samples (except Silica and boron) </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3199,93 +3135,90 @@
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="096AB445" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D928219" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5895DA6A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A2E5B87" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Footnote 19: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3343,93 +3276,90 @@
           <w:p w14:paraId="5F3D5E8D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="07E8EC7A" w14:textId="66ED0D04" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Rules: Sample preservation shall be verified and documented. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7A942E7F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50360E7C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44D69645" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3587,152 +3517,147 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="774FAC21" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="468B70BD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E70DB26" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Silica samples are not acid preserved and must be refrigerated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3CC472A9" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21C8BB58" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CC7E687" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="0067392B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3864,144 +3789,139 @@
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BE38E6E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33DBCD15" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12575E2C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="62CBFF3D" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="576F8B78" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D465EC5" w14:textId="0E416E6D" w:rsidR="00E14D7E" w:rsidRPr="0067392B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For dissolved metals, are the samples filtered through a 0.45 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4068,93 +3988,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II Footnote 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FAEA626" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A28DFF0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D23D5BF" w14:textId="71C82A77" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005648DA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For dissolved metals, filter grab samples within 15 minutes of collection and before adding preservatives. For a composite sample collected with an automated sampler</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4300,74 +4217,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="12A141A2" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B961037" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26F905F1" w14:textId="779A49B1" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is glassware cleaned according to section 6.10 of the method? </w:t>
             </w:r>
             <w:r w:rsidRPr="006A15CD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4415,51 +4330,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CA8E2CD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2611C437" w14:textId="3F9CE135" w:rsidR="00E14D7E" w:rsidRPr="00F0121B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:kinsoku w:val="0"/>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:before="10"/>
               <w:ind w:left="40"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0D0D0D"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F0121B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0D0D0D"/>
                 <w:w w:val="105"/>
@@ -6114,82 +6028,80 @@
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>analyte</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0D0D0D"/>
                 <w:w w:val="105"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="56F52256" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="209E310F" w14:textId="0A6B661E" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCCD3DA" w14:textId="4304DFE1" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are spectral overlaps avoided by using an alternate wavelength or by interelement corrections? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.1.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -6213,104 +6125,101 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F463DE0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34C0792A" w14:textId="2D0DA417" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is allowable but not required. Some potential on-line spectral interferences observed for the recommended wavelengths are given in Table 2. These interferences will produce false-positive determinations and be reported as analyte concentrations unless corrected.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6441FABF" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F5F9A8C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21B8DDA1" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When interelement corrections are applied, are their accuracies verified by analyzing Spectral Interference Check (SIC) solutions? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.1. 3 and 7.13]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -6334,51 +6243,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="495248F6" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74C5D324" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E77EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When interelement corrections are</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6580,74 +6488,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC4CC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>interferences.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="29175A1E" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="523D562A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="161F6EDD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When using the recommended wavelengths in Table 1, are the effects from the known interferences given in Table 2 determined, documented, and automatically corrected by the computer? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.1.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -6671,96 +6577,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E78C156" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299DE2ED" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="79501126" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FE8F754" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="276547D4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a wavelength other than the recommended wavelength is used, are the on-line and off-line spectral interference effects for all analytes determined, documented, and automatically corrected by the computer? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.1.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -6784,96 +6687,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45B2D4A5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7894A377" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="2337CEA0" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3742C4F5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="178AC55F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the interelement interference accounts for 10% or more of the analyte concentration, is an alternate wavelength free of interference or another approved procedure used? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.1.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -6897,96 +6797,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E3177B3" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ACA053D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="0654E85E" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EFEA552" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7458F171" w14:textId="4AECDE30" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are physical interferences mitigated? Check all that apply.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3E508E44" w14:textId="25CFD92B" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7093,51 +6990,50 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> wetting the argon prior to nebulization</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A66CF34" w14:textId="6E178A9F" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00962001">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>□</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> using a tip washer</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DB50AB6" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7A19026B" w14:textId="4BBCA423" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -7179,51 +7075,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140918EE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C13988" w14:textId="0C81AD34" w:rsidR="00E14D7E" w:rsidRPr="00DE4DD2" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007855A9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Physical interferences are effects associated with the sample nebulization and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7295,68 +7190,76 @@
             </w:r>
             <w:r w:rsidRPr="00DE4DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>using a peristaltic pump, or using an appropriate internal standard element.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C0E2958" w14:textId="4EF56A71" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DE4DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>Another problem that can occur with high dissolved solids is salt buildup at</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE4DD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the tip of the nebulizer, which affects aerosol </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DE4DD2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Another problem that can occur with high dissolved solids is salt buildup at</w:t>
-[...15 lines deleted...]
-              <w:t>the tip of the nebulizer, which affects aerosol flow rate and causes</w:t>
+              <w:t>flow rate and causes</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE4DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>instrumental drift. This problem can be controlled by a high-solids nebulizer,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7404,74 +7307,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE4DD2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>accomplished with the use of mass flow controllers</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7D835D23" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6059BC3F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D97B046" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When observed, are chemical interferences minimized by careful selection of operating conditions (such as incident power and observation height), by buffering of the sample, by matrix matching, and by standard addition procedures? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -7495,104 +7396,101 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46B243B4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FDC3252" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Chemical interferences include molecular-compound formation, ionization effects, and solute-vaporization effects. Normally, these effects are not significant with the ICP-AES technique. Chemical interferences are highly dependent on matrix type and the specific analyte element.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="49C5A44F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3398F064" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4AFCBB" w14:textId="44A6D10B" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a rinse blank used </w:t>
             </w:r>
             <w:r w:rsidRPr="005740C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7664,51 +7562,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53B70569" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F5778E5" w14:textId="28E5ED9D" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidRPr="005740C9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7742,74 +7639,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>memory interferences.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Memory effects can result from sample deposition on the uptake tubing to the nebulizer, and from the buildup of sample material in the plasma torch and spray chamber.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="2CFBA02A" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE46E99" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F73AD75" w14:textId="131A5691" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are rinse times determined by aspirating a standard containing elements corresponding to either their LDR or a concentration ten times those usually encountered, followed by analysis of the rinse blank at designated time intervals? [EPA Method 200.7, Rev. 4.4 (1994), Section 4.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -7833,51 +7728,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="098AE80A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30F47364" w14:textId="362B2312" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The rinse times necessary</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7975,74 +7869,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE4A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>detection limit, should be noted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3D7E043C" w14:textId="77777777" w:rsidTr="00A8533A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA72053" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EB7899A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is this documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -8182,51 +8074,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F6C0B7B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E7CB51B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00CF41A4" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF41A4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">All analytical records, including original observations and information necessary to </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="413CB0FD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00CF41A4" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8383,630 +8274,605 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="1E3A0D12" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="522DD929" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43F0E425" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples digested/extracted prior to analysis? [EPA Method 200.7, Rev. 4.4 (1994), Section 1.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B6D28A6" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BD2D89" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7588DAAD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3B6DBE5A" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34142682" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04162132" w14:textId="1A1698CA" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples containing suspended or particulate material ≥1% (w/v) extracted as a solid-type sample? [EPA Method 200.7, Rev. 4.4 (1994), Section 1.5 and 11.2.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60043814" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE84AF5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16905DDE" w14:textId="4072E9C6" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A well-mixed, acid preserved aliquot containing no more than 1 g particulate material should be cautiously evaporated to near 10 mL and extracted using the acid mixture procedure described in sections 11.3.3 through 11.3.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="321ADE66" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C2C5F14" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D48810B" w14:textId="69AC0DA6" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For the analysis of silver, are samples with concentrations &gt;0.1 mg/L or &gt;50 mg/kg, diluted to be below this concentration? [EPA Method 200.7, Rev. 4.4 (1994), Section 1.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718B69B8" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C63B92C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C3943D" w14:textId="7F7429E5" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is a method recommendation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3E0EED10" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BD2BAA8" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E4FA36F" w14:textId="0105D1A1" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For the analysis of tin in solid samples, are they prepared using aliquots &lt;1g when sample concentrations exceed 1%? [EPA Method 200.7, Rev. 4.4 (1994), Section 1.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="003DC274" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C59899F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72017C6A" w14:textId="7B248BFA" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C20DCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is a method recommendation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="1E67F79B" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA950B5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="438A1E0C" w14:textId="57595C7F" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When barium is analyzed in samples having </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>varying</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or unknown concentrations of sulfate, is analysis completed as soon as possible after sample preparation? [EPA Method 200.7, Rev. 4.4 (1994), Section 1.8]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24AF9A96" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FCA395D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C07B2ED" w14:textId="6CC24ACD" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C20DCA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This is a method recommendation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3A732D03" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -9132,549 +8998,511 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7AA9F373" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F92A2DB" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="677E926F" w14:textId="6E65A181" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a ≥20 mL aliquot of a </w:t>
             </w:r>
             <w:r w:rsidRPr="001D16CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">filtered and acid preserved </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sample pipetted into a 50 mL polypropylene centrifuge tube? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DC4954C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79A070CD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1473C4" w14:textId="6C168956" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6031F185" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587CCC4F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46B6C5DF" w14:textId="343890A3" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a precipitate is formed during acidification, transport, or storage, is the sample aliquot treated using the procedure for total recoverable metals prior to analysis? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CD1C750" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46D836F5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FC1283F" w14:textId="4D89C64B" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See method sections 11.2.2 through 11.2.7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="57D36DFB" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64ED8D65" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08563708" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is an appropriate volume of (1+1) nitric acid added to adjust the acid concentration of the aliquot to approximate </w:t>
-[...8 lines deleted...]
-              <w:t>a 1% (v/v) nitric acid solution? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.1.1]</w:t>
+              <w:t>Is an appropriate volume of (1+1) nitric acid added to adjust the acid concentration of the aliquot to approximate a 1% (v/v) nitric acid solution? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E89F17D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D024278" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ABCCB64" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00C41FF3" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For example, add 0.4 mL (1+1) HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to a 20 mL aliquot of </w:t>
-[...8 lines deleted...]
-              <w:t>sample.</w:t>
+              <w:t xml:space="preserve"> to a 20 mL aliquot of sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="78A1F8A9" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="652F07EE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="585015D1" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the tube capped and mixed prior to sample analysis? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1361E365" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D5D65D2" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7317F1BE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample is now ready for analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="102AFF3B" w14:textId="77777777" w:rsidTr="00E30707">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -9807,74 +9635,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="11273CC9" w14:textId="77777777" w:rsidTr="00E30D48">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8E3DDE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D7FCCDD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What initial volumes of sample are used?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="362B8E6B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -9922,711 +9748,682 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07C8B888" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A5BE457" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7253BA84" w14:textId="761C9AE7" w:rsidR="00E14D7E" w:rsidRPr="00EB59BA" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="03384385" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="594CA5DA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C837CDA" w14:textId="3714CCCF" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a well-mixed acid preserved sample transferred to an appropriate digestion vessel? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B599D2D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07EF8312" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A83F41A" w14:textId="5ED3C933" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although the method calls for 100 mL, smaller sample aliquot volumes may be used under method flexibility allowances.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="59535C96" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2953B4FA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B529904" w14:textId="4946E4DA" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 2 mL of (1+1) nitric acid and 1.0 mL of (1+1) hydrochloric acid (per 100 mL sample) added to the beaker? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC4D8C9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CBD88E8" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E3A3015" w14:textId="7BD7BCD9" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a smaller sample volume is used, proper ratios of acids must be maintained.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="13C1943F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E13C0DA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06DA6DA6" w14:textId="2A5B2E14" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker placed on a hot plate at 85 °C in a fume hood and covered with an elevated watch glass or other steps taken to prevent contamination? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04AD35ED" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03FA768E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AA2D491" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Once the beaker is covered with a watch glass the temperature of the water will rise to approximately 95 °C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6A9B6454" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0460F900" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173D2CC0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample volume reduced to about 20 mL by gentle heating at 85 °C (not boiling)? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20EA7A9F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E6EFA6E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628A318A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This step takes about two hours for a 100 mL aliquot. The rate of evaporation rapidly increases as the sample volume approaches 20 mL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6B038439" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6664EB9D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48AFE4F7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker then covered with a watch glass to prevent additional evaporation and gently refluxed for 30 minutes? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EEFA608" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AC153A0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15B20F59" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="47D9D864" w14:textId="77777777" w:rsidTr="00E30D48">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00F47612" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A348B91" w14:textId="7774751B" w:rsidR="00E14D7E" w:rsidRPr="00C629E1" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After cooling, w</w:t>
             </w:r>
             <w:r w:rsidRPr="00C629E1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10712,202 +10509,195 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FE34796" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D3E3B94" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="678080CB" w14:textId="0353C00B" w:rsidR="00E14D7E" w:rsidRPr="00CE5ABF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE5ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The metho</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d states to start with 100 mL and bring post-digestion volume to 50 mL. Smaller initial volumes may be used, and final volumes may be returned to the initial volume to avoid concentration calculations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6B30E47F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B4F5CB5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EA44033" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is undissolved material allowed to settle overnight or centrifuged? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.2.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E3FEA6C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="751121D9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D4C8256" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample is now ready for analysis. All analyses should be performed ASAP after preparation. If the sample still contains suspended solids that would clog the nebulizer, a portion of the sample may be filtered prior to analysis. However, care should be exercised to avoid contamination from filtration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="576CC1BA" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -11033,142 +10823,137 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6EA275F5" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0250EE04" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75C7C313" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a portion (&gt;20 g) of mixed sample weighed, dried to a constant weight at 60 °C, and weighed again to determine the percent solids? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B93B5E1" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CB53A9A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F95F2D3" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For samples &lt;35% moisture, a 20 g portion is sufficient. For samples &gt;35% moisture, a larger aliquot 50-100 g is required.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06914A12" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11217,770 +11002,731 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                  Wet Weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3A3AB096" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69942745" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73B3783A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the dried sample sieved using a 5-mesh polypropylene sieve and ground in a mortar and pestle? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47183411" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069258B4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3761B3C7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00F644FA" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sieve, mortar, and pestle should be cleaned between samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="604EF184" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7895356B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F2F3C4A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 1.0 ± 0.01 g of the dried, ground material transferred to a 250 mL Phillips beaker? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2228A472" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C3980C9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="150E4A8E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="019488FB" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F943D2E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04FBDA97" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 4 mL of (1+1) HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 10 mL of (1+4) HCL added to the beaker? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CFD9444" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372DE47F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76A3B646" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="57304950" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A57A7E0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FD01A09" w14:textId="3CB05673" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker placed on a hot plate at 85 °C in a fume hood, covered with an elevated watch glass, and gently refluxed for 30 minutes? [EPA Method 200.7, Rev. 4.4 (1994), Sections 11.3.3 &amp; 11.3.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D83B284" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40647DB2" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A36E65C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Once the beaker is covered with a watch glass the temperature will rise to approximately 95 °C. Very slight boiling may occur, however vigorous boiling must be avoided. Some evaporation will occur (3-4 mL).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="2EFAD9C7" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72795F7F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35517862" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After cooling, is the extract diluted to 100 mL in a volumetric flask and mixed well? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11841B26" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14124897" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C777CC9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="18F9A8EB" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="688167F4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="477DF27A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the solution allowed to stand overnight to separate insoluble material or centrifuged? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.3.6]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45CC0F4E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40740D23" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F28BD79" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">The sample extract is now ready for analysis. All analyses should be performed ASAP after preparation. If the sample still contains suspended solids that would clog the nebulizer, a portion of the sample may be filtered prior to analysis. </w:t>
-[...8 lines deleted...]
-              <w:t>However, care should be exercised to avoid contamination from filtration.</w:t>
+              <w:t>The sample extract is now ready for analysis. All analyses should be performed ASAP after preparation. If the sample still contains suspended solids that would clog the nebulizer, a portion of the sample may be filtered prior to analysis. However, care should be exercised to avoid contamination from filtration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="1190E869" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CD210AB" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
@@ -14921,74 +14667,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="28E2BCBD" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F634570" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E6BD360" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are plasma operating conditions optimized prior to using this method? [EPA Method 200.7, Rev. 4.4 (1994), Section 10.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15012,104 +14756,101 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="638DF866" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="587F5B69" w14:textId="1D141632" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The purpose of plasma optimization is to provide a maximum signal to background ratio for the least sensitive element in the analytical array. Detailed instructions are provided in Section 10.2. and may be described in the instrument manual.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3F9FD5D1" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D6F603A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54CB4213" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prior to daily calibration, is the sample introduction system inspected and cleaned when needed? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -15130,97 +14871,94 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24691468" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E409BA4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="66F9F959" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71DA9AD9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A73748F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the instrument system configured to the selected power and operating conditions prior to calibration? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15238,104 +14976,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F07C14A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="178F13DE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See sections 10.1 and 10.2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7185684C" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EDFB309" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06E422BC" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the instrument allowed to become thermally stable before calibration? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15353,104 +15088,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EFFCAF9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="761A7EF5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30-60 minute warm up time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="63269EA4" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25FF3002" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49E19511" w14:textId="04EE0F61" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After warmup, is any required optical profiling or alignment particular to the instrument performed? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15468,96 +15200,93 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71CB8BE8" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28C33074" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="0F4F2844" w14:textId="77777777" w:rsidTr="006C13F7">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA0E4E0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42438752" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the instrument calibrated according to manufacturer’s instructions? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.4]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7D267F2A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -15647,104 +15376,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B22F3F0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56F4FB07" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The calibration line should consist of a minimum of a calibration blank and a high standard. Replicates of the blank and high standard provide an optimal distribution of calibration standards to minimize the confidence band for a straight line calibration in a response region with uniform variance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="4B8F35F1" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AC881AE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2923ED45" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a peristaltic pump used to introduce all solutions to the nebulizer? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15762,96 +15488,93 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05161291" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AD2FF0C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="13F4B689" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50153C6F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59BC5F04" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all solutions aspirated for 30 seconds after reaching the plasma before beginning integration of the background corrected signal to accumulate data? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15869,96 +15592,93 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="572A6080" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC50244" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7679CD02" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E0B525A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03632376" w14:textId="7A705387" w:rsidR="00E14D7E" w:rsidRPr="00933A87" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the system flushed with a rinse blank for a minimum of 60 seconds between each standard? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -15976,51 +15696,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D9F5F2C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16131E30" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00560E41" w14:paraId="19AEAC2A" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -16142,74 +15861,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="356C0524" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D0F7842" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3585743D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed in the same operational manner used in the calibration routine? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16233,96 +15950,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B7B2A95" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F1D6301" w14:textId="352EAC9F" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="159F2C99" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="320EE63C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A346EB" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample is diluted, is the detection limit raised accordingly? [EPA Method 200.7, Rev. 4.4 (1994), Section 11.4.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16346,96 +16060,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F0019AF" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21E62827" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="33382BF0" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19F0A456" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FDD41DF" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For dissolved aqueous analytes, are the results reported directly from the instrument with allowance for sample dilution? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16459,96 +16170,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="554ABF8E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FA39FDA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="281CF210" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="709EDF2E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E4E345" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For total recoverable aqueous analytes, is the instrument result multiplied by the dilution factor of 0.5 when a 100 mL aliquot is used to produce the 50 mL final solution with allowance for sample dilution? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16572,218 +16280,203 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E51A041" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C7D907D" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="796AEC1F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="797F23F4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D93472C" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If a different volume is used for sample preparation, is the </w:t>
-[...8 lines deleted...]
-              <w:t>dilution factor adjusted properly? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.3]</w:t>
+              <w:t>If a different volume is used for sample preparation, is the dilution factor adjusted properly? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="361E1C75" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C367432" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="101464C7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6899EA5F" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A193DCD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1564D5FD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytes with MDLs ≥0.01 mg/L, are results rounded to the nearest hundredth place and reported to three significant figures? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16807,96 +16500,93 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD0EFC4" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C8AEC59" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="5DA78350" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C128C2" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54458A0B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For total recoverable analytes in solid samples, are the mg/L results rounded as above and reported to three significant figures as mg/kg dry-weight basis? [EPA Method 200.7, Rev. 4.4 (1994), Section 12.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16920,51 +16610,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="107281A3" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13E40DE1" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample Conc. (mg/kg) = </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
@@ -17201,74 +16890,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="350834FE" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05718853" w14:textId="7704F13D" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F878DA6" w14:textId="1FB754B4" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D24E20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -17376,105 +17063,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CE33668" w14:textId="32CBB4F0" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63AB1317" w14:textId="624E19EA" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00484C73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process a minimum of seven spiked samples and seven method blank samples through all steps of the method. The samples used for the MDL must be prepared in at least three batches on three separate calendar dates and analyzed on three separate calendar dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7E24ABD5" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16E5D3BC" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F89683" w14:textId="08FB2646" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002C0353">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing MDL data being collected quarterly?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1C1F">
@@ -17559,105 +17243,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F36961" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="431E580C" w14:textId="24E228AE" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD4DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="132F8757" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FE104A9" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="567CB204" w14:textId="5238C00B" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDL values verified at least every 13 months according to the ongoing MDL determination requirements and updated if necessary?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1C1F">
               <w:rPr>
@@ -17713,51 +17394,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3619187E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BCD6F30" w14:textId="038030A6" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At least once every thirteen months, re-calculate MDL</w:t>
             </w:r>
             <w:r w:rsidRPr="006F2BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -17777,74 +17457,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the collected spiked samples and method blank results using the equations in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="57C184BA" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2167D4AC" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27568993" w14:textId="7658AD23" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a known second-source standard analyzed after initial calibration? [</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -17905,51 +17583,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E82E14" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62F10E91" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001321E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze one known second source standard to verify the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -18104,51 +17781,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A7CAECC" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C4AB37C" w14:textId="57431DD8" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00575B89">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To verify the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18419,105 +18095,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57A65672" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A5E7332" w14:textId="307B7DF4" w:rsidR="00E14D7E" w:rsidRPr="004F71D8" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007B5A8F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration standard cannot be verified, performance of the determinative step of the method is unacceptable. The source of the problem must be identified and corrected before either proceeding on with the initial determination of method detection limits or continuing with on-going analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="116E68AF" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17AF0024" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FA51FAC" w14:textId="3FF352D1" w:rsidR="00E14D7E" w:rsidRPr="00414BED" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a lower reporting limit standard analyzed or back-calculated with each analysis? [</w:t>
             </w:r>
             <w:r w:rsidRPr="009468AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -18552,51 +18225,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25A8F5FB" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DF169A3" w14:textId="74BCDFF5" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="40072EBD" w14:textId="77777777" w:rsidTr="00085E48">
         <w:trPr>
@@ -18732,51 +18404,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="776E4C85" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7A832D" w14:textId="6D1A459B" w:rsidR="00E14D7E" w:rsidRPr="00560E41" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="15E3DD1A" w14:textId="77777777" w:rsidTr="00085E48">
         <w:trPr>
@@ -18972,122 +18643,119 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="206BF89F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29F7A3D5" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="692D9CC3" w14:textId="1C54E0DF" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="3936FE39" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EBE1B56" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E2B82A4" w14:textId="2D0C3DCB" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidRPr="00167223">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -19258,51 +18926,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0273EC25" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3436E68A" w14:textId="1B0CA1A8" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00975BC3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19498,51 +19165,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A3CD7DE" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="243E3251" w14:textId="44CD46CD" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4F1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule: The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19831,51 +19497,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C4DB00A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633BF1AF" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1A468BA7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -19908,74 +19573,72 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D16813">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LRB values that exceed the MDL indicate laboratory or reagent contamination should be suspected. When LRB values constitute 10% or more of the analyte level determined for a sample or is 2.2 times the analyte MDL whichever is greater, fresh aliquots of the samples must be prepared and analyzed again for the affected analytes after the source of contamination has been corrected and acceptable LRB values have been obtained.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="27FB9E84" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D4A8E29" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="403CA7EA" w14:textId="1999B982" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is at least one Laboratory Fortified Blank (LFB) analyzed with each batch of samples? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -20002,51 +19665,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69E2047E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED33742" w14:textId="506730BD" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20358,51 +20020,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ECF5B07" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03E3F683" w14:textId="31D21BBB" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00603AD4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the required control limits of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20629,122 +20290,119 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A5669BD" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C2348DF" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50235000" w14:textId="10AF57E0" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="1207CA85" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3D4F3B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17154DDF" w14:textId="1DCC7A4E" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To verify calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -20906,51 +20564,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22A44887" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="137F3458" w14:textId="3423095C" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A7B6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For all determinations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21194,51 +20851,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7729BBEB" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B0B0FE7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="0002521A" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002521A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2A2923B8" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="0002521A" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21461,80 +21117,69 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAED1CC" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10B3459F" w14:textId="105D55E7" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through </w:t>
-[...9 lines deleted...]
-              <w:t>corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
+              <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7B717DA7" w14:textId="77777777" w:rsidTr="00085E48">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
@@ -21658,51 +21303,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73F75A51" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7350BD0C" w14:textId="4B9434A0" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097168">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of the IPC solution immediately following</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21931,51 +21575,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69A54190" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03D11113" w14:textId="1CA0E7D6" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00097168">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration cannot be verified within the specified</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22073,74 +21716,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00097168">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solution must be kept on file with the sample analyses data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="22EA4C78" w14:textId="77777777" w:rsidTr="009F36AB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="232C40E7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73C292E4" w14:textId="1267E148" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Fortified Matrix (LFM) analyzed at a minimum frequency of 10% of samples? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22167,51 +21808,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCB8C23" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ECBFE5E" w14:textId="06ECD268" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123A51">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must add a known amount of each analyte to a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22533,104 +22173,101 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61952A70" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3289F637" w14:textId="70D33E27" w:rsidR="00E14D7E" w:rsidRPr="00123A51" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume of spiking solution must not exceed 5% of total volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="15DA39AA" w14:textId="77777777" w:rsidTr="00887C4D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B9E4E9F" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="433B06E6" w14:textId="579AFC45" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
@@ -22705,51 +22342,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D345FA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02306689" w14:textId="182E854A" w:rsidR="00E14D7E" w:rsidRPr="00123A51" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22903,51 +22539,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20D08C91" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A3389EA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00123A51">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the percent recovery for each</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23089,74 +22724,72 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NC rule requires acceptance criterion to be established.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="7CE078FA" w14:textId="77777777" w:rsidTr="004A5F36">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D52C289" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AFDD1A4" w14:textId="519A1570" w:rsidR="00E14D7E" w:rsidRPr="001C10BF" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800347">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are 5% of the samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23198,51 +22831,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D1722E6" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F3545C7" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0BA2BAAF" w14:textId="59C29FD5" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -23397,51 +23029,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C3C8850" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08007442" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82931">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1478B4F0" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23606,51 +23237,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="322D930A" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A73C1E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>ANSWER:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="196EC652" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="49BAE98B" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -23688,115 +23318,102 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618CBD60" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F49E928" w14:textId="229E445A" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, </w:t>
-[...9 lines deleted...]
-              <w:t>and any samples involved shall be reanalyzed, if possible.</w:t>
+              <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w14:paraId="6199DCF3" w14:textId="77777777" w:rsidTr="00EA42C1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CA20B88" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="445"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB0F5C8" w14:textId="0AF3D16F" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3438">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met? [</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -23826,87 +23443,84 @@
             <w:r w:rsidRPr="005A3438">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3FA11981" w14:textId="4AA8079D" w:rsidR="00E14D7E" w:rsidRPr="00CF186E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="225C3894" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F3454E" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRPr="00A0149B" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD1BF44" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58A363BA" w14:textId="77777777" w:rsidR="00E14D7E" w:rsidRDefault="00E14D7E" w:rsidP="00E14D7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24158,241 +23772,241 @@
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EE4CDB9" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
+    <w:p w14:paraId="1A7948F4" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="04FCB0A7" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
+    <w:p w14:paraId="596D55AE" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5A9C34E5" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6"/>
+    <w:p w14:paraId="18D43C14" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56332111" w14:textId="3C2D997C" w:rsidR="00BB56E6" w:rsidRPr="004E0CAB" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised 03/09/2022</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="02886B30" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6DB3214F" w14:textId="79A26420" w:rsidR="00BB56E6" w:rsidRPr="00B8487A" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>03/09/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22DDA331" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
+    <w:p w14:paraId="168780B8" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E681567" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
+    <w:p w14:paraId="30B97EA8" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7245AA07" w14:textId="77777777" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6"/>
+    <w:p w14:paraId="4F47DE51" w14:textId="77777777" w:rsidR="00DF4966" w:rsidRDefault="00DF4966"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3FC97614" w14:textId="7405A602" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27F51918" w14:textId="17BE95CD" w:rsidR="00BB56E6" w:rsidRPr="0058752C" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Metals EPA 200.7 </w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
@@ -24421,61 +24035,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="45D0561D" w14:textId="352BFFEB" w:rsidR="00BB56E6" w:rsidRDefault="00BB56E6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0BEC01C2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F3C71B2"/>
     <w:lvl w:ilvl="0" w:tplc="1292B8B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:ind w:left="630" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -24741,106 +24355,89 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4976" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5696" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6416" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="694113380">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="553925923">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="443038408">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="358706418">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="000007C4"/>
     <w:rsid w:val="00010D93"/>
     <w:rsid w:val="00012CB0"/>
     <w:rsid w:val="000145EA"/>
     <w:rsid w:val="00020ABA"/>
     <w:rsid w:val="00023A45"/>
     <w:rsid w:val="0002492D"/>
     <w:rsid w:val="0002521A"/>
     <w:rsid w:val="00027616"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="000333E2"/>
     <w:rsid w:val="000345C3"/>
     <w:rsid w:val="00035ABE"/>
     <w:rsid w:val="00036034"/>
     <w:rsid w:val="00036D4B"/>
     <w:rsid w:val="000430FE"/>
     <w:rsid w:val="0004380F"/>
@@ -25361,50 +24958,51 @@
     <w:rsid w:val="009D2A8D"/>
     <w:rsid w:val="009D342E"/>
     <w:rsid w:val="009D7BEB"/>
     <w:rsid w:val="009E172E"/>
     <w:rsid w:val="009F0C13"/>
     <w:rsid w:val="009F161E"/>
     <w:rsid w:val="009F2C21"/>
     <w:rsid w:val="009F30DB"/>
     <w:rsid w:val="009F36AB"/>
     <w:rsid w:val="00A0732C"/>
     <w:rsid w:val="00A132C5"/>
     <w:rsid w:val="00A20873"/>
     <w:rsid w:val="00A24581"/>
     <w:rsid w:val="00A34107"/>
     <w:rsid w:val="00A355B8"/>
     <w:rsid w:val="00A371BF"/>
     <w:rsid w:val="00A44190"/>
     <w:rsid w:val="00A44A2F"/>
     <w:rsid w:val="00A45017"/>
     <w:rsid w:val="00A54527"/>
     <w:rsid w:val="00A55561"/>
     <w:rsid w:val="00A556A9"/>
     <w:rsid w:val="00A570A5"/>
     <w:rsid w:val="00A57A94"/>
     <w:rsid w:val="00A624DC"/>
+    <w:rsid w:val="00A65BFC"/>
     <w:rsid w:val="00A676D6"/>
     <w:rsid w:val="00A8318B"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A8533A"/>
     <w:rsid w:val="00A90321"/>
     <w:rsid w:val="00A92FC3"/>
     <w:rsid w:val="00A95E57"/>
     <w:rsid w:val="00A96B67"/>
     <w:rsid w:val="00AA09C8"/>
     <w:rsid w:val="00AA438E"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AB17BD"/>
     <w:rsid w:val="00AB3531"/>
     <w:rsid w:val="00AB4F0D"/>
     <w:rsid w:val="00AB644E"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AC5333"/>
     <w:rsid w:val="00AD07DC"/>
     <w:rsid w:val="00AD316E"/>
     <w:rsid w:val="00AD4F1A"/>
     <w:rsid w:val="00AD7E5F"/>
     <w:rsid w:val="00AF0F48"/>
     <w:rsid w:val="00B00C7E"/>
     <w:rsid w:val="00B01AEE"/>
     <w:rsid w:val="00B056A6"/>
@@ -25513,74 +25111,76 @@
     <w:rsid w:val="00CF3A45"/>
     <w:rsid w:val="00CF41A4"/>
     <w:rsid w:val="00CF4985"/>
     <w:rsid w:val="00CF5C89"/>
     <w:rsid w:val="00CF616C"/>
     <w:rsid w:val="00CF7D89"/>
     <w:rsid w:val="00D03EB4"/>
     <w:rsid w:val="00D04A69"/>
     <w:rsid w:val="00D04FD7"/>
     <w:rsid w:val="00D07DA0"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D141D5"/>
     <w:rsid w:val="00D1628A"/>
     <w:rsid w:val="00D16813"/>
     <w:rsid w:val="00D20239"/>
     <w:rsid w:val="00D20971"/>
     <w:rsid w:val="00D333F6"/>
     <w:rsid w:val="00D33B46"/>
     <w:rsid w:val="00D33E17"/>
     <w:rsid w:val="00D34960"/>
     <w:rsid w:val="00D361BD"/>
     <w:rsid w:val="00D5257D"/>
     <w:rsid w:val="00D55137"/>
     <w:rsid w:val="00D56735"/>
     <w:rsid w:val="00D622B1"/>
+    <w:rsid w:val="00D84467"/>
     <w:rsid w:val="00D84FBA"/>
     <w:rsid w:val="00D9110C"/>
     <w:rsid w:val="00D91C5A"/>
     <w:rsid w:val="00D97157"/>
     <w:rsid w:val="00DA135F"/>
     <w:rsid w:val="00DA5A0E"/>
     <w:rsid w:val="00DA7329"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DC06E9"/>
     <w:rsid w:val="00DC12EE"/>
     <w:rsid w:val="00DC55FD"/>
     <w:rsid w:val="00DC700D"/>
     <w:rsid w:val="00DD0322"/>
     <w:rsid w:val="00DD1CE0"/>
     <w:rsid w:val="00DD5653"/>
     <w:rsid w:val="00DD70F5"/>
     <w:rsid w:val="00DE11E7"/>
     <w:rsid w:val="00DE27E5"/>
     <w:rsid w:val="00DE3046"/>
     <w:rsid w:val="00DE3BCB"/>
     <w:rsid w:val="00DE4DD2"/>
     <w:rsid w:val="00DE7E3A"/>
     <w:rsid w:val="00DF005F"/>
     <w:rsid w:val="00DF287B"/>
+    <w:rsid w:val="00DF4966"/>
     <w:rsid w:val="00DF5B3B"/>
     <w:rsid w:val="00E00E49"/>
     <w:rsid w:val="00E016ED"/>
     <w:rsid w:val="00E01F42"/>
     <w:rsid w:val="00E027F9"/>
     <w:rsid w:val="00E0537B"/>
     <w:rsid w:val="00E06047"/>
     <w:rsid w:val="00E06931"/>
     <w:rsid w:val="00E10429"/>
     <w:rsid w:val="00E10786"/>
     <w:rsid w:val="00E14D7E"/>
     <w:rsid w:val="00E14D83"/>
     <w:rsid w:val="00E151CD"/>
     <w:rsid w:val="00E15440"/>
     <w:rsid w:val="00E1594E"/>
     <w:rsid w:val="00E17B0A"/>
     <w:rsid w:val="00E202F7"/>
     <w:rsid w:val="00E24CD3"/>
     <w:rsid w:val="00E2743D"/>
     <w:rsid w:val="00E30707"/>
     <w:rsid w:val="00E30BBE"/>
     <w:rsid w:val="00E30D48"/>
     <w:rsid w:val="00E31A9F"/>
     <w:rsid w:val="00E32339"/>
     <w:rsid w:val="00E32409"/>
@@ -25692,61 +25292,61 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C6A594C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0B048C53-5EAD-4105-B453-6474EA59D186}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -25984,50 +25584,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
@@ -26207,51 +25808,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="004A51FD"/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00B947F7"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -26617,224 +26218,203 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...11 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -26893,111 +26473,113 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{477DCEF8-E65B-484C-8610-DEE8BB7C9593}">
-[...16 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{117FA1CE-6569-4920-B423-D16C590B9080}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{477DCEF8-E65B-484C-8610-DEE8BB7C9593}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4198F465-BBF0-427E-A227-3DFDA9003435}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A752B957-079F-4216-8B8A-9D194DEDA495}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>5938</Words>
-  <Characters>33853</Characters>
+  <Words>6207</Words>
+  <Characters>33584</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>282</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>1399</Lines>
+  <Paragraphs>497</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39712</CharactersWithSpaces>
+  <CharactersWithSpaces>39294</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
+    <vt:r8>7375300</vt:r8>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>