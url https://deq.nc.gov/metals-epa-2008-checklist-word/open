--- v0 (2025-10-03)
+++ v1 (2026-02-22)
@@ -1,59 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="18AAB19E" w14:textId="7328BE88" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00AD299B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -126,379 +125,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0955ED80" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ED8C1BD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C8D3E8F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A5D80F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="525E5E56" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="078FA6FA" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408507CA" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A88A461" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7716E877" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44E10528" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5C10BBF7" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D057753" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45BF6EF6" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="723ABD94" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0907E274" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E8728F3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5287C5A9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -677,522 +664,502 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="006262D7" w:rsidRPr="00A0149B" w14:paraId="04962548" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4745B936" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58DF22C9" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="005B0D43" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Inductively coupled plasma mass spectrometer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03464E84" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3EDB18" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="005B0D43" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical balance, capable to measure 0.1 mg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="756809F3" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3352A524" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="00A0149B" w:rsidRDefault="004A3481" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature adjustable hot plate capable of maintaining 95 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="7DB8C00C" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F20EE69" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D66EEE8" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A21C05" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Drying oven capable of maintaining 105 ± 5 °C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E84665" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E1844F" w14:textId="511BCFF6" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A21C05" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Optional) Air displacement pipett</w:t>
             </w:r>
             <w:r w:rsidR="005B1309">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>r capable of delivering volumes from 0.1-2500 µL with an assortment of high</w:t>
             </w:r>
             <w:r w:rsidR="00371E4F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>quality disposable pipet tips</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B9D88A9" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6590C3E9" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="004A3481" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Optional) Temperature adjustable block digester capable of maintaining 95 °C equipped with 250 mL constricted digestion tubes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="6956FB45" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33AC769C" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A4F0806" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A21C05" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mortar and pestle, ceramic or nonmetallic material</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44F3C7B7" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574182EF" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A21C05" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Polypropylene sieve, 5-mesh (4 mm opening)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0748E14C" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11F7C541" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="00A21C05" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Labware</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="48F269CC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
@@ -1226,111 +1193,106 @@
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="25"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="4EB9FFD0" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11060" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="7F56BB98" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="004734A7" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F56BB98" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00156B7F" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="004734A7">
+            <w:r w:rsidRPr="00156B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D67B5E6" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="002A1409" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
+          <w:p w14:paraId="3D67B5E6" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00156B7F" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="002A1409">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00156B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="002A1409">
+            <w:r w:rsidRPr="00156B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and in the column</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="002A1409">
+            <w:r w:rsidRPr="00156B7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="59529DAC" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50979E6F" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="008352D2" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
@@ -1444,90 +1406,88 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="77D0009C" w14:textId="77777777" w:rsidTr="00C157B2">
+      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="77D0009C" w14:textId="77777777" w:rsidTr="002A3DB9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5177BFA7" w14:textId="181A8833" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="238"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A004048" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years? What is the most recent review/revision date of the SOP</w:t>
             </w:r>
             <w:r w:rsidRPr="007741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -1623,70 +1583,68 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DEF6979" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54AE20DF" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="372FE3A7" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="433D52F0" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1694,87 +1652,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="22A38FCA" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="11F8D283" w14:textId="77777777" w:rsidTr="00C157B2">
+      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="11F8D283" w14:textId="77777777" w:rsidTr="002A3DB9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01B464C6" w14:textId="4CE7C82B" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="008ABC67" w14:textId="7698CCA6" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidR="00AD299B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -1794,218 +1750,212 @@
               <w:t xml:space="preserve">revision dates and </w:t>
             </w:r>
             <w:r w:rsidR="00AD299B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">procedural edits </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tracked and documented? [15A NCAC 02H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656A5EEF" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CC8EB68" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02FBD3CB" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="008352D2" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D53CA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="41F7136D" w14:textId="77777777" w:rsidTr="00C157B2">
+      <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="41F7136D" w14:textId="77777777" w:rsidTr="002A3DB9">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11B0B52D" w14:textId="72F709F0" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="432331B3" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38367C44" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D4A072F" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00560E41" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C025EAE" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2142,76 +2092,74 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="4531D40B" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14E42117" w14:textId="0A4520BF" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B440EDA" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What type of sample container is used? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -2268,378 +2216,364 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AAC5866" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50C82F33" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AC791D1" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Silica requires polyethylene or quartz. Boron requires polyethylene, fluoropolymer (PTFE, Teflon®), or quartz. All others require polyethylene, fluoropolymer (PTFE, Teflon®), or glass.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="718929A7" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23A09106" w14:textId="1905E9E0" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61E863A7" w14:textId="38F4A5EF" w:rsidR="00BB7D5D" w:rsidRPr="0067392B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples (except Silica) analyzed within 6 months of collection? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B43DAA8" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65282277" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FBF1B5A" w14:textId="15845FCE" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="54FA227D" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="360FE354" w14:textId="12E9E97B" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A90EA81" w14:textId="1C8E9080" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are Silica samples analyzed within 28 days? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44811A4C" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27DAC1BC" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E4700E6" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w14:paraId="27222A6C" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B09F253" w14:textId="32AEC284" w:rsidR="00BB7D5D" w:rsidRDefault="00BB7D5D" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A2169E" w14:textId="558945BF" w:rsidR="00BB7D5D" w:rsidRPr="006E59D1" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="007825C8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2682,145 +2616,140 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">within 15 minutes of collection? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="504A9BA4" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5941C02A" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A75E014" w14:textId="77777777" w:rsidR="00BB7D5D" w:rsidRPr="00A0149B" w:rsidRDefault="00BB7D5D" w:rsidP="00BB7D5D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="4439EBFC" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F9239AF" w14:textId="75690995" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67BBBBF9" w14:textId="40169E48" w:rsidR="006100D5" w:rsidRPr="006E59D1" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, are they (except for Boron and Silica) preserved with HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2831,153 +2760,148 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to pH &lt;2 S.U. at least 24 hours prior to analysis? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282731A6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02A88041" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154CF404" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR does not make this allowance for Boron, so it must be preserved within 15 minutes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="46820018" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41EA3A0B" w14:textId="59A18BD8" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51C192A9" w14:textId="0E1EC630" w:rsidR="00366F96" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are aqueous samples (except Silica and boron) </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3054,93 +2978,90 @@
           <w:p w14:paraId="4DA5CD85" w14:textId="2197F30B" w:rsidR="00366F96" w:rsidRDefault="00366F96" w:rsidP="00366F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D53A843" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00366F96" w:rsidRDefault="006100D5" w:rsidP="00366F96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A242EFF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292B98B2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB2B978" w14:textId="7D887624" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Footnote 19: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3154,118 +3075,116 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to dissolve any metals that adsorb to the container walls. If the sample must be analyzed within 24 hours of collection, add the acid immediately</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(see </w:t>
+              <w:t xml:space="preserve">(see footnote 2). Soil and sediment samples do not </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>footnote 2). Soil and sediment samples do not need to be preserved with acid. The allowances in this footnote supersede the preservation</w:t>
+              <w:t>need to be preserved with acid. The allowances in this footnote supersede the preservation</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF09BA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and holding time requirements in the approved metals methods.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5AC441FA" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D1F0BAB" w14:textId="09D51D2B" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B0F9941" w14:textId="70340AA8" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -3403,153 +3322,148 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C during shipment?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10772F74" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47642AA4" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68C4A394" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Silica samples are not acid preserved and must be refrigerated.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="2907DC56" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3623EC29" w14:textId="4FCCA7A7" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B27C0A8" w14:textId="1789B742" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -3661,359 +3575,290 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F16A5C0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02E1A3DA" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2557814B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="41D6DD7D" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D9CA1AA" w14:textId="794891DF" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CF2C91A" w14:textId="1AA5407B" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For dissolved metals, are the samples filtered through a 0.45 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>µ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">m filter </w:t>
-[...44 lines deleted...]
-              <w:t xml:space="preserve"> before preservation with </w:t>
+              <w:t xml:space="preserve">m filter within 15 minutes of collection and before preservation with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> to pH &lt;2</w:t>
-[...15 lines deleted...]
-              <w:t>? [</w:t>
+              <w:t xml:space="preserve"> to pH &lt;2 S.U.? [</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">40 </w:t>
             </w:r>
             <w:smartTag w:uri="urn:schemas-microsoft-com:office:smarttags" w:element="stockticker">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                   <w:spacing w:val="-2"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>CFR</w:t>
               </w:r>
             </w:smartTag>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136.3 Table II Footnote 7</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3919DC30" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3020ED16" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A34420D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00560E41" w14:paraId="419C382F" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
@@ -4141,134 +3986,129 @@
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="363937EF" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21242BC2" w14:textId="701120E7" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AF6C4D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If alternative analytical isotopes (other than those in Table 4) having higher natural abundance are selected in order to achieve greater sensitivity are chosen, is the data corrected by measuring the signal from another isotope of the interfering element and subtracting the appropriate signal ratio from the isotope of interest? [EPA Method 200.8, Rev. 5.4 (1994), Section 4.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BDA69A3" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05137DBE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57CB8850" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005338E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Isobaric elemental interferences </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4464,131 +4304,126 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005338E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be established prior to the application of any corrections.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="05FF0E85" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C23A19E" w14:textId="5C2838B9" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DFC036B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the spectrometer resolution adjusted to minimize wing overlap interferences? [EPA Method 200.8, Rev. 5.4 (1994), Section 4.1.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="181BCB42" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D515CF8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35688690" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D5264C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Abundance sensitivity - Is a property defining the degree to which the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4656,131 +4491,126 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D5264C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>measured adjacent to a large one.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="3C21BBD0" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24DCAD61" w14:textId="0E150653" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40F42A65" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When isobaric polyatomic ion interferences (see Table 2) cannot be avoided by the selection of alternative analytical isotopes, are corrections made to the data? [EPA Method 200.8, Rev. 5.4 (1994), Section 4.1.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="720B3B75" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33F4DE62" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54041836" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001F3012">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Isobaric polyatomic ion interferences - Are caused by ions consisting of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4977,131 +4807,126 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001F3012">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the use of high purity krypton free argon.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="06C33BC7" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752EFF7D" w14:textId="57A04DF5" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="270C51F4" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are internal standards used to compensate for physical interference effects? [EPA Method 200.8, Rev. 5.4 (1994), Section 4.1.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EB0B4B7" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C11975C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49E89E2E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00534279" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00534279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Physical interferences may occur in the transfer of solution to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5189,218 +5014,213 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>therefore ion transmission.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dissolved solids levels not </w:t>
+              <w:t>Dissolved solids levels not exceeding</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>0.2% (w/v) have been</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>recommended</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to reduce such effects. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internal </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00534279">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>exceeding</w:t>
-[...47 lines deleted...]
-              <w:t>Internal standards ideally should have similar</w:t>
+              <w:t>standards ideally should have similar</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00534279">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analytical behavior to the elements being determined.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="6BBBC75B" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AD8EB2E" w14:textId="3BDB857F" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EC30BCB" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are suitable rinse times used to minimize memory interferences? [EPA Method 200.8, Rev. 5.4 (1994), Section 4.1.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BA83A8B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FDAD17E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68A3B74C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0020407F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The rinse times necessary for a particular</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5676,131 +5496,126 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0020407F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rinse time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="6286B195" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DDBEBB7" w14:textId="6F9D3CA4" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18EE967D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all acids used ultra high-purity grade? [EPA Method 200.8, Rev. 5.4 (1994), Section 7.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="140FE612" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40F9FDE8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="518E7E0E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reagents may contain elemental impurities that might affect the integrity of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5820,72 +5635,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>should be used whenever possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="126B1842" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64577A71" w14:textId="7E2C41CE" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B012EAD" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0067392B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When hydrochloric acid is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5922,85 +5735,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DB6CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>all data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 7.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47684C5C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07463107" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="341F57AE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB6CC4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Nitric acid is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6198,72 +6008,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="33975D57" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5740A7F4" w14:textId="02E58123" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6678175A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00F749DE" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00256AB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples digested/extracted prior to analysis? [EPA Method 200.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6276,316 +6084,303 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00256AB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.4 (1994), Section 1.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2824BE20" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249E90B7" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72229412" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00EB59BA" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5099F654" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50E4B489" w14:textId="3997D496" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70EED51E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001C10BF" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples containing suspended or particulate material ≥1% (w/v) extracted as a solid type sample? [EPA Method 200.8, Rev. 5.4 (1994), Section 1.5 and 11.2.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1572C894" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F857FCC" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F84B17D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A well-mixed, acid preserved aliquot containing no more than 1 g particulate material should be cautiously evaporated to near 10 mL and extracted using the acid mixture procedure described in sections 11.3.3 through 11.3.6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="400D8CCC" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D8BE057" w14:textId="10C3532B" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2A2BB1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For the analysis of silver, are samples with concentrations &gt;0.1 mg/L or &gt;50 mg/kg, diluted to be below this concentration? [EPA Method 200.8, Rev. 5.4 (1994), Section 1.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EDB0714" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33AB8C0B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57284C8C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5518F3A5" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
@@ -6705,651 +6500,618 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1D47B09C" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3947F741" w14:textId="305A467A" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E54B30" w14:textId="3C65FFFD" w:rsidR="006100D5" w:rsidRPr="001C10BF" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a ≥20 mL aliquot of a </w:t>
             </w:r>
             <w:r w:rsidRPr="001D16CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">filtered and acid preserved </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>sample pipetted into a 50 mL polypropylene centrifuge tube?</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
+              <w:t>sample pipetted into a 50 mL polypropylene centrifuge tube? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F822A5C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F9FCE8F" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C41433" w14:textId="57167B83" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1ABB3645" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3413232E" w14:textId="124E9675" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D3965D0" w14:textId="3FB26A4B" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a precipitate is formed during acidification, transport, or storage, is the sample aliquot treated using the procedure for total recoverable metals prior to analysis? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E03CF0D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732B148A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56BFE4D9" w14:textId="513E7F63" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See method sections 11.2.2 through 11.2.8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="46617ED2" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="624F2078" w14:textId="6BEEBBB3" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="109D8698" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001C10BF" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is an appropriate volume of (1+1) nitric acid added to adjust the acid concentration of the aliquot to approximate a 1% (v/v) nitric acid solution? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06413762" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EF66CFE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EBFFD34" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00C41FF3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For example, add 0.4 mL (1+1) HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to a 20 mL aliquot of sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="478770C5" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254B0A58" w14:textId="40A3C0E2" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD89375" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the direct addition procedure (Method A, Section 10.3) is being used, are internal standards added? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719DBFE6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BD7D6EF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="325D7CBF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="6095AAA2" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31FE170D" w14:textId="652B6582" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BC70D42" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001C10BF" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the tube capped and mixed prior to sample analysis? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.1.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E549E61" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F4CBD64" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E0A6A1D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample is now ready for analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="7256118A" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -7595,435 +7357,410 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BBD5E21" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AD10C94" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30DC5585" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1192038B" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AEBC95A" w14:textId="16A7E4FF" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72986306" w14:textId="6F8994C0" w:rsidR="006100D5" w:rsidRPr="00F749DE" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a well-mixed acid preserved sample transferred to an appropriate digestion vessel? </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.2]</w:t>
+              <w:t>Is a well-mixed acid preserved sample transferred to an appropriate digestion vessel?  [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1BDB95" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C3CD73" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30ADAB51" w14:textId="0C1C73C7" w:rsidR="006100D5" w:rsidRPr="00EB59BA" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although the method calls for 100 mL, smaller sample aliquot volumes may be used under method flexibility allowances.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="50A357EA" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="299E990E" w14:textId="4208C96D" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44627258" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 2 mL of (1+1) nitric acid and 1.0 mL of (1+1) hydrochloric acid added to the beaker? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FC98605" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41271E72" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14C7D0D6" w14:textId="5AD56BB5" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a smaller sample volume is used, proper ratios of acids must be maintained.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="7606E046" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2570925D" w14:textId="66243CAD" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AABB1E7" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker placed on a hot plate at 85 °C in a fume hood and covered with an elevated watch glass to prevent contamination? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D4ECFE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E94B2B4" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B85CBA9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495A9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For proper heating adjust the temperature control of the hot plate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8129,263 +7866,253 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>hotblock</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and digestion tubes is a method modification allowed under 40 CFR Part 136.6. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="3DD0CBF8" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00D6C43C" w14:textId="1738B023" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A32ED5D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample volume reduced to about 20 mL by gentle heating at 85 °C (not boiling)? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EC8F223" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DFDF67E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32E60815" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>This step takes about two hours for a 100 mL aliquot. The rate of evaporation rapidly increases as the sample volume approaches 20 mL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5FE3AA47" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E2DC7BB" w14:textId="74C9E8C8" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D541439" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker then covered with a watch glass to prevent additional evaporation and gently refluxed for 30 minutes? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D988687" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F6DCF40" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B47470" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00495A9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Slight boiling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8589,207 +8316,200 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="460EF017" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00D057E4" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="461D863C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00D057E4" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75B38A81" w14:textId="0BE94E9F" w:rsidR="006100D5" w:rsidRPr="00D057E4" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE5ABF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The metho</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d states to start with 100 mL and bring post-digestion volume to 50 mL. Smaller initial volumes may be used, and final volumes may be returned to the initial volume to avoid concentration calculations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="2F3B13FC" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CEFB3D3" w14:textId="3418B8E0" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D26CD7" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is undissolved material allowed to settle overnight or centrifuged? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DA616A5" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47BFAE08" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F843D94" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample is now ready for analysis. All analyses should be performed ASAP after preparation. If the sample still contains suspended solids that would clog the nebulizer, a portion of the sample may be filtered prior to analysis. However, care should be exercised to avoid contamination from filtration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4712" w:rsidRPr="00A0149B" w14:paraId="638B3748" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -8907,68 +8627,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682F992B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0513FB4A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12F8F709" w14:textId="1A176225" w:rsidR="003B69BC" w:rsidRDefault="003B69BC" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B69BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prior to analysis, adjust the chloride concentration by pipetting 20 mL of the prepared solution into a 50 mL volumetric flask, dilute to volume with reagent water and mix.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="053675A7" w14:textId="77777777" w:rsidR="003B69BC" w:rsidRDefault="003B69BC" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9046,220 +8764,215 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="740FDE00" w14:textId="00FBB68D" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Note: some instruments (such as Perkin Elmer) have an internal method of eliminating chloride interference. When using this feature, dilute the digested solution back to the original predigested volume rather than performing this step. However, before employing this method, laboratories must perform a comparison of samples with and without the technology to show that it </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE09DE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">won’t reduce sensitivity or cause a </w:t>
-[...8 lines deleted...]
-              <w:t>magnification of other interferences</w:t>
+              <w:t>won’t reduce sensitivity or cause a magnification of other interferences</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1CE6F67F" w14:textId="077379AF" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="29750FD6" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ED4BA7E" w14:textId="4D9E9775" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72035ED8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the direct addition procedure (Method A, Section 10.3) is being used, are internal standards added? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.2.8]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="065A740A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="572268F1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E20C010" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7835">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C7835">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is now ready for analysis. Because the effects of various matrices on the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C7835">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>stability of diluted samples cannot be characterized, all analyses should be</w:t>
+              <w:t xml:space="preserve">stability of diluted samples cannot be characterized, all </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C7835">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>analyses should be</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C7835">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>performed as soon as possible after the completed preparation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="43279692" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
@@ -9407,141 +9120,136 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0FA8CD6D" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60C838A7" w14:textId="582534B0" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C3241CB" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a portion (&gt;20 g) of mixed sample weighed, dried to a constant weight at 60 °C, and weighed again to determine the percent solids? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F1314DD" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A142F8A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43707F06" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For samples &lt;35% moisture, a 20 g portion is sufficient. For samples &gt;35% moisture, a larger aliquot 50-100 g is required.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DC5E45E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9603,507 +9311,487 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                      Wet Weight</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="38DF6900" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59DD80F3" w14:textId="2663298B" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21A8C684" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00560E41" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the dried sample sieved using a 5-mesh polypropylene sieve and ground in a mortar and pestle? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62D4806E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00560E41" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D4FEAEF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00560E41" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DF486AD" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00F644FA" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F644FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sieve, mortar, and pestle should be cleaned between samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="2A8BA58B" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DCBE9C8" w14:textId="453D78A9" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42D4941E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 1.0 ± 0.01 g of the dried, ground material transferred to a 250 mL Phillips beaker? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7043237A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB504B1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D81E06D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="62E4FD8F" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A5A875C" w14:textId="624AC9F4" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E07A14D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 4 mL of (1+1) HNO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 10 mL of (1+4) HCL added to the beaker? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55C3C862" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52EB4765" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="271EC7D5" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="47484E42" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05E04639" w14:textId="6A327852" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07F2A212" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the beaker placed on a hot plate at 85 °C in a fume hood, covered with a watch glass, and gently refluxed for 30 minutes? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02404A36" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="776B9989" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75EE0525" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A277E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For proper heating adjust the temperature control of the hot plate</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10203,252 +9891,242 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A277E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>step.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="03B9499D" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BEF1085" w14:textId="2D3EC419" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D599049" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After cooling, is the extract diluted to 100 mL in a volumetric flask and mixed well? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500135C8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59791DC2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16778F18" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0D8129AD" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7649C0DB" w14:textId="5BF5B28B" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="067893F0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the solution allowed to stand overnight to separate insoluble material or centrifuged? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.6]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AD013C3" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B92F4CE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FC6824A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A277E9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If after</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10602,68 +10280,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37623660" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DCCD791" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="322F43F6" w14:textId="351949D1" w:rsidR="003B69BC" w:rsidRDefault="003B69BC" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003B69BC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prior to analysis, adjust the chloride concentration by pipetting 20 mL of the prepared solution into a 100 mL volumetric flask, dilute to volume with reagent water and mix.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26FD6C20" w14:textId="77777777" w:rsidR="003B69BC" w:rsidRDefault="003B69BC" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -10713,137 +10389,132 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0087511B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>extraction and/or skimmer cones.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1914FBCF" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="548F299A" w14:textId="615F14A8" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="133BDA5B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the direct addition procedure (Method A, Section 10.3) is being used, are internal standards added? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.3.7]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A348DA0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D2A38A6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67CC0627" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7835">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The sample</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11065,147 +10736,160 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="36E7A2E9" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77CB163E" w14:textId="17A854EA" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4521340C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the manufacturer recommended operating conditions followed? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.1]</w:t>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recommended operating conditions followed? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25D67D03" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3086AEF6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F2E929" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009B59F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Because of the diversity of instrument hardware, no</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11243,102 +10927,109 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B59F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is the responsibility of the analyst to verify that the instrument configuration and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B59F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>operating conditions satisfy the analytical requirements and to maintain quality</w:t>
+              <w:t xml:space="preserve">operating conditions satisfy the analytical requirements and to maintain </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009B59F0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>quality</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009B59F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>control data verifying instrument performance and analytical results.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5ADB32B2" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F619664" w14:textId="2FCE4D5B" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DD35AB0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11436,88 +11127,85 @@
             </w:r>
             <w:r w:rsidRPr="00FA0ED0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>deviations of absolute signals for all analytes of less than 5%</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="004ADC32" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52EE1DDD" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13FC8DDE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD1EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Initiate proper operating configuration of instrument and data system.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11633,153 +11321,148 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD1EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>from unit mass.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="4A5D446A" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2634C795" w14:textId="187A6651" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51D96EB4" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is internal standardization used in all analyses </w:t>
             </w:r>
             <w:r w:rsidRPr="0027318F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>to correct for instrument drift and physical interferences</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D78C57C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D3CF492" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="667F6CAA" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="005A3851" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A3851">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For full mass range scans, a minimum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12025,72 +11708,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005A3851">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>resulting from the addition may be disregarded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1D8382AD" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7716834D" w14:textId="2AB3E521" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35B81749" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12132,133 +11813,128 @@
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for data acquisition</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72621E2A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="392C1882" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BB518C1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0CF2CE83" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5938E350" w14:textId="5269E333" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7675644D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12274,133 +11950,128 @@
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for instrument calibration and data reporting</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1095E1ED" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6108EFA0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EDDC59C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0F305E38" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E92D16" w14:textId="433E0EEB" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6173995B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is t</w:t>
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12416,88 +12087,85 @@
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>blanks, standards and samples</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [EPA Method 200.8, Rev. 5.4 (1994), Section 10.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2ACF1545" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="656FD068" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D9B058B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Allow sufficient rinse time to remove traces of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12533,137 +12201,132 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002F6102">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>prior to the acquisition of data to allow equilibrium to be established.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="3CDF9360" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D9B5113" w14:textId="3ECF1CB8" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8231B9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00933A87" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the instrument tuned and calibrated for all analytes of interest? [EPA Method 200.8, Rev. 5.4 (1994), Section 11.4.2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FBA6EA8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E3404D0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CA97AF9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="337D5E26" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
@@ -12796,72 +12459,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="675F6EA6" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B91A01C" w14:textId="2A8DA665" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CB836E0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00414BED" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E0DBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For all sample analyses, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12891,151 +12552,139 @@
               </w:rPr>
               <w:t xml:space="preserve"> for data acquisition</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="003E0DBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">[EPA Method 200.8, Rev. 5.4 (1994), </w:t>
-[...8 lines deleted...]
-              <w:t>Section 11.4.3]</w:t>
+              <w:t>[EPA Method 200.8, Rev. 5.4 (1994), Section 11.4.3]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="521E0E02" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="660C4C60" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00DADD10" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="16F5325D" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5324CD37" w14:textId="17354B95" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E1A666" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00414BED" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="003E0DBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13104,95 +12753,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71BF6C44" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57A95A2C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1D3795D1" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5799CE3C" w14:textId="72A15344" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61D6B777" w14:textId="56680CFC" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is t</w:t>
             </w:r>
             <w:r w:rsidRPr="00835B06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13238,51 +12884,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31A3A88C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E85C731" w14:textId="1E5794CA" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA137D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The rinse blank should be used to flush the system between samples. </w:t>
             </w:r>
             <w:r w:rsidRPr="00835B06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13310,72 +12955,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00835B06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>30 seconds prior to the collection of data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="66F84B36" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="787B45DE" w14:textId="32044420" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C3458C6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00414BED" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4504">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For aqueous samples prepared by total recoverable procedure (Section 11.2),</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13436,51 +13079,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB3C884" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E2044B2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4504">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If additional dilutions</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13532,72 +13174,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DF4504">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentrations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="142C4A08" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E6A3BD8" w14:textId="68B6532B" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C86B685" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00414BED" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DF4504">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For total recoverable analytes in solid samples</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13626,51 +13266,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05DA34B6" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F24D14F" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="000E5A36" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>R</w:t>
             </w:r>
             <w:r w:rsidRPr="000E5A36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13959,72 +13598,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000E5A36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>because of additional dilutions required to complete the analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="563708C3" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0220D653" w14:textId="35A186C4" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40CAD138" w14:textId="21419438" w:rsidR="006100D5" w:rsidRPr="00414BED" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are d</w:t>
             </w:r>
             <w:r w:rsidRPr="000E5A36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14077,51 +13714,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2396123C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F4647A3" w14:textId="04FFCDBD" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A7366">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Instrumental drift as well as suppressions or enhancements of instrument response caused by the sample matrix </w:t>
             </w:r>
             <w:r w:rsidRPr="00B26A92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -14352,72 +13988,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="71056740" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42B5A1FB" w14:textId="10BBE77F" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D13F080" w14:textId="57D5384C" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D24E20">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Has </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -14501,124 +14135,91 @@
             </w:r>
             <w:r w:rsidRPr="004143B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>EPA Method 200.</w:t>
-[...31 lines deleted...]
-              <w:t>.4 (1994), Section 9.2.4]</w:t>
+              <w:t>EPA Method 200.8, Rev. 5.4 (1994), Section 9.2.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10FE41EF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="053422BA" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C24F630" w14:textId="1CF8F967" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00484C73">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Process a minimum of seven spiked samples and seven method blank samples through all steps of the method. The samples used for the MDL must be prepared in at least three batches on three separate calendar dates and analyzed on three separate calendar dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="1B0C4BB7" w14:textId="77777777" w:rsidTr="00E84F96">
         <w:trPr>
@@ -14718,139 +14319,135 @@
               <w:t>Method Detection Limit, Rev. 2, (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0020337D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8AA074" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D3A778E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57094E43" w14:textId="3443F4B7" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD4DF2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="26A2A4B7" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="287D91A5" w14:textId="60CB8EDA" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74492521" w14:textId="7383CBB3" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDL values verified at least every 13 months according to the ongoing MDL determination requirements and updated if necessary?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1C1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -14903,259 +14500,236 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01E57054" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A13048E" w14:textId="5C7DCD4B" w:rsidR="006100D5" w:rsidRPr="001321E6" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At least once every thirteen months, re-calculate MDL</w:t>
             </w:r>
             <w:r w:rsidRPr="006F2BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and </w:t>
-[...8 lines deleted...]
-              <w:t>MDL</w:t>
+              <w:t xml:space="preserve"> and MDL</w:t>
             </w:r>
             <w:r w:rsidRPr="006F2BE4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001D5368">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the collected spiked samples and method blank results using the equations in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="6939352F" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C16A1F" w14:textId="7C343807" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3410FB68" w14:textId="6C5341F8" w:rsidR="006100D5" w:rsidRPr="00696F82" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a known second source standard analyzed after initial calibration? [</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 2H .0805 (a) (7)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (H) (ii)</w:t>
+              <w:t xml:space="preserve"> (H) (ii) and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EPA Method 200.8, Rev. 5.4 (1994), Section 9.2.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and </w:t>
-[...15 lines deleted...]
-              </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A899DF3" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C7D2C99" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54FB8388" w14:textId="13636F08" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001321E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze one known second source standard to verify the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15203,72 +14777,70 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The second source standard is equivalent to the QCS in sections 7.8 and 9.2.3 of the method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="29DB29FD" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52BA380C" w14:textId="7A5667E4" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D04F462" w14:textId="68A743CB" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the second source standard? [EPA Method 200.8, Rev. 5.4 (1994), Section 9.2.3]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="52202D24" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15313,51 +14885,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="474025FF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02FE817B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001972D3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To verify the calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15708,51 +15279,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="571B85A5" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7252AF" w14:textId="7724391A" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00262765">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(If the QCS is not within the required limits, an immediate second analysis of the QCS is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -15813,148 +15383,144 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00262765">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="7D5C72FD" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="600425D4" w14:textId="291BE932" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2C2510" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a lower reporting limit standard analyzed or back-calculated with each analysis? [</w:t>
             </w:r>
             <w:r w:rsidRPr="009468AC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>15A NCAC 2H .0805 (a) (7)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A9691A2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D5DBDE1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="404A4C43" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C4712" w:rsidRPr="00A0149B" w14:paraId="21E10150" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -16083,51 +15649,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="191A8687" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A7B53F" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="748D8C1B" w14:textId="77777777" w:rsidTr="00E84F96">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
@@ -16318,121 +15883,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1969C8B2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A450B97" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15DA58CE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="001972D3" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="336D1982" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7544EDA1" w14:textId="74D99F78" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="705D2336" w14:textId="43AF8B23" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is</w:t>
             </w:r>
             <w:r w:rsidRPr="00167223">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -16583,51 +16145,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282C4E98" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46CFF0FD" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00167223" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The LRB m</w:t>
             </w:r>
             <w:r w:rsidRPr="00167223">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ust contain all the reagents in the same</w:t>
@@ -16719,72 +16280,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00167223">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>preparation is complete.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="127EF9D0" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B786677" w14:textId="5BC7AFA9" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54FFE60E" w14:textId="3A65E710" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the LRB? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16801,59 +16360,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00221D8C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00221D8C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) or</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t>EPA Method 200.8, Rev. 5.4 (1994), Section 9.3.1]</w:t>
+              <w:t xml:space="preserve"> EPA Method 200.8, Rev. 5.4 (1994), Section 9.3.1]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7829869E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C1E4BF0" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D308A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -16879,51 +16430,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BA7774" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62A023E3" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD4F1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule: The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -16933,51 +16483,50 @@
           <w:p w14:paraId="348DA830" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="397A026B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Method:</w:t>
             </w:r>
             <w:r w:rsidRPr="008D5640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Must not </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">exceed </w:t>
             </w:r>
             <w:r w:rsidRPr="008D5640">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10% or more of the analyte level determined for a sample or 2.2 times the analyte MDL</w:t>
@@ -17210,123 +16759,130 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="472EBCD9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="670FB708" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
+              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB4C5E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60EDA4D1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0D29951B" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C5A26A" w14:textId="302D4901" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F4A902" w14:textId="05A6E356" w:rsidR="006100D5" w:rsidRPr="009766CE" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is at least one Laboratory Fortified Blank (LFB) analyzed with each batch of samples? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -17351,51 +16907,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06C24C88" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5492573D" w14:textId="3CF65D29" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0008600D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To an aliquot of LRB, add aliquots from</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17660,51 +17215,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05619A69" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C6D4FF1" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00426D2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the required control limits of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17724,72 +17278,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00426D2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>problem should be identified and resolved before continuing analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="4A1C5739" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="207FF785" w14:textId="140D86EA" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68476BDA" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the LFB does not meet the acceptance criterion?</w:t>
             </w:r>
             <w:r>
@@ -17932,123 +17484,120 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="453C349A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31BAD588" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="679E9739" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00426D2C" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5D902DB9" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C4B06AA" w14:textId="65FD7421" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="254B833F" w14:textId="2B3C034C" w:rsidR="006100D5" w:rsidRPr="009766CE" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27711">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To verify calibration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -18208,104 +17757,101 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04FF5C9A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5390300C" w14:textId="7911B518" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Per Ray Terhune with EPA Region IV, it is acceptable to analyze only one calibration point and the calibration blank after every ten samples and at the end of the sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="36E3148F" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F370B96" w14:textId="475D0DE0" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DC48395" w14:textId="6C6E382A" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the calibration blank? [</w:t>
@@ -18439,114 +17985,111 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71640991" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C792BC" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="0002521A" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0002521A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25CFFB29" w14:textId="1835F6D7" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="78C080D4" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4098826C" w14:textId="57EA15D4" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35D04639" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the calibration blank does not meet the acceptance criterion?</w:t>
             </w:r>
             <w:r>
@@ -18693,122 +18236,119 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DCAE9CF" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="580952F6" w14:textId="3C945E51" w:rsidR="006100D5" w:rsidRPr="46B22216" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="430BF013" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C1B4093" w14:textId="4A543C7C" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C890F1D" w14:textId="75F03942" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the calibration standard? </w:t>
             </w:r>
@@ -18905,51 +18445,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B5CD885" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13EB403C" w14:textId="0BE8B55F" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A27A8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19033,72 +18572,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">that were not reanalyzed </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27A8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MUST be qualified if reported.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="5C18759C" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C05DE2C" w14:textId="1CA12C0D" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48290C95" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00002F35" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Fortified Matrix (LFM) analyzed at minimum frequency of 10% of samples? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -19123,51 +18660,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CD9FCF2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71C98C4E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002267E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For water samples, the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19269,72 +18805,70 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002267E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be fortified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="0BEC7B65" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5D218D" w14:textId="6E23C1BE" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A02BE0A" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the LFM prepared? [NC WW/GW LCB Matrix Policy and Technical Assistance]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="264145D9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
@@ -19428,51 +18962,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="536E3B23" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46DF9F3B" w14:textId="6F890828" w:rsidR="006100D5" w:rsidRPr="002267E4" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Volume of spiking solution must not exceed 5% of total volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="315DFAD9" w14:textId="77777777" w:rsidTr="00C46048">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -19563,85 +19096,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [NC WW/GW LC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66F46BCE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49D8B9D8" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5E5E8D" w14:textId="770AE203" w:rsidR="006100D5" w:rsidRPr="002267E4" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19653,101 +19184,91 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1% of the total MS volume so that the MS can be considered a whole volume sample with no adjustment (i.e., volume correction) by calculation necessary. If the spike solution volume constitutes &gt;1% of t</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he total sample volume, the sample concentration must be adjusted by calculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="4292C440" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3164C374" w14:textId="7B67B1F5" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01AB148F" w14:textId="0949B3FE" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>What is the acceptance criterion of the LFM? [EPA Method 200.8, Rev. 5.4 (1994), Section 9.4.3]</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">What is the acceptance criterion of the LFM? [EPA Method 200.8, Rev. 5.4 (1994), Section 9.4.3] </w:t>
             </w:r>
             <w:r w:rsidRPr="005D1992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC 2H .0805 (a) (7) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(A)</w:t>
             </w:r>
             <w:r w:rsidRPr="005D1992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
@@ -19804,51 +19325,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4525EDA9" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1B54D8" w14:textId="4D88A29A" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002267E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the percent recovery for each analyte, corrected for background</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19996,51 +19516,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BDD014E" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48880239" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002267E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The analyst is expected to monitor the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20332,73 +19851,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A27C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of the instrument.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="69D9E3FB" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B139ABB" w14:textId="5E59B784" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A2400AE" w14:textId="54ADA0E8" w:rsidR="006100D5" w:rsidRPr="00800347" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00800347">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are 5% of the samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20440,171 +19957,152 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76BF3EC2" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21D78D4B" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC5B92">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6554309D" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of a LFM duplicate may also fulfill this requirement.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="4AAD07BF" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="670BF211" w14:textId="32E233CC" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="218530C0" w14:textId="12B8BFE7" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the duplicate acceptance criterion? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[15A NCAC 2H .0805 (a) (7)</w:t>
-[...15 lines deleted...]
-              <w:t>]</w:t>
+              <w:t>[15A NCAC 2H .0805 (a) (7) (A)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16FCB4CC" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="505266DE" w14:textId="7F271CBD" w:rsidR="006100D5" w:rsidRPr="002E5D42" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="-720"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -20644,97 +20142,95 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54687CAA" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47837986" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E82931">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="19D9D583" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54E0AF2C" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="46B22216">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Limits set by the laboratory</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="2101F9C8" w14:textId="77777777" w:rsidTr="00C46048">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B0EFF47" w14:textId="2AE9E1B7" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -20918,84 +20414,82 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FE6471" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6444085E" w14:textId="18F650C3" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DB4C5E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006100D5" w:rsidRPr="00A0149B" w14:paraId="73818086" w14:textId="77777777" w:rsidTr="00C157B2">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="25" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63D83C41" w14:textId="698503B1" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="000610C3">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -21110,51 +20604,50 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DCF74E7" w14:textId="77777777" w:rsidR="006100D5" w:rsidRPr="00A0149B" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AC49F80" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6427ECAE" w14:textId="77777777" w:rsidR="006100D5" w:rsidRDefault="006100D5" w:rsidP="006100D5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21406,245 +20899,226 @@
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="00A17A65">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BAABF49" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309">
+    <w:p w14:paraId="4A655A93" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="769F73A1" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309">
+    <w:p w14:paraId="076420BE" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="22A4813D" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309"/>
+    <w:p w14:paraId="2E8C7FAA" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="160CF549" w14:textId="034A7746" w:rsidR="00AD2309" w:rsidRDefault="00AD2309" w:rsidP="007D6080">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised 0</w:t>
     </w:r>
     <w:r w:rsidR="00366F96">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3/09/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0C2C48EA" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRPr="00B8487A" w:rsidRDefault="00AD2309">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>06/2013</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3E81DA3F" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309">
+    <w:p w14:paraId="5C757716" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="59DBB4F7" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309">
+    <w:p w14:paraId="70303674" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="71190835" w14:textId="77777777" w:rsidR="00AD2309" w:rsidRDefault="00AD2309"/>
+    <w:p w14:paraId="6C968219" w14:textId="77777777" w:rsidR="008F0473" w:rsidRDefault="008F0473"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AD289AE" w14:textId="60841DDF" w:rsidR="00AD2309" w:rsidRPr="0058752C" w:rsidRDefault="00AD2309" w:rsidP="0041348C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="8640"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Metals – EPA 200.8 </w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
@@ -21673,51 +21147,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>8</w:t>
     </w:r>
     <w:r w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -21894,188 +21368,177 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="290482514">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1902399387">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="305430160">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="288"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="000062C0"/>
     <w:rsid w:val="00006C93"/>
     <w:rsid w:val="00011AAE"/>
     <w:rsid w:val="00016E29"/>
     <w:rsid w:val="00021448"/>
+    <w:rsid w:val="00026837"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="0004234F"/>
     <w:rsid w:val="0004478F"/>
     <w:rsid w:val="00046C71"/>
     <w:rsid w:val="000610C3"/>
     <w:rsid w:val="000618FF"/>
     <w:rsid w:val="00070CDE"/>
     <w:rsid w:val="000718A4"/>
     <w:rsid w:val="000760F1"/>
     <w:rsid w:val="00077146"/>
     <w:rsid w:val="00080783"/>
     <w:rsid w:val="000810D0"/>
     <w:rsid w:val="0008600D"/>
     <w:rsid w:val="000903DC"/>
     <w:rsid w:val="000911EE"/>
     <w:rsid w:val="000961A2"/>
     <w:rsid w:val="000A3884"/>
     <w:rsid w:val="000A5FAB"/>
     <w:rsid w:val="000C1512"/>
     <w:rsid w:val="000C4712"/>
     <w:rsid w:val="000C5AD1"/>
     <w:rsid w:val="000D33F7"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E5A36"/>
     <w:rsid w:val="000E6EDE"/>
     <w:rsid w:val="00102D96"/>
     <w:rsid w:val="001166B7"/>
     <w:rsid w:val="00123CED"/>
     <w:rsid w:val="001321E6"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="0014798C"/>
     <w:rsid w:val="00154E23"/>
+    <w:rsid w:val="00156B7F"/>
     <w:rsid w:val="00160A48"/>
     <w:rsid w:val="00162622"/>
     <w:rsid w:val="0016427C"/>
     <w:rsid w:val="00164BBD"/>
     <w:rsid w:val="00167223"/>
     <w:rsid w:val="001744CE"/>
     <w:rsid w:val="0017783D"/>
     <w:rsid w:val="001802FF"/>
     <w:rsid w:val="00180F5E"/>
     <w:rsid w:val="001877A9"/>
     <w:rsid w:val="001920D1"/>
     <w:rsid w:val="00193D41"/>
     <w:rsid w:val="001972D3"/>
     <w:rsid w:val="001A68A7"/>
     <w:rsid w:val="001B2604"/>
     <w:rsid w:val="001B6CAD"/>
     <w:rsid w:val="001B77F3"/>
     <w:rsid w:val="001C3C88"/>
     <w:rsid w:val="001C3D0F"/>
     <w:rsid w:val="001C77C1"/>
     <w:rsid w:val="001E6F37"/>
     <w:rsid w:val="001F0A27"/>
     <w:rsid w:val="001F3012"/>
     <w:rsid w:val="001F4E6D"/>
     <w:rsid w:val="0020407F"/>
     <w:rsid w:val="0021721B"/>
     <w:rsid w:val="0022664F"/>
     <w:rsid w:val="002267E4"/>
     <w:rsid w:val="00227C3D"/>
     <w:rsid w:val="00234DA4"/>
     <w:rsid w:val="002439FF"/>
     <w:rsid w:val="00246FBA"/>
     <w:rsid w:val="00256AB0"/>
     <w:rsid w:val="00257686"/>
     <w:rsid w:val="0026115F"/>
     <w:rsid w:val="00261AE5"/>
     <w:rsid w:val="00262765"/>
     <w:rsid w:val="0027318F"/>
     <w:rsid w:val="00285E2D"/>
     <w:rsid w:val="002932BF"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A1409"/>
     <w:rsid w:val="002A3C15"/>
+    <w:rsid w:val="002A3DB9"/>
     <w:rsid w:val="002B562E"/>
     <w:rsid w:val="002C7234"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E5D42"/>
     <w:rsid w:val="002F6102"/>
     <w:rsid w:val="002F6CDB"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="003123F1"/>
     <w:rsid w:val="003212CC"/>
     <w:rsid w:val="003430BD"/>
     <w:rsid w:val="00347A96"/>
     <w:rsid w:val="00366F96"/>
     <w:rsid w:val="00371E4F"/>
     <w:rsid w:val="003935B3"/>
     <w:rsid w:val="00395795"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003B69BC"/>
     <w:rsid w:val="003B6D24"/>
     <w:rsid w:val="003B6E64"/>
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003D7770"/>
     <w:rsid w:val="003E0DBA"/>
     <w:rsid w:val="003E420D"/>
     <w:rsid w:val="003E4F22"/>
@@ -22103,50 +21566,51 @@
     <w:rsid w:val="004A32A3"/>
     <w:rsid w:val="004A3481"/>
     <w:rsid w:val="004A7A1F"/>
     <w:rsid w:val="004D048A"/>
     <w:rsid w:val="004E2555"/>
     <w:rsid w:val="004E758E"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="005170DF"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00530C11"/>
     <w:rsid w:val="005338E7"/>
     <w:rsid w:val="00534279"/>
     <w:rsid w:val="005351CB"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="0054484A"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="005546ED"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00562401"/>
     <w:rsid w:val="00570435"/>
     <w:rsid w:val="005A160A"/>
     <w:rsid w:val="005A2255"/>
     <w:rsid w:val="005A3851"/>
     <w:rsid w:val="005B0D43"/>
+    <w:rsid w:val="005B0EAB"/>
     <w:rsid w:val="005B1309"/>
     <w:rsid w:val="005C7835"/>
     <w:rsid w:val="005D2598"/>
     <w:rsid w:val="005D300D"/>
     <w:rsid w:val="005D3606"/>
     <w:rsid w:val="005E6D5B"/>
     <w:rsid w:val="005F436B"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="0060126D"/>
     <w:rsid w:val="00605167"/>
     <w:rsid w:val="006100D5"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="00625489"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="0062691F"/>
     <w:rsid w:val="0063142A"/>
     <w:rsid w:val="00651E40"/>
     <w:rsid w:val="00652E54"/>
     <w:rsid w:val="0066619F"/>
     <w:rsid w:val="006807FF"/>
     <w:rsid w:val="006808BC"/>
     <w:rsid w:val="006952B3"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="00696F82"/>
     <w:rsid w:val="006A27E3"/>
@@ -22190,50 +21654,51 @@
     <w:rsid w:val="00806101"/>
     <w:rsid w:val="0081701D"/>
     <w:rsid w:val="0082082C"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="00835B06"/>
     <w:rsid w:val="0084259A"/>
     <w:rsid w:val="0085180A"/>
     <w:rsid w:val="0085684D"/>
     <w:rsid w:val="0086277E"/>
     <w:rsid w:val="00863A71"/>
     <w:rsid w:val="00867247"/>
     <w:rsid w:val="0087511B"/>
     <w:rsid w:val="00893774"/>
     <w:rsid w:val="008947B3"/>
     <w:rsid w:val="0089568D"/>
     <w:rsid w:val="008A02B1"/>
     <w:rsid w:val="008A18FB"/>
     <w:rsid w:val="008A7366"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008C3D3A"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008D0AE2"/>
     <w:rsid w:val="008D10E9"/>
     <w:rsid w:val="008D308A"/>
     <w:rsid w:val="008E5902"/>
+    <w:rsid w:val="008F0473"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F6766"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="00900356"/>
     <w:rsid w:val="00921A45"/>
     <w:rsid w:val="00924170"/>
     <w:rsid w:val="00932610"/>
     <w:rsid w:val="009327B2"/>
     <w:rsid w:val="009502C2"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="00956000"/>
     <w:rsid w:val="009666F5"/>
     <w:rsid w:val="00970EA2"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="00975675"/>
     <w:rsid w:val="00977B35"/>
     <w:rsid w:val="009873AD"/>
     <w:rsid w:val="0099532E"/>
     <w:rsid w:val="009B59F0"/>
     <w:rsid w:val="009B7A49"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009C69B0"/>
     <w:rsid w:val="009C78DE"/>
     <w:rsid w:val="009D09DD"/>
     <w:rsid w:val="009D1FE4"/>
@@ -22393,61 +21858,61 @@
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="stockticker"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="68B24AD4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3D18B288-A0B4-447A-A991-D182F93DEEA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -22685,50 +22150,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
@@ -22928,51 +22394,51 @@
     <w:name w:val="Mention"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BD69D7"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AD299B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="317271813">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -23040,51 +22506,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -23355,224 +22821,207 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="616aef02-9798-44e7-9ab4-6529c8fdfa36">
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="97c26e27-a340-4306-98a7-c36055956ab5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -23630,124 +23079,119 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16488051-B8B2-4AE7-9DDC-3190C85188F6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9A05DEB-7C1D-45A0-9F33-298D33701F14}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08371AFF-8FED-4853-A931-520351F2FBAA}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16488051-B8B2-4AE7-9DDC-3190C85188F6}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AF42DD3E-9699-4C42-9AEC-C71B8E360551}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>5948</Words>
-  <Characters>33909</Characters>
+  <Words>6156</Words>
+  <Characters>33403</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>282</Lines>
-  <Paragraphs>79</Paragraphs>
+  <Lines>1335</Lines>
+  <Paragraphs>365</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39778</CharactersWithSpaces>
+  <CharactersWithSpaces>39339</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>