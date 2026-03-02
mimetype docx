--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -9,51 +9,51 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="03192AD7" w14:textId="3F9EA2D1" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -134,379 +134,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="70899F66" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D4008A1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C97FF41" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E281059" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3207CE7F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="7975C68A" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AB4EDE9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A17E62D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41E620B8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3481FA8D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="62F25B24" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="364E9BBD" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00B96207" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="3C8C64F4" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069F618E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B6E2BA0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7109B795" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -703,79 +691,77 @@
         <w:t xml:space="preserve">Equipment &amp; </w:t>
       </w:r>
       <w:r w:rsidR="00D54FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reagents:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="236"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5346"/>
+        <w:gridCol w:w="235"/>
+        <w:gridCol w:w="5351"/>
+        <w:gridCol w:w="269"/>
+        <w:gridCol w:w="5223"/>
       </w:tblGrid>
       <w:tr w:rsidR="00196AAA" w:rsidRPr="00CE7F42" w14:paraId="5869F69F" w14:textId="77777777" w:rsidTr="00B27364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C3E32C8" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00CE7F42" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="292F2363" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Automated continuous-flow analyzer.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="106D42D7" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -792,203 +778,195 @@
               <w:t>Make/Model:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4AA9FC95" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="764BCF18" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5554CC4B" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="312E4DC3" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Balance -- Analytical, capable of accurately weighing to the nearest 0.0001 g.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237B05" w:rsidRPr="00CE7F42" w14:paraId="174AA0D7" w14:textId="77777777" w:rsidTr="00B27364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="74272838" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00CE7F42" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1D3EF338" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Color reagent: To approximately 800 mL of reagent water, add, while stirring, 100 mL conc. phosphoric acid (CASRN 7664-38-2), 40 g sulfanilamide (CASRN 63-74-1) and 2 g N-1-naphthylethylenediamine dihydrochloride (CASRN 1465-</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13055D06" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>25-4). Stir until dissolved and dilute to 1 L. Store in brown bottle and keep in the dark when not in use. This solution is stable for several months.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FCE7310" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E211C62" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reagent water: Because of possible contamination, this should be prepared by passage through an ion exchange column comprised of a mixture of both strongly acidic-cation and strongly basic-anion exchange resins. The regeneration of the ion exchange column should be carried out according to the manufacturer's instructions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237B05" w:rsidRPr="00CE7F42" w14:paraId="08B90B5A" w14:textId="77777777" w:rsidTr="00B27364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2509054A" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00CE7F42" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="661CAFAA" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wash solution: Use reagent water for unpreserved samples. For samples preserved with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -1035,107 +1013,103 @@
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (CASRN 7764-93-9), per liter of wash water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="758BE70B" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="132B8C7B" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilute hydrochloric acid, 6N: Add 50 mL of conc. HCl (CASRN 7647-01-0) to reagent water, cool, and dilute to 100 mL.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237B05" w:rsidRPr="00CE7F42" w14:paraId="3A7167FF" w14:textId="77777777" w:rsidTr="00B27364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3DF525CE" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00CE7F42" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00B82CD3" w14:textId="3380B261" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium chloride-EDTA solution: Dissolve 85 g of reagent grade ammonium chloride (CASRN 12125-02-9) and 0.1 g of disodium ethylenediamine tetra</w:t>
             </w:r>
             <w:r w:rsidR="00B51307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
@@ -1162,66 +1136,64 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for preserved or 8.5</w:t>
             </w:r>
             <w:r w:rsidR="00CB29F6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> S.U.</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for non-preserved samples with conc. ammonium hydroxide (CASRN 1336-21-6) and dilute to 1 L. Add 0.5 mL Brij-35 (CASRN 9002-92-0).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="349C5E17" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DD25E1D" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrate solution: Dissolve 7.218 g KNO</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1237,66 +1209,64 @@
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> -N.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00237B05" w:rsidRPr="00CE7F42" w14:paraId="210B2F8F" w14:textId="77777777" w:rsidTr="00B27364">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2BAF819F" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00CE7F42" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="070C7E64" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrite solution: Dissolve 6.072 g KNO</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -1309,66 +1279,64 @@
               </w:rPr>
               <w:t xml:space="preserve"> in 500 mL of reagent water and dilute to 1 L in a volumetric flask. Preserve with 2 mL of chloroform and keep under refrigeration. 1.0 mL = 1.0 mg NO</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> -N.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="05597CB4" w14:textId="77777777" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5346" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5511A59C" w14:textId="428A13B6" w:rsidR="00237B05" w:rsidRPr="00654EA2" w:rsidRDefault="00237B05" w:rsidP="00237B05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard nitrite solution: Dilute 10.0 mL of stock nitrite solution to 1000 mL. 1.0 mL = 0.01 mg NO</w:t>
             </w:r>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1395,86 +1363,83 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="193228FC" w14:textId="5CCCE2C3" w:rsidR="00E164DF" w:rsidRPr="000808F0" w:rsidRDefault="00E164DF" w:rsidP="00E164DF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000808F0">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="345B005F" w14:textId="77777777" w:rsidR="00E164DF" w:rsidRPr="004216D1" w:rsidRDefault="00E164DF" w:rsidP="00E164DF">
+    <w:p w14:paraId="345B005F" w14:textId="77777777" w:rsidR="00E164DF" w:rsidRPr="008A3184" w:rsidRDefault="00E164DF" w:rsidP="00E164DF">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004216D1">
+      <w:r w:rsidRPr="008A3184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="452C4B47" w14:textId="6C62517A" w:rsidR="00D54FE8" w:rsidRPr="0054425D" w:rsidRDefault="00E164DF" w:rsidP="00AA5CCD">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004216D1">
+      <w:r w:rsidRPr="008A3184">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F50C3D3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="-72" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -2349,176 +2314,171 @@
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02C6F4D7" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRDefault="005E5F1A" w:rsidP="006A38F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C133476" w14:textId="03A241E7" w:rsidR="005E5F1A" w:rsidRPr="00713C15" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples collected and stored in polyethylene, Teflon®, or glass containers? </w:t>
             </w:r>
             <w:r w:rsidRPr="0005342B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="77D06D14" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11F58CC8" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14269985" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w14:paraId="0D3818CB" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="244058D6" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="002C27EB" w:rsidRDefault="005E5F1A" w:rsidP="006A38F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69EA4BA5" w14:textId="0179445D" w:rsidR="005E5F1A" w:rsidRPr="0067392B" w:rsidRDefault="005E5F1A" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2623,127 +2583,123 @@
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5C64F013" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="275B01C3" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="695F6F27" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w14:paraId="19D02E17" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18403A6E" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="007E6DD9" w:rsidRDefault="005E5F1A" w:rsidP="006A38F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="119E2895" w14:textId="26D01848" w:rsidR="005E5F1A" w:rsidRPr="0067392B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2770,182 +2726,169 @@
             </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">º </w:t>
             </w:r>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">C </w:t>
             </w:r>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">during </w:t>
-[...8 lines deleted...]
-              <w:t>storage?</w:t>
+              <w:t>during storage?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B879A2B" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C324CBF" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50B70F3B" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w14:paraId="6A9BC750" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FCCFD72" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="002C27EB" w:rsidRDefault="005E5F1A" w:rsidP="006A38F6">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="214AE584" w14:textId="18EEE4D2" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00B04AA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2986,91 +2929,88 @@
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5153AB87" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11E84B30" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="17992E8E" w14:textId="77777777" w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w:rsidRDefault="005E5F1A" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E5F1A" w:rsidRPr="00A0149B" w14:paraId="23DFE117" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
@@ -3225,51 +3165,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A8A72C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E221D0C" w14:textId="6667E2A4" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the continuous-flow </w:t>
             </w:r>
             <w:r w:rsidRPr="00D03261">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3349,51 +3288,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49253337" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="332A9455" w14:textId="702D53F6" w:rsidR="00E518FD" w:rsidRPr="00167069" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Set up manifold as shown in Figure 1. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bypass the cadmium column.</w:t>
@@ -3407,51 +3345,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5469836C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ACB4607" w14:textId="760FF0FF" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the instrument calibrated with at </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3489,89 +3426,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00632DB2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 9.3.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234A4B9E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7443B467" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5585B14E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare a series of at least three standards, covering the desired range, and a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3679,51 +3613,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E42992" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="362D97CF" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What are the concentrations of the standards used to calibrate the instrument?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="02F9F032" w14:textId="77777777" w:rsidR="001360EF" w:rsidRDefault="001360EF" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3786,111 +3719,108 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08D120E7" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59E801CD" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349A050B" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRPr="00167069" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D6F08" w:rsidRPr="00A0149B" w14:paraId="5204C9E7" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B2C62AB" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CC27BB6" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="007D6F08">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is your laboratory’s reporting limit? [15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C10B1F5" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="007D6F08">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3937,68 +3867,66 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76CD509B" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D9A366E" w14:textId="77777777" w:rsidR="007D6F08" w:rsidRDefault="007D6F08" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6026F7FF" w14:textId="5AADD918" w:rsidR="007D6F08" w:rsidRPr="00167069" w:rsidRDefault="00CA0A57" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. One of the standards shall have a concentration equal to or less than the laboratory's lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="65C33302" w14:textId="77777777" w:rsidTr="005D0E0A">
@@ -4007,51 +3935,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02DE6870" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1237E5EC" w14:textId="406BCE84" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are standards analyzed in order of decreasing concentration? </w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4073,140 +4000,136 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="057C4403" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B49E030" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C2A54A6" w14:textId="12C4E79A" w:rsidR="00E518FD" w:rsidRPr="00167069" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00796186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place appropriate standards in the sampler in order of decreasing concentration and perform analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="63C544E7" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15ACCA16" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="450377AD" w14:textId="71C915A0" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4277,89 +4200,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="311313BF" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E94F71" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68997FB6" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="007B7054" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="00B212B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
@@ -4383,51 +4303,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7BD89AD0" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3F16C165" w14:textId="66253810" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">each initial calibration </w:t>
@@ -4597,89 +4516,86 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FDFD681" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0934EF41" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4ECB42AA" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidRPr="00D759C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Laboratories shall analyze one known second source standard to verify the </w:t>
@@ -4817,51 +4733,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="297A8C7F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16681BA2" w14:textId="57B1C76B" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the second-source standard (QCS)?</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4967,68 +4882,66 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1D4986" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A9A698E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00D03831" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00037FDA" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072500A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If measurements exceed ±10% of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5118,51 +5031,50 @@
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="467748AB" w14:textId="53D8AB40" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -5306,104 +5218,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CBFF76B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B837614" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D558534" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rule: </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to </w:t>
+              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
+              <w:t>outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="64E3EE9C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1745C4E5" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -5630,73 +5540,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="00280F98" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CB230F9" w14:textId="76C2AF70" w:rsidR="004E1136" w:rsidRPr="005D0E0A" w:rsidRDefault="004E1136" w:rsidP="005D0E0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="-22" w:hanging="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B0D9AAC" w14:textId="44EA6042" w:rsidR="00E518FD" w:rsidRPr="007115A3" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples high in particulate matter filtered prior to analysis? </w:t>
             </w:r>
             <w:r w:rsidRPr="0017396B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -5706,89 +5614,86 @@
               <w:t xml:space="preserve">[EPA Method 353.2, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0017396B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13F386A3" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0080E001" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B1E3019" w14:textId="274B72BB" w:rsidR="00E518FD" w:rsidRPr="00560E41" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED0D6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buildup</w:t>
             </w:r>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -5820,73 +5725,71 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pre-filtered.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="13B4AF36" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C513C80" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="005D0E0A" w:rsidRDefault="00E518FD" w:rsidP="005D0E0A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="-22" w:hanging="14"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="138ADC5C" w14:textId="387AFA79" w:rsidR="00E518FD" w:rsidRPr="007115A3" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D84716">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -5944,87 +5847,84 @@
               <w:t>prior to analysis? [EPA Method 353.2, Rev. 2.0 (1993), Section 4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00D84716">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51347170" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="007115A3" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F0C27B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="007115A3" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24FF4A4A" w14:textId="6B2A3915" w:rsidR="00E518FD" w:rsidRPr="007115A3" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Residual chlorine can produce a negative interference by limiting reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -6230,51 +6130,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C371B92" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="285D8DF4" w14:textId="5AFF44FE" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not already, is sample pH adjusted to between 5 and 9 S</w:t>
             </w:r>
             <w:r w:rsidR="000572C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6371,51 +6270,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46250553" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="078D804E" w14:textId="3AA359D7" w:rsidR="00842E62" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If sample pH is below 5 S.U. or above 9 S.U., </w:t>
             </w:r>
             <w:r w:rsidRPr="00276760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>adjust to between 5 and 9</w:t>
@@ -6528,51 +6426,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C5EECC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="187667FC" w14:textId="01963041" w:rsidR="00E518FD" w:rsidRPr="00DD4723" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the initial and adjusted pH values documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE29D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6625,101 +6522,99 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="718A97CC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CEE6A9D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042068E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="29B89515" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="006D650F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00624FE5" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0CB9E0A1" w14:textId="0D8609CE" w:rsidR="00E518FD" w:rsidRPr="00DD4723" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624FE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is analysis performed according </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6820,51 +6715,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4649B282" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3834B013" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042068E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Allow system to equilibrate as required. Obtain a stable baseline with all</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -7070,51 +6964,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C7DB9D9" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C8F7D39" w14:textId="6CC50EA5" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are MDLs determined prior to performing analyses by this method? </w:t>
             </w:r>
             <w:r w:rsidR="00481888">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7135,89 +7028,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1 and 9.2.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00B9544A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>] [EPA MDL Procedure, Rev. 2 (December 2016)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47C3ACCD" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38C91E0C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C7B95F5" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA4907">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The initial demonstration of performance is used to characterize instrument performance (determination of LCR and analysis of QCS) and laboratory performance (determination of MDLs) prior to performing analyses by this method.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7349,134 +7239,140 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing quarterly MDL data being analyzed and documented?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA MDL Procedure, Rev. 2 (December 2016), Section (3) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69DBA984" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B03272A" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3302338D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00F80151" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3DB13A85" w14:textId="61D31471" w:rsidR="00E518FD" w:rsidRPr="00F80151" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">MDL Procedure: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F80151">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.  If any analytes are repeatedly not detected in the quarterly spiked sample analyses, or do not meet the qualitative identification criteria of the method (see Section 2(c) of this procedure), then this is an indication that the spiking level is not high enough and should be adjusted upward.  Note that it is not necessary to analyze additional method blanks together with the spiked samples, the method blank population should include all of the routine method blanks</w:t>
+              <w:t xml:space="preserve">During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.  If any analytes are repeatedly not detected in the quarterly spiked sample analyses, or do not meet the qualitative identification criteria of the method (see Section 2(c) of this procedure), then this is an indication </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F80151">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>that the spiking level is not high enough and should be adjusted upward.  Note that it is not necessary to analyze additional method blanks together with the spiked samples, the method blank population should include all of the routine method blanks</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F80151">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analyzed with each batch during the course of sample analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="531EE4F2" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7568,141 +7464,137 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA MDL Procedure, Rev. 2 (December 2016), Section (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00040E7E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E5DF7EE" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="05FD4A9E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61244B1D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00F80151" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="37A15311" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="388B78F9" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="217855FB" w14:textId="0E6E4CF8" w:rsidR="00E518FD" w:rsidRPr="00560E41" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a laboratory reagent blank (LRB) analyzed with each batch of samples?</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7724,89 +7616,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2087352F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E100BFC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48A8C06D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least one LRB with each batch of samples.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CEAF56F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7858,51 +7747,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E5591F1" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ABB26A7" w14:textId="58D429D4" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the LRB and calibration blanks</w:t>
             </w:r>
             <w:r w:rsidRPr="007A0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8039,70 +7927,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32C9A9B0" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D7FA465" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E682F1D" w14:textId="7256AC8B" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
@@ -8185,51 +8071,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B303ADC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00893E48" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="322C82BB" w14:textId="5A67CCFF" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00893E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>blanks do not meet the acceptance criterion</w:t>
@@ -8338,121 +8223,118 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D3D0251" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="188E98FF" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="319031A0" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="002B67D8" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="4A799FBD" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="296F3B26" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D406825" w14:textId="1AA790EB" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a mid-range I</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8542,138 +8424,134 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE7F8C1" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="303EEF7D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79764D1F" w14:textId="14B303B9" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For all determinations the laboratory must analyze the IPC (a mid-range check standard) and a calibration blank immediately following daily calibration, after every 10th sample (or more frequently, if required) and at the end of the sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="3E6E72DE" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EF40655" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79C5DB72" w14:textId="455F2AA6" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the mid-range IPC standard? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8752,69 +8630,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0766EF33" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12F333C6" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1715E7E8" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00BF56E0" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of the IPC solution immediately following calibration must verify that the instrument is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -8852,51 +8728,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="511749DF" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00395F77" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6F4A3FAF" w14:textId="6CFD6BA3" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00395F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mid-range IPC standard</w:t>
@@ -9002,119 +8877,116 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69D4EB5C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="28561871" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09F46FBC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A47004" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F10B09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration cannot be verified within the specified limits, reanalyze the IPC solution. If the second analysis of the IPC solution confirms calibration to be outside the limits, sample analysis must be discontinued, the cause determined and/or in the case of drift, the instrument recalibrated. All samples following the last acceptable IPC solution must be reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="2A0183CF" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="122052C3" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054E21A0" w14:textId="4B03D527" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Fortified Blank (LFB) analyzed with each batch of samples? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9136,87 +9008,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="216CA8D8" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60961AA8" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7989795B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Definition of LFB (Section 3.4): </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9295,51 +9164,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63DAB5CC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E6A6412" w14:textId="2BBBEF5E" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the LFB? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9432,120 +9300,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602BF282" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11035014" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4723C37E" w14:textId="329A3A87" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recovery within 90%-110%, or optional control limits may be developed when sufficient internal data (usually a minimum of 20-30 analyses) become available. The optional control limits must be equal or better than the required control limits of 90-110%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="66A14F4F" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31ED394E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="35999B57" w14:textId="7FD88EDA" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the LFB does not meet specified limits? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[EPA Method </w:t>
@@ -9633,69 +9498,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="018A67C5" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="35BBA23F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52DF9699" w14:textId="68DEDA79" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9750,51 +9613,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F8DF123" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E97643D" w14:textId="640DC6BB" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze </w:t>
             </w:r>
             <w:r w:rsidRPr="00260DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9832,87 +9694,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5%? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (C)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50ED5179" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B5B7C94" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FC709A4" w14:textId="38D792C7" w:rsidR="00E518FD" w:rsidRPr="007C5EB6" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9957,51 +9816,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FEAC245" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C2B9627" w14:textId="274CAEBD" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no sample duplicate is analyzed, is a </w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10047,138 +9905,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>at a frequency of 5% of samples</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (C)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F2C1BC6" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0A327152" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C3209F7" w14:textId="15433587" w:rsidR="00E518FD" w:rsidRPr="003A4A4D" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Note above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="3127DA81" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11BDE14C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00260DAC" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="527D0AA9" w14:textId="3FBB3094" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10303,120 +10157,117 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70687DCA" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="73AEB421" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="104138AC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A23CF5" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="687D843A" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="311F6ED6" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64002C8E" w14:textId="14C5AEF7" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action d</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10527,119 +10378,116 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="166E054B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15CDCF5D" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1398D058" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="0081475F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="26970C2D" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0648DAED" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="583A02E4" w14:textId="4EBB661A" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At what frequency is a Matrix Spike (MS) analyzed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10708,69 +10556,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="524210FA" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B92229B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="404681B4" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Also called Laboratory Fortified Matrix (LFM).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BEAB7B8" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="007C5EB6" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10794,51 +10640,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68556374" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19E6D8C6" w14:textId="2F4B8E3C" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the MS prepared? [NC WW/GW LCB Matrix Spiking Policy and Technical Assistance]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4816E08C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10910,119 +10755,116 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71C1598E" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2195802B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F62B487" w14:textId="6E9B4B05" w:rsidR="00E518FD" w:rsidRPr="0099357C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008125EA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Volume of spiking solution must not exceed 5% of the total volume.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w:rsidRPr="00A0149B" w14:paraId="54FE8D37" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00EFF8EE" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="112D7052" w14:textId="5F6F8719" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11059,87 +10901,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [NC WW/GW LC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="173AB390" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42075C03" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F61C63B" w14:textId="7134FABF" w:rsidR="00E518FD" w:rsidRPr="008125EA" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&lt;</w:t>
@@ -11169,51 +11008,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F11C590" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B1986DC" w14:textId="6FFCC4AB" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for MS recovery? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11281,69 +11119,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A07138F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0C863024" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12F18ABB" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="0099357C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C0346">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the percent recovery for each analyte, corrected for concentrations measured in the unfortified sample, and compare these</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -11365,51 +11201,50 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4308AFEA" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C42EC40" w14:textId="06A35536" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the MS results are outside of established control limits? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11501,86 +11336,93 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA27BCC" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6D742C41" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CD2B014" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="0099357C" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If the recovery of any analyte falls outside the designated LFM recovery range and the laboratory performance for that analyte is shown to be in control (Section 9.3), the recovery problem encountered with the LFM is judged to be either matrix or solution related, not system related.</w:t>
+              <w:t xml:space="preserve">If the recovery of any analyte falls outside the designated LFM recovery range and the laboratory performance for that analyte is shown to be in control </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0099357C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>(Section 9.3), the recovery problem encountered with the LFM is judged to be either matrix or solution related, not system related.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w14:paraId="7D2FDAB3" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78B15E1B" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="004E0048" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
@@ -11606,98 +11448,95 @@
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C3ED437" w14:textId="0BC7526A" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E0048">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a lower reporting limit standard analyzed or back-calculated with each analysis? [15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51600B8F" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CA85506" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D2AC7C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A23CF5" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F09EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w14:paraId="63AC607D" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="503"/>
@@ -11827,75 +11666,73 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7407F5C9" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="706D1D72" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="250FA151" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w14:paraId="1E4881C8" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
@@ -12046,118 +11883,115 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7FA457" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DD0629C" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRPr="00A0149B" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E64060A" w14:textId="7727E8E8" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E518FD" w14:paraId="3DB1CC7A" w14:textId="77777777" w:rsidTr="005D0E0A">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A6F14A4" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8375A8" w14:textId="45CA3C10" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -12191,87 +12025,84 @@
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="005B7899">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2045B774" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D9B95B7" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44CB4647" w14:textId="77777777" w:rsidR="00E518FD" w:rsidRDefault="00E518FD" w:rsidP="00E518FD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -12694,181 +12525,208 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09E60750" w14:textId="77777777" w:rsidR="001C0346" w:rsidRDefault="001C0346">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58B33EC2" w14:textId="77777777" w:rsidR="001C0346" w:rsidRDefault="001C0346">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F7B893E" w14:textId="77777777" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="00A26415">
+    <w:p w14:paraId="6F7B893E" w14:textId="2EEEE696" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="008A3184">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="3E46E964">
-[...22 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3E46E964" wp14:editId="1300030F">
+            <wp:extent cx="7037070" cy="4517390"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 1" descr="image of the nitrate-nitrate manifold"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 1" descr="image of the nitrate-nitrate manifold"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7037070" cy="4517390"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidSect="009A2940">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="445" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="493B1704" w14:textId="77777777" w:rsidR="007F0894" w:rsidRDefault="007F0894">
+    <w:p w14:paraId="3BB8DD83" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36084972" w14:textId="77777777" w:rsidR="007F0894" w:rsidRDefault="007F0894">
+    <w:p w14:paraId="08B735F1" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6666C3D6" w14:textId="77777777" w:rsidR="005D0E0A" w:rsidRDefault="005D0E0A"/>
+    <w:p w14:paraId="5EF1D1EA" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="583D0C29" w14:textId="77777777" w:rsidR="0023031D" w:rsidRDefault="0023031D">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="77FB7142" w14:textId="2DCD2D6C" w:rsidR="00026092" w:rsidRPr="004E0CAB" w:rsidRDefault="00E02137">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -12886,106 +12744,106 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/10/202</w:t>
     </w:r>
     <w:r w:rsidR="00A26415">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0434D981" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="78B91D0D" w14:textId="77777777" w:rsidR="00A34E1C" w:rsidRDefault="00A34E1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="71DF0A69" w14:textId="2153808A" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00A34E1C">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev: 02/10/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05790A86" w14:textId="77777777" w:rsidR="007F0894" w:rsidRDefault="007F0894">
+    <w:p w14:paraId="720494D3" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73A3005A" w14:textId="77777777" w:rsidR="007F0894" w:rsidRDefault="007F0894">
+    <w:p w14:paraId="69ED5440" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0522CA71" w14:textId="77777777" w:rsidR="005D0E0A" w:rsidRDefault="005D0E0A"/>
+    <w:p w14:paraId="5807461E" w14:textId="77777777" w:rsidR="00090243" w:rsidRDefault="00090243"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36FBB1F9" w14:textId="7DABDE88" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00A34E1C" w:rsidP="00A34E1C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="3600" w:firstLine="4320"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="00B212B8" w:rsidRPr="00B212B8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Nitrogen</w:t>
@@ -13062,51 +12920,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00ED77AB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0E395E04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B1D49A18"/>
     <w:lvl w:ilvl="0" w:tplc="B11E4078">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="216" w:hanging="72"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -13637,139 +13495,123 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="957295196">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="13308118">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="299457285">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1971552033">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1475877765">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="226765467">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="1912886250">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00004DD5"/>
     <w:rsid w:val="00012728"/>
     <w:rsid w:val="00022BAE"/>
     <w:rsid w:val="00026092"/>
     <w:rsid w:val="0002651D"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="000368AC"/>
     <w:rsid w:val="0003775A"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00040E7E"/>
     <w:rsid w:val="00047EE3"/>
     <w:rsid w:val="00053AAF"/>
     <w:rsid w:val="000572C5"/>
     <w:rsid w:val="00080BE0"/>
     <w:rsid w:val="00080D82"/>
     <w:rsid w:val="0008583F"/>
+    <w:rsid w:val="00090243"/>
     <w:rsid w:val="00095EFF"/>
     <w:rsid w:val="000B20F7"/>
     <w:rsid w:val="000B2591"/>
     <w:rsid w:val="000B3B64"/>
     <w:rsid w:val="000B3FA7"/>
     <w:rsid w:val="000B4835"/>
     <w:rsid w:val="000B4F6A"/>
     <w:rsid w:val="000C7841"/>
     <w:rsid w:val="000D5C90"/>
     <w:rsid w:val="000D7B77"/>
     <w:rsid w:val="000E0DFC"/>
     <w:rsid w:val="000E4E90"/>
     <w:rsid w:val="000F17D5"/>
     <w:rsid w:val="000F1A64"/>
     <w:rsid w:val="000F605B"/>
     <w:rsid w:val="00103D38"/>
     <w:rsid w:val="001111AC"/>
     <w:rsid w:val="00123B60"/>
     <w:rsid w:val="00124341"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="001360EF"/>
     <w:rsid w:val="00140F49"/>
     <w:rsid w:val="00146E37"/>
     <w:rsid w:val="00153217"/>
     <w:rsid w:val="00157C6C"/>
@@ -13985,50 +13827,51 @@
     <w:rsid w:val="007F5661"/>
     <w:rsid w:val="007F75CF"/>
     <w:rsid w:val="0080547B"/>
     <w:rsid w:val="00806C11"/>
     <w:rsid w:val="008125EA"/>
     <w:rsid w:val="00813DBE"/>
     <w:rsid w:val="0081475F"/>
     <w:rsid w:val="008213DB"/>
     <w:rsid w:val="008217DC"/>
     <w:rsid w:val="0082398C"/>
     <w:rsid w:val="00830427"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="00835F80"/>
     <w:rsid w:val="00842E62"/>
     <w:rsid w:val="0085013F"/>
     <w:rsid w:val="00852C1E"/>
     <w:rsid w:val="00873709"/>
     <w:rsid w:val="00880442"/>
     <w:rsid w:val="00883EE7"/>
     <w:rsid w:val="00885D6B"/>
     <w:rsid w:val="00885F0D"/>
     <w:rsid w:val="00886C4B"/>
     <w:rsid w:val="008947B3"/>
     <w:rsid w:val="008A11E3"/>
     <w:rsid w:val="008A2F54"/>
+    <w:rsid w:val="008A3184"/>
     <w:rsid w:val="008A4ACA"/>
     <w:rsid w:val="008A5F31"/>
     <w:rsid w:val="008A75E5"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008B045C"/>
     <w:rsid w:val="008B57C4"/>
     <w:rsid w:val="008C1AAE"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008D0541"/>
     <w:rsid w:val="008D558A"/>
     <w:rsid w:val="008F1C69"/>
     <w:rsid w:val="008F43B6"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F78D3"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="00900C49"/>
     <w:rsid w:val="00903F33"/>
     <w:rsid w:val="009041EF"/>
     <w:rsid w:val="0090682C"/>
     <w:rsid w:val="009101DD"/>
     <w:rsid w:val="0091331D"/>
     <w:rsid w:val="00934883"/>
     <w:rsid w:val="00941B85"/>
     <w:rsid w:val="00944F4A"/>
     <w:rsid w:val="00945C99"/>
@@ -14151,50 +13994,51 @@
     <w:rsid w:val="00D26242"/>
     <w:rsid w:val="00D411E5"/>
     <w:rsid w:val="00D5267D"/>
     <w:rsid w:val="00D54FE8"/>
     <w:rsid w:val="00D55301"/>
     <w:rsid w:val="00D57E33"/>
     <w:rsid w:val="00D61F6F"/>
     <w:rsid w:val="00D70038"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00D83D78"/>
     <w:rsid w:val="00D84716"/>
     <w:rsid w:val="00DA0478"/>
     <w:rsid w:val="00DA4907"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB61EB"/>
     <w:rsid w:val="00DD129C"/>
     <w:rsid w:val="00DE6195"/>
     <w:rsid w:val="00E02137"/>
     <w:rsid w:val="00E164DF"/>
     <w:rsid w:val="00E329F5"/>
     <w:rsid w:val="00E406C7"/>
     <w:rsid w:val="00E47031"/>
     <w:rsid w:val="00E50F56"/>
     <w:rsid w:val="00E518FD"/>
     <w:rsid w:val="00E60703"/>
+    <w:rsid w:val="00E655D0"/>
     <w:rsid w:val="00E66D6A"/>
     <w:rsid w:val="00E816CC"/>
     <w:rsid w:val="00E81E98"/>
     <w:rsid w:val="00E87A5A"/>
     <w:rsid w:val="00E935BE"/>
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EA4E4C"/>
     <w:rsid w:val="00EA7705"/>
     <w:rsid w:val="00EB5EE5"/>
     <w:rsid w:val="00EC574F"/>
     <w:rsid w:val="00ED0D6A"/>
     <w:rsid w:val="00ED2403"/>
     <w:rsid w:val="00ED5BE3"/>
     <w:rsid w:val="00ED77AB"/>
     <w:rsid w:val="00EE18E4"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF6021"/>
     <w:rsid w:val="00F04F23"/>
     <w:rsid w:val="00F07DEA"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F25DF1"/>
     <w:rsid w:val="00F27657"/>
     <w:rsid w:val="00F308E4"/>
     <w:rsid w:val="00F311E6"/>
@@ -14214,136 +14058,139 @@
     <w:rsid w:val="00F82844"/>
     <w:rsid w:val="00F855B5"/>
     <w:rsid w:val="00FB2703"/>
     <w:rsid w:val="00FB4340"/>
     <w:rsid w:val="00FD697E"/>
     <w:rsid w:val="00FE4ACE"/>
     <w:rsid w:val="00FF04D0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="61FE7392"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BC758BA5-8B97-49AE-8637-EECB43A98F22}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -14743,51 +14590,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00B25251"/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="006318D0"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15157,190 +15004,182 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...12 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -15399,149 +15238,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18AB21FC-BEB0-498E-8BBE-C5D84B8D95A2}"/>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0E1B8750-D558-4AE5-9E2C-A660E4CB7EE5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33651CBB-0C0C-40B3-A810-CA7EB9DFDA0D}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BAABE51E-5A35-4850-B1DA-6F3AA1ED3D26}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{78463F97-7B2B-40B5-8181-B68B3EFAFFFE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3212</Words>
-  <Characters>18315</Characters>
+  <Words>3271</Words>
+  <Characters>18256</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>793</Lines>
+  <Paragraphs>265</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21485</CharactersWithSpaces>
+  <CharactersWithSpaces>21262</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>