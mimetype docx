--- v0 (2025-10-03)
+++ v1 (2025-12-07)
@@ -1,505 +1,418 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="2FD532C9" w14:textId="7D57EA40" w:rsidR="00C37462" w:rsidRDefault="00C37462">
-[...72 lines deleted...]
-    </w:p>
     <w:p w14:paraId="210A0ABC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10980" w:type="dxa"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="623FA2CD" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194A8D3D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C1926D0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BF2E89B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40D2637E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="30EF56F7" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E557DFF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70CF6C36" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="607745E2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AC0C917" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="04730132" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68E812E0" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A2910B7" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="71626205" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B017DEE" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1348F818" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="66574796" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -551,51 +464,51 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>+</w:t>
       </w:r>
       <w:r w:rsidR="00D9656B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="009A626B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Nitrite</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78F40A90" w14:textId="41F2B93F" w:rsidR="00C37462" w:rsidRDefault="00C37462" w:rsidP="006262D7">
+    <w:p w14:paraId="78F40A90" w14:textId="4095F966" w:rsidR="00C37462" w:rsidRDefault="00C37462" w:rsidP="006262D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Method:</w:t>
       </w:r>
       <w:r w:rsidR="006F417B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -658,139 +571,155 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r w:rsidR="009A626B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
       <w:r w:rsidR="004607E2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2016</w:t>
-[...4 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A955EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
+        <w:t>9</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="4A2E14A7" w14:textId="64DB209C" w:rsidR="00CD21F9" w:rsidRDefault="00CD21F9" w:rsidP="006262D7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="457EE7A0" w14:textId="09CA2214" w:rsidR="00CD21F9" w:rsidRPr="009A626B" w:rsidRDefault="00CD21F9" w:rsidP="006262D7">
+    <w:p w14:paraId="3B804BA4" w14:textId="5B236CC4" w:rsidR="00C37462" w:rsidRDefault="00CD21F9" w:rsidP="004F527B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-        <w:t xml:space="preserve">Note:  This is an </w:t>
+        <w:t xml:space="preserve">Note: This is an </w:t>
       </w:r>
       <w:r w:rsidR="00F61ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>automated version of SM 4500 NO</w:t>
       </w:r>
       <w:r w:rsidR="00F61ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00F61ED6" w:rsidRPr="0074355D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00F61ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> E- 2016.  </w:t>
+        <w:t xml:space="preserve"> E- 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00A955EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61ED6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r w:rsidR="00892FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">As the </w:t>
       </w:r>
       <w:r w:rsidR="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">verbiage in </w:t>
       </w:r>
       <w:r w:rsidR="00F87F11" w:rsidRPr="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
@@ -828,288 +757,361 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> F- 2</w:t>
       </w:r>
       <w:r w:rsidR="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00F87F11" w:rsidRPr="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>16</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F87F11">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00A955EF">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> is sparse, m</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F61ED6">
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>any of the method references contain</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00892FC3">
+        <w:t xml:space="preserve"> is sparse, m</w:t>
+      </w:r>
+      <w:r w:rsidR="00F61ED6">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">ed in this checklist will refer to the </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F87F11">
+        <w:t>any of the method references contain</w:t>
+      </w:r>
+      <w:r w:rsidR="00892FC3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">manual </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00892FC3">
+        <w:t xml:space="preserve">ed in this checklist will refer to the </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87F11">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t xml:space="preserve">manual </w:t>
+      </w:r>
+      <w:r w:rsidR="00892FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>method.</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="43E2B423" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r w:rsidR="00B80A24">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>quipment</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="3611" w:type="dxa"/>
+        <w:tblW w:w="4038" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="277"/>
-        <w:gridCol w:w="1131"/>
-        <w:gridCol w:w="2203"/>
+        <w:gridCol w:w="3761"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F74C8B" w:rsidRPr="00A0149B" w14:paraId="6A8BEA43" w14:textId="77777777" w:rsidTr="002E5801">
+      <w:tr w:rsidR="00F74C8B" w:rsidRPr="00A0149B" w14:paraId="6A8BEA43" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="7380" w:type="dxa"/>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="371" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B256938" w14:textId="77777777" w:rsidR="00F74C8B" w:rsidRPr="00A0149B" w:rsidRDefault="00F74C8B" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="154286A0" w14:textId="56885C68" w:rsidR="00F74C8B" w:rsidRPr="00A0149B" w:rsidRDefault="00656EFE" w:rsidP="00293586">
             <w:pPr>
               <w:ind w:hanging="13"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00656EFE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Automated analytical instrument</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E5801" w:rsidRPr="00A0149B" w14:paraId="52F40967" w14:textId="77777777" w:rsidTr="002E5801">
+      <w:tr w:rsidR="002E5801" w:rsidRPr="00A0149B" w14:paraId="52F40967" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="371" w:type="dxa"/>
+            <w:tcW w:w="277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06B6AF96" w14:textId="77777777" w:rsidR="002E5801" w:rsidRDefault="002E5801" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3240" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3761" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="297AD01B" w14:textId="146E0F59" w:rsidR="002E5801" w:rsidRPr="00656EFE" w:rsidRDefault="002E5801" w:rsidP="00293586">
             <w:pPr>
               <w:ind w:hanging="13"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reduction column</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D2030" w:rsidRPr="00A0149B" w14:paraId="22F9CBA1" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="272"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17D6C1E1" w14:textId="77777777" w:rsidR="005D2030" w:rsidRDefault="005D2030" w:rsidP="003D5D83">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D88F2F" w14:textId="7FEC2AB5" w:rsidR="005D2030" w:rsidRDefault="005D2030" w:rsidP="00293586">
+            <w:pPr>
+              <w:ind w:hanging="13"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E629D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.45-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>µ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E629D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>m membrane filter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s (if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5281B98F" w14:textId="29A745EA" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1131F7F4" w14:textId="0D9C7D86" w:rsidR="00855C12" w:rsidRDefault="00855C12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -1123,1522 +1125,1502 @@
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="3301"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FD7F69" w14:paraId="7F69B9D3" w14:textId="77777777" w:rsidTr="00FE5525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="011790A7" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="001504FA" w14:textId="15A4B215" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00B32B92">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="00855C12" w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>admium granules</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="416CA80A" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="007755F9" w14:textId="575CDD2C" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium chloride-EDTA solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D29DF9C" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3301" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A745FAE" w14:textId="385E1A91" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Copper sulfate solution, 2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD7F69" w14:paraId="6C1BF75C" w14:textId="77777777" w:rsidTr="00FE5525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="160AC0AD" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="358E6B6A" w14:textId="19D9C052" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Color reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33BB8EAF" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D5DACDC" w14:textId="15C48D8D" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hydrochloric acid</w:t>
             </w:r>
             <w:r w:rsidR="003C2850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="008C770F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DBD533B" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00855C12">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3301" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="732EDA11" w14:textId="53BB6126" w:rsidR="00855C12" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FD7F69" w14:paraId="5393F03B" w14:textId="77777777" w:rsidTr="00FE5525">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5F67AB3F" w14:textId="77777777" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27218287" w14:textId="473DAB0C" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00FE5525">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE5525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wash solution (</w:t>
             </w:r>
             <w:r w:rsidR="00BE2A31">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>rea</w:t>
             </w:r>
             <w:r w:rsidR="00063905">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>gent water)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B994B6F" w14:textId="77777777" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52EFCBB9" w14:textId="58712458" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00CE40D1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric Acid</w:t>
             </w:r>
             <w:r w:rsidR="003C2850">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, concentrated</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54674F59" w14:textId="77777777" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3301" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5BECB1" w14:textId="47C55BE7" w:rsidR="00C17AD2" w:rsidRPr="00FD7F69" w:rsidRDefault="00C17AD2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD7F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrite solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4788404A" w14:textId="77777777" w:rsidR="00855C12" w:rsidRPr="0054425D" w:rsidRDefault="00855C12">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55B88627" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
-[...7 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10937" w:type="dxa"/>
+        <w:tblW w:w="11153" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
-        <w:gridCol w:w="5759"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="27"/>
+        <w:gridCol w:w="4896"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="450"/>
+        <w:gridCol w:w="4680"/>
+        <w:gridCol w:w="216"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="00F09EBE" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="00F09EBE" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="216" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10937" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="22FF72E4" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22FF72E4" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="00D64ACA" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3CE75DCF" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRPr="005642D0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
+          <w:p w14:paraId="3CE75DCF" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRPr="00D64ACA" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="005642D0">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D64ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1306A4E5" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="009C3D45" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005642D0">
+            <w:r w:rsidRPr="00D64ACA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="3729F987" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="3729F987" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="2"/>
-          <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A067F52" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="008352D2" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5759" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="564F2B48" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="008352D2" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008352D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>GENERAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="363C3ADE" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FAB2061" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SOP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2305F8E4" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRDefault="00157C6C" w:rsidP="00B25681">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="2731"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA2793" w:rsidRPr="00A0149B" w14:paraId="3899EC28" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00AA2793" w:rsidRPr="00A0149B" w14:paraId="3899EC28" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60567A72" w14:textId="4240A7F7" w:rsidR="00AA2793" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2793" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="590218D8" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+          <w:p w14:paraId="590218D8" w14:textId="7D3B5761" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? What is the most recent review/revision date of the SOP</w:t>
             </w:r>
             <w:r w:rsidRPr="007741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="007741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[15A NCAC 2H .0805 (a) (7)]</w:t>
+              <w:t xml:space="preserve">[15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF69A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007741AB">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="08552B50" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70A44F69" w14:textId="1A2782DB" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="008512DB" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
             <w:r w:rsidR="00AA2793" w:rsidRPr="0092257C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8773D7" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6973F351" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:noWrap/>
-[...4 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F696C9C" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C40A5F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FD6446E" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1751CFB4" w14:textId="6ED6DB84" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...65 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Verify proper method reference. During review notate deviations from the approved method and SOP. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA2793" w:rsidRPr="00A0149B" w14:paraId="10E55E41" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00AA2793" w:rsidRPr="00A0149B" w14:paraId="10E55E41" w14:textId="77777777" w:rsidTr="00581E40">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78B5CFB4" w14:textId="45787EAE" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
-          </w:tcPr>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71EE1FA1" w14:textId="1C0DBF80" w:rsidR="00AA2793" w:rsidRPr="0075586A" w:rsidRDefault="00AA2793" w:rsidP="00581E40">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...2 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0075586A">
+              <w:t xml:space="preserve">Are all </w:t>
+            </w:r>
+            <w:r w:rsidR="00471E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Are all </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00471E1B">
+              <w:t>review/</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>review/</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0075586A">
+              <w:t xml:space="preserve">revision dates and </w:t>
+            </w:r>
+            <w:r w:rsidR="00471E1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">revision dates and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00471E1B">
+              <w:t>procedura</w:t>
+            </w:r>
+            <w:r w:rsidR="005E7A0E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>procedura</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="005E7A0E">
+              <w:t>l edits</w:t>
+            </w:r>
+            <w:r w:rsidR="00471E1B" w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>l edits</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00471E1B" w:rsidRPr="0075586A">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0075586A">
+              <w:t>tracked and documented?</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>tracked and documented?</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0075586A">
+              <w:t xml:space="preserve">[15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF69A1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[15A NCAC 2H .0805 (a) (7)]</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57404B6A" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5899F8F3" w14:textId="77777777" w:rsidR="00AA2793" w:rsidRPr="00560E41" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25F05B25" w14:textId="12D764A8" w:rsidR="00AA2793" w:rsidRDefault="00AA2793" w:rsidP="00AA2793">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control and SOP documents.</w:t>
+              <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>any revisions</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> made in all quality assurance, quality control and SOP documents.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A253E" w:rsidRPr="00A0149B" w14:paraId="485F5E42" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="000A253E" w:rsidRPr="00A0149B" w14:paraId="485F5E42" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0405841D" w14:textId="3AA0ABC8" w:rsidR="000A253E" w:rsidRDefault="000A253E" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62AA0E3F" w14:textId="77777777" w:rsidR="000A253E" w:rsidRDefault="000A253E" w:rsidP="000A253E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30F16C31" w14:textId="77777777" w:rsidR="000A253E" w:rsidRPr="00560E41" w:rsidRDefault="000A253E" w:rsidP="000A253E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38D05D75" w14:textId="77777777" w:rsidR="000A253E" w:rsidRPr="00560E41" w:rsidRDefault="000A253E" w:rsidP="000A253E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C9E1A30" w14:textId="77777777" w:rsidR="000A253E" w:rsidRPr="008352D2" w:rsidRDefault="000A253E" w:rsidP="000A253E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="7144343B" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="7144343B" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DAFD402" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00B25681">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D6515E3" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00560E41" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRESERVATION and STORAGE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A05720B" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF4DBE6" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-            <w:noWrap/>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A4E079" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00560E41" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>LAB</w:t>
-[...55 lines deleted...]
-              </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A626B" w:rsidRPr="00A0149B" w14:paraId="2F6C3402" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="009A626B" w:rsidRPr="00A0149B" w14:paraId="2F6C3402" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F8E81EE" w14:textId="7BB74E38" w:rsidR="009A626B" w:rsidRPr="00A0149B" w:rsidRDefault="009A626B" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="091B5D2F" w14:textId="58BF469D" w:rsidR="009A626B" w:rsidRPr="009A626B" w:rsidRDefault="009A626B" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sample preserved with H</w:t>
             </w:r>
             <w:r w:rsidRPr="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -2671,282 +2653,282 @@
               </w:rPr>
               <w:t xml:space="preserve"> to pH &lt;2 S.U. within 15 minutes of collection?</w:t>
             </w:r>
             <w:r w:rsidRPr="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR Part 136.3, Table II and footnote 2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79D27FC1" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7C0B59" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="79D27FC1" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CC0F1B" w14:textId="77777777" w:rsidR="009A626B" w:rsidRPr="00560E41" w:rsidRDefault="009A626B" w:rsidP="009A626B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009A626B" w:rsidRPr="00A0149B" w14:paraId="77CFC479" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="009A626B" w:rsidRPr="00A0149B" w14:paraId="77CFC479" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="306C43FC" w14:textId="462FDCFE" w:rsidR="009A626B" w:rsidRPr="00A0149B" w:rsidRDefault="009A626B" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4478E3C0" w14:textId="5F3A1B9C" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sample transported and stored at ≤ 6°C without freezing? </w:t>
             </w:r>
             <w:r w:rsidRPr="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[40 CFR Part 136.3, Table II and footnote 2]</w:t>
+              <w:t xml:space="preserve">[40 CFR Part 136.3, Table II and footnote </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF69A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009A626B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC62858" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0906B1E1" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6CC62858" w14:textId="77777777" w:rsidR="009A626B" w:rsidRDefault="009A626B" w:rsidP="009A626B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E2CC98" w14:textId="77777777" w:rsidR="009A626B" w:rsidRPr="00560E41" w:rsidRDefault="009A626B" w:rsidP="009A626B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...35 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="39871C5A" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="39871C5A" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6094B710" w14:textId="7E7E1671" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...4 lines deleted...]
-            <w:pPr>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443FD5ED" w14:textId="2E25911F" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample analyzed within </w:t>
             </w:r>
             <w:r w:rsidR="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>28</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2954,751 +2936,766 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009A626B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>days</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> of collection? [40 CFR Part 136.3, Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FFEBB43" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A62F532" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...35 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="516562AB" w14:textId="2DBD33A0" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="4A1DEC91" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CB795E" w:rsidRPr="00A0149B" w14:paraId="4A1DEC91" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F57878F" w14:textId="1C3A2A86" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF82AC7" w14:textId="6D58A8BD" w:rsidR="00CB795E" w:rsidRPr="0067392B" w:rsidRDefault="00CB795E" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are date and time of sample collection documented? [15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF69A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7) (</w:t>
+            </w:r>
+            <w:r w:rsidR="006E18C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="005337E4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00747D95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>vi)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A8DE61D" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C1CDDC" w14:textId="77777777" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...93 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06035D46" w14:textId="2878BA3C" w:rsidR="00CB795E" w:rsidRPr="00A0149B" w:rsidRDefault="00CB795E" w:rsidP="00CB795E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="46E0BE26" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="46E0BE26" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B1163B6" w14:textId="11AC5B60" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="052AEF40" w14:textId="104816E3" w:rsidR="00CF0CE3" w:rsidRDefault="00C632B6" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">date of sample analysis documented? [15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF69A1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7) (F) (vii</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0CE3" w:rsidDel="00C632B6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0CE3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">] </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B290B38" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A03A2F" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...85 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DE50AEC" w14:textId="501EF371" w:rsidR="00CF0CE3" w:rsidRPr="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="6F6EF79F" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="6F6EF79F" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="238B30B3" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DD80198" w14:textId="6950B5CA" w:rsidR="00CF0CE3" w:rsidRPr="00560E41" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">PROCEDURE – </w:t>
             </w:r>
             <w:r w:rsidR="008B5864">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reduction </w:t>
             </w:r>
             <w:r w:rsidR="00E904CE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Column Preparation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52C1F165" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LAB</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75568CF9" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SOP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="146B3222" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00560E41" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E904CE" w:rsidRPr="00E904CE" w14:paraId="79BEFE88" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00E904CE" w:rsidRPr="00E904CE" w14:paraId="79BEFE88" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63992EBB" w14:textId="1D2AE553" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC4138E" w14:textId="12A19942" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00E33D11">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">reduction </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">column purchased already packed? </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72032E79" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
-[...9 lines deleted...]
-            <w:pPr>
+          <w:p w14:paraId="72032E79" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="06A299AC" w14:textId="092F2DF8" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If yes, skip to next section for Meter Calibration</w:t>
+              <w:t xml:space="preserve">If yes, skip </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> next section for Meter Calibration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26EE17E1" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1716D5A7" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="620F2302" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E904CE" w:rsidRPr="00E904CE" w14:paraId="2E170404" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00E904CE" w:rsidRPr="00E904CE" w14:paraId="2E170404" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13386D95" w14:textId="445F757C" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76D0ACF7" w14:textId="1EED2E50" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the cadmium granules </w:t>
             </w:r>
             <w:r w:rsidR="00541C47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">prepared as required </w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3743,276 +3740,259 @@
             <w:r w:rsidR="00F27EC9" w:rsidRPr="00D67F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> E- </w:t>
             </w:r>
             <w:r w:rsidR="004D2B68" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>201</w:t>
             </w:r>
-            <w:r w:rsidR="004D2B68">
-[...5 lines deleted...]
-              <w:t>6</w:t>
+            <w:r w:rsidR="003705D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidR="00F27EC9" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E8876A4" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143C559C" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AD07F4" w14:textId="52C6265A" w:rsidR="00E904CE" w:rsidRPr="00E904CE" w:rsidRDefault="00541C47" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00541C47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wash 25 g new or used 20- to 100-mesh Cd granules with 6N HCl and rinse with water. Swirl Cd with 100 mL 2% CuSO</w:t>
             </w:r>
             <w:r w:rsidRPr="00967C57">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00541C47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> solution for </w:t>
+              <w:t xml:space="preserve"> solution for 5 min or until blue color partially fades. Decant and repeat with fresh CuSO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0015720B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00541C47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...9 lines deleted...]
-              <w:t>4</w:t>
+              <w:t xml:space="preserve"> until a brown colloidal precipitate begins to develop. Gently flush with </w:t>
+            </w:r>
+            <w:r w:rsidR="00E86D4F" w:rsidRPr="00E86D4F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ammonium chloride-EDTA solution</w:t>
             </w:r>
             <w:r w:rsidRPr="00541C47">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> until a brown colloidal precipitate begins to develop. Gently flush with </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> to remove all precipitated Cu.</w:t>
             </w:r>
             <w:r w:rsidR="00F82784">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00541C47" w:rsidRPr="00E904CE" w14:paraId="70F5C3AB" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00541C47" w:rsidRPr="00E904CE" w14:paraId="70F5C3AB" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E9EF7C0" w14:textId="4233480A" w:rsidR="00541C47" w:rsidRPr="00E904CE" w:rsidRDefault="00541C47" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:pPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4393550B" w14:textId="7AE80217" w:rsidR="00541C47" w:rsidRDefault="00F27EC9" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the column prepared as required by the method? </w:t>
             </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[SM 4500 </w:t>
             </w:r>
             <w:r w:rsidR="00D673E6" w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4023,9830 +4003,13820 @@
             </w:r>
             <w:r w:rsidR="00D673E6" w:rsidRPr="00D673E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00D673E6" w:rsidRPr="00D67F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> E- </w:t>
-[...55 lines deleted...]
-              <w:t>)]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005D2030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F-2019 (3) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06326E1A" w14:textId="77777777" w:rsidR="00541C47" w:rsidRPr="00E904CE" w:rsidRDefault="00541C47" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57B68C86" w14:textId="77777777" w:rsidR="00541C47" w:rsidRPr="00E904CE" w:rsidRDefault="00541C47" w:rsidP="00E904CE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...148 lines deleted...]
-              <w:t>Cl-EDTA solution.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1139C98C" w14:textId="082602C6" w:rsidR="00541C47" w:rsidRPr="00541C47" w:rsidRDefault="005D2030" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D2030">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prepare the cadmium-reduction column according to the manufacturer’s instructions or purchase a premade cadmium-reduction column or coil from the instrument manufacturer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004330CE" w:rsidRPr="00E904CE" w14:paraId="4896C794" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00E904CE" w:rsidRPr="00A0149B" w14:paraId="5582E7D7" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="62C4B681" w14:textId="07617E34" w:rsidR="004330CE" w:rsidRPr="00E904CE" w:rsidRDefault="004330CE" w:rsidP="00B25681">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3637EE46" w14:textId="77777777" w:rsidR="00E904CE" w:rsidRPr="00A0149B" w:rsidRDefault="00E904CE" w:rsidP="00B25681">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABCC960" w14:textId="149ECCEC" w:rsidR="00E904CE" w:rsidRPr="00560E41" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PROCEDURE – </w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Instrument </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calibration</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57862876" w14:textId="241008F6" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CB26BC" w14:textId="1634959E" w:rsidR="00E904CE" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C99DB68" w14:textId="7A5C967A" w:rsidR="00E904CE" w:rsidRPr="00560E41" w:rsidRDefault="00E904CE" w:rsidP="00E904CE">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="73BCFC64" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F1E9496" w14:textId="3BA36B8B" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:r w:rsidR="00D673E6" w:rsidRPr="00D673E6">
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="274F34F5" w14:textId="74ED43B1" w:rsidR="00CF0CE3" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>instrument</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> calibrated with at least 5 non-zero standards?</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="00426F2D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00D673E6" w:rsidRPr="00D67F44">
+            <w:r w:rsidR="008437CD" w:rsidRPr="00D67F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E- 201</w:t>
+            </w:r>
+            <w:r w:rsidR="003705D0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="008437CD" w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+            <w:r w:rsidR="002756EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77BE0FAF" w14:textId="77777777" w:rsidR="00093628" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="78158190" w14:textId="77777777" w:rsidR="00093628" w:rsidRPr="00093628" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...91 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>List standard concentrations:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="021DB764" w14:textId="77777777" w:rsidR="00093628" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="302B8EF7" w14:textId="77777777" w:rsidR="00093628" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="233701DB" w14:textId="49111A52" w:rsidR="00093628" w:rsidRPr="001C10BF" w:rsidRDefault="00093628" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="104EED5A" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF4516A" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...125 lines deleted...]
-            <w:r w:rsidR="00161901">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE4206E" w14:textId="1B1BBD76" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00AE5C5E" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The m</w:t>
+            </w:r>
+            <w:r w:rsidR="005D4D77" w:rsidRPr="005D4D77">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ethod requires 5 standards, so curves prepared daily must still analyze 5 standards</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E904CE" w:rsidRPr="00A0149B" w14:paraId="5582E7D7" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00626BAF" w:rsidRPr="00A0149B" w14:paraId="0394B065" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...153 lines deleted...]
-          <w:p w14:paraId="0F1E9496" w14:textId="3BA36B8B" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="454BC0E0" w14:textId="77777777" w:rsidR="00626BAF" w:rsidRDefault="00626BAF" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0633358F" w14:textId="39808E9C" w:rsidR="00626BAF" w:rsidRDefault="00F65DA3" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F65DA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the curve is held, is it prepared every 12 months? [15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00115C98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F65DA3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7) (H) (v)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="759A5CCD" w14:textId="77777777" w:rsidR="00626BAF" w:rsidRPr="00A0149B" w:rsidRDefault="00626BAF" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE72AF8" w14:textId="77777777" w:rsidR="00626BAF" w:rsidRPr="00A0149B" w:rsidRDefault="00626BAF" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...263 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686847BB" w14:textId="77777777" w:rsidR="00626BAF" w:rsidRPr="00A0149B" w:rsidRDefault="00626BAF" w:rsidP="008437CD">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00626BAF" w:rsidRPr="00A0149B" w14:paraId="0394B065" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="15541DA4" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="454BC0E0" w14:textId="77777777" w:rsidR="00626BAF" w:rsidRDefault="00626BAF" w:rsidP="00B25681">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FA9145" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A3D105" w14:textId="2BC58B76" w:rsidR="00CF0CE3" w:rsidRPr="00560E41" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PROCEDURE – </w:t>
+            </w:r>
+            <w:r w:rsidR="00924D36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Interference</w:t>
+            </w:r>
+            <w:r w:rsidR="00E629D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B967532" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="361AEAD6" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41AFEE41" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00560E41" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="52BCB9F0" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5701D0E1" w14:textId="50D94E73" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB71955" w14:textId="15D70AA4" w:rsidR="00CF0CE3" w:rsidRPr="00F749DE" w:rsidRDefault="00924D36" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the sample filtered if turbid?</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="005A3235">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00D67F44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B25681">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidR="005A3235" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00B25681">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A53CAAA" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B92AE1B" w14:textId="77777777" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00CF0CE3">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...71 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6B274E" w14:textId="275D3628" w:rsidR="00115C98" w:rsidRDefault="00115C98" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Suspended matter may restrict sample flow in the column, so filter turbid samples (see 4500-NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00115C98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00115C98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A.1).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="185AA608" w14:textId="77777777" w:rsidR="00115C98" w:rsidRDefault="00115C98" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="052E0D31" w14:textId="0CCFBB8C" w:rsidR="00CF0CE3" w:rsidRPr="00EB59BA" w:rsidRDefault="00E629D5" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E629D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Filter turbid sample through 0.45-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>µ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E629D5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>m membrane filter. Test filters for nitrate contamination.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A67A39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (i.e., filter the reagent blank if any samples must be filtered)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w14:paraId="15541DA4" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="536F4DDD" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...165 lines deleted...]
-          <w:p w14:paraId="5701D0E1" w14:textId="50D94E73" w:rsidR="00CF0CE3" w:rsidRPr="00A0149B" w:rsidRDefault="00CF0CE3" w:rsidP="00B25681">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D35FB50" w14:textId="6423EA1D" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...37 lines deleted...]
-            <w:r w:rsidR="00602D11" w:rsidRPr="005A3235">
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AF6FEB6" w14:textId="123BB633" w:rsidR="006A2165" w:rsidRPr="00933A87" w:rsidRDefault="006A2165" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D5173C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are </w:t>
+            </w:r>
+            <w:r w:rsidR="00E72D87">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aliquots of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5173C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sample</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5173C" w:rsidDel="00014D07">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D5173C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that are treated for residual chlorine in the field brought to a neutral pH and verified to be chlorine free when received in the lab</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D673E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidR="00602D11" w:rsidRPr="00D67F44">
+            <w:r w:rsidRPr="00D67F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
+            <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00B25681">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
-            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
-[...28 lines deleted...]
-              </w:rPr>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>b</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00602D11" w:rsidRPr="00093628">
-[...37 lines deleted...]
-              <w:t>)]</w:t>
+            <w:r w:rsidRPr="00DD2782">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[NC WW/GW LCB </w:t>
+            </w:r>
+            <w:r w:rsidR="009C61C9" w:rsidRPr="009C61C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sample Collection, Preservation, Storage and Transport Requirements</w:t>
+            </w:r>
+            <w:r w:rsidR="009C61C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009C61C9" w:rsidRPr="009C61C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>for Non-Field Laboratories</w:t>
+            </w:r>
+            <w:r w:rsidR="009C61C9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD2782">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40964D01" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="611504BD" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> (i.e., filter the reagent blank if any samples must be filtered)</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E63BDA5" w14:textId="4B4CD27D" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="00826FCA">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">NC WW/GW LCB Policy: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00157C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Each chemically preserved sample must be checked for effectiveness and the results documented. Dechlorinating agents used at the time of sampling must be documented to have been effective (either by the sample collector or the receiving laboratory) by verifying a chlorine residual &lt;0.5 mg/L at a neutral pH. </w:t>
+            </w:r>
+            <w:r w:rsidR="00D92CA4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>When</w:t>
+            </w:r>
+            <w:r w:rsidR="00D92CA4" w:rsidRPr="00157C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00157C3A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>measuring chlorine concentration in an acidified sample, pour off a small portion of the sample and neutralize the pH prior to testing. Use sufficiently strong base to not dilute the sample. Discard that portion after testing.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="536F4DDD" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="48BEC2F8" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D35FB50" w14:textId="6423EA1D" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="576AA360" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:ind w:left="360" w:hanging="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310A7238" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00560E41" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>PROCEDURE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ample Analysis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78CC9EBD" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF2B50A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66182E8D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00560E41" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EXPLANATION</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="5BFEC339" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="594A8593" w14:textId="7E5A2AAB" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...59 lines deleted...]
-              <w:t>?</w:t>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF33E4F" w14:textId="0A7A8AD5" w:rsidR="006A2165" w:rsidRPr="00414BED" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the sample pH adjusted to 5-9 S.U.?</w:t>
             </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 4500 NO</w:t>
             </w:r>
             <w:r w:rsidRPr="00D673E6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00D67F44">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-201</w:t>
-[...7 lines deleted...]
-              <w:t>6</w:t>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00093628">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (</w:t>
-[...30 lines deleted...]
-              </w:rPr>
               <w:t>)]</w:t>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="40964D01" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00AA1161" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...15 lines deleted...]
-            <w:tcW w:w="3782" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17695DF4" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...25 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40461775" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="48BEC2F8" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="169391D8" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="576AA360" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+          <w:p w14:paraId="3A0536B2" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="008C0C53" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7510300A" w14:textId="4261D2C9" w:rsidR="006A2165" w:rsidRPr="00560E41" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560E41">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">QUALITY </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ASSURANCE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="090FE69F" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>LAB</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="420F2652" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SOP</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-            <w:noWrap/>
-[...2 lines deleted...]
-          <w:p w14:paraId="310A7238" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00560E41" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A3DF958" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00560E41" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>PROCEDURE</w:t>
-[...102 lines deleted...]
-              </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="5BFEC339" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="4FB86972" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="594A8593" w14:textId="7E5A2AAB" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E50D5F" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2667BF52" w14:textId="58B97470" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Has a Method Detection Limit (MDL) been established? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F281B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000E0EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D67F44">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="000E0EDD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00093628">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="002F281B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...22 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F281B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F281B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[40 CFR 136 Appendix B]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75237A7D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D1EF51C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>State MDL value here:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57AE1BFF" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="008F3D15" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D74E3F9" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="008F3D15" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008F3D15">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>State determination date here:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="423EF2F1" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FAE3F1" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B07469A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:noWrap/>
-[...47 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="712C68AB" w14:textId="185A953C" w:rsidR="006A2165" w:rsidRPr="00D20717" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00443225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>The initial MDL determination must consist of minimum of 7 spikes and 7 method blanks.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>They must be divided among 3 separate prep batch</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00443225">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>s on 3 separate days.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="169391D8" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="334F75B4" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...153 lines deleted...]
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E50D5F" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+          <w:p w14:paraId="0099C071" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="257861A1" w14:textId="661BE71A" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are at least two spikes at the same concentration as the initial MDL study analyzed in separate batches each quarter that samples are analyzed? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00156671">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[40 CFR 136 Appendix B]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16462845" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C83A8B0" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:noWrap/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EB19F5" w14:textId="577DB526" w:rsidR="006A2165" w:rsidRPr="00D20717" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Has a Method Detection Limit (MDL) been established? </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="002F281B">
+              <w:t xml:space="preserve">Must have at least two per quarter, however if additional standard at that concentration </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[SM 4500 NO</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="000E0EDD">
+              <w:t>are</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:vertAlign w:val="subscript"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> analyzed, they must be included in the ongoing recalculation of the MDL.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="2F445FFE" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B73C101" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
-                <w:sz w:val="28"/>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="002F281B">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C027EB" w14:textId="0C9B5171" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the MDL evaluated at least every 13 months and updated if required?</w:t>
+            </w:r>
+            <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="00F20743">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>A</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>[40 CFR 136 Appendix B]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C83312" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>-2016 (</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B5C0511" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...103 lines deleted...]
-            <w:tcW w:w="450" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:noWrap/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="443B3A9D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00D20717" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="37DCD257" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD3FDEE" w14:textId="23E0B3B0" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C37C9D1" w14:textId="2669431E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Has each new analyst completed an Initial Demonstration of Capability (IDC) before analyzing any samples?</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA62C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA62C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA62C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA62C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BA62C3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D7DF905" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="21C16523" w14:textId="68317C64" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009F2A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Attach a copy of each analyst’s IDC to this checklist</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1351A2BE" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DDD2140" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:noWrap/>
-[...3 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FAE5AEC" w14:textId="1A3B0272" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D20717">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>At a minimum, include 1 reagent blank and at least 4 LFBs at a concentration between 1 and 4 times the MRL (or other level specified in</w:t>
+            </w:r>
+            <w:r w:rsidR="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D20717">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the method). Run the IDC after analyzing all required calibration</w:t>
+            </w:r>
+            <w:r w:rsidR="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="350B7DF0" w14:textId="77777777" w:rsidR="00E44CD5" w:rsidRDefault="00E44CD5" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="083EA319" w14:textId="473FF414" w:rsidR="006A2165" w:rsidRPr="002757F4" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002757F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>To establish laboratory-generated accuracy and precision limits, calculate the upper and lower control limits from the mean and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002757F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">standard deviation of percent recovery for </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>≥</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002757F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>20 data points:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EE4A0A8" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002757F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Upper control limit = Mean + 3(Standard deviation) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67516000" w14:textId="3F90605D" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...15 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="002757F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...37 lines deleted...]
-              <w:t>s on 3 separate days.</w:t>
+              <w:t>Lower control limit = Mean − 3(Standard deviation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="334F75B4" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="06113DB0" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0099C071" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+          <w:p w14:paraId="795C1377" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C63A893" w14:textId="116171C0" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the correlation coefficient of the calibration curve ≥0.995? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00426F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D67F44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7647026A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5767" w:type="dxa"/>
-[...6 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="257861A1" w14:textId="661BE71A" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
-[...42 lines deleted...]
-          <w:p w14:paraId="16462845" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+          <w:p w14:paraId="1D3495BF" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="450" w:type="dxa"/>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...13 lines deleted...]
-                <w:b/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05616FF8" w14:textId="6BB92376" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-              <w:t>Must have at least two per quarter, however if additional standard at that concentration are analyzed, they must be included in the ongoing recalculation of the MDL.</w:t>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Using a calculator, electronic spreadsheet, or instrument software,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>calculate the slope, intercept, and correlation coefficient (r) or</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">coefficient of determination ( </w:t>
+            </w:r>
+            <w:r w:rsidR="006D0D7B" w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+            <w:r w:rsidR="006D0D7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>alibration curve. The</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>r value</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>must be at least 0.995 (r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004572F1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> = 0.99). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="2F445FFE" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="58DB946C" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-          <w:p w14:paraId="4B73C101" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CC67E8B" w14:textId="1C0FC40C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...11 lines deleted...]
-            <w:tcW w:w="5767" w:type="dxa"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15F19B13" w14:textId="5C94A50E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are the standard values </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>back-calculated</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with each calibration?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00426F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F2A03">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="004A4784">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70D6F60D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01AA3BE0" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...114 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC7AA42" w14:textId="4259CBE5" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Back-calculate the apparent concentrations of the standards. </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="37DCD257" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="207F4E01" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-          <w:p w14:paraId="2AD3FDEE" w14:textId="23E0B3B0" w:rsidR="006A2165" w:rsidRPr="003C20AE" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C74D09" w14:textId="62CF7DF9" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6584CB4B" w14:textId="72626044" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What are the acceptance criteria for the back-calculated standards? [SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1)] </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00426F2D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D67F44">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008437CD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D877732" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1540089C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="5767" w:type="dxa"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acceptance criteria:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="12E34A75" w14:textId="65E820D2" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="34AC2B78" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C0C6094" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:tcBorders>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="685DE78B" w14:textId="7B7EEDCC" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F527B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t xml:space="preserve">4020B: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If any recalculated values are not within the method’s acceptance criteria - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">p to twice </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>±50%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> between 3 and 5 times </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>±20%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">; or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">greater than 5 times </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MRL ±10%</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>- unless otherwise specified in the individual methods, identify the source of any outlier(s) and correct before sample quantitation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A586196" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="11E1DA45" w14:textId="1FEF17BD" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F527B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Has each new analyst completed an Initial Demonstration of Capability (IDC) before analyzing any samples?</w:t>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:t>4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F527B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-              </w:rPr>
-[...7 lines deleted...]
-                <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA62C3">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="004F527B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BA62C3">
-[...29 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="004F527B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...144 lines deleted...]
-                <w:bCs/>
+              <w:t xml:space="preserve"> A: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00243B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>For standards more than 10 times the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="002757F4">
-[...63 lines deleted...]
-              <w:t>Lower control limit = Mean − 3(Standard deviation)</w:t>
+            <w:r w:rsidRPr="00243B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MDL, the measured values must be 90% to 110% of the true values.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="003C20AE" w14:paraId="06113DB0" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6E2B05B8" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:tcBorders>
-[...9 lines deleted...]
-          <w:p w14:paraId="795C1377" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F140A5D" w14:textId="16B35D18" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...34 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C5DE0C" w14:textId="70DDC2C1" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is a second-source </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008D125C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">calibration-verification </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>standard (CVS) analyzed immediately after the calibration?</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4EDE61F5" w14:textId="5B7D8036" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0047371B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 4500 NO</w:t>
             </w:r>
-            <w:r w:rsidRPr="00426F2D">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00525365">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D67F44">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0048155F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008437CD">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="0047371B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidR="001B098F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="008437CD">
-[...27 lines deleted...]
-                <w:szCs w:val="18"/>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0047371B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)]</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EC1A16">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[15A NCAC 2H .0805 (a) (7) (H) (ii)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4460DB7B" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D0D19A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="039E1F31" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prepare a calibration-verification standard (CVS) from a stock solution separate from that used to prepare the calibration standards.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The CVS’s </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003B6C20">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="008437CD">
-[...18 lines deleted...]
-            <w:pPr>
+            <w:r w:rsidRPr="00872593">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> concentration should be 30% to 70% of the highest calibration standard; however, some QA/QC programs may</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009C6C9D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>require different concentrations. Run the CVS immediately after calibration; the result must be 90% to 110% of the expected value.</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DA9AA8A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3005EB92" w14:textId="5182454E" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA301A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-            </w:pPr>
-[...166 lines deleted...]
-              <w:t xml:space="preserve"> = 0.99). </w:t>
+              <w:t>Rule:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00650757">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Laboratories shall analyze one known second source standard to verify the accuracy of standard preparation if an initial calibration is performed and in accordance with the referenced method requirements thereafter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="58DB946C" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="74D169FD" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6CC67E8B" w14:textId="1C0FC40C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22ACFD4D" w14:textId="5117BCD0" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...39 lines deleted...]
-            <w:r w:rsidRPr="00426F2D">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54D02BAD" w14:textId="5D52A7AD" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the acceptance criterion for the second-source CVS recovery within ±10% of the true value?</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00953D39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00210C25">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="009F2A03">
+            <w:r w:rsidRPr="0048155F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="008437CD">
+            <w:r w:rsidRPr="00953D39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
-            <w:r w:rsidRPr="008437CD">
-[...80 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00953D39">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0215A8EE" w14:textId="5A87F5CB" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CED4876" w14:textId="601AC6EF" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5CDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>True value:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8B525C" w14:textId="77777777" w:rsidR="00115C98" w:rsidRPr="007E5CDA" w:rsidRDefault="00115C98" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="085F81D8" w14:textId="64D525DF" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5CDA">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acceptance criterion:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="617E3283" w14:textId="78E42E86" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4164A6A1" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D593C90" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Back-calculate the apparent concentrations of the standards. </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7375447D" w14:textId="34AEED73" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>See above</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="207F4E01" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="0838EA98" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="62C74D09" w14:textId="62CF7DF9" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="003F2E6D">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70189E20" w14:textId="3C9F94AE" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="6584CB4B" w14:textId="76CE8F9E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B7730ED" w14:textId="122B2326" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
-              <w:rPr>
-[...39 lines deleted...]
-            <w:r w:rsidRPr="008437CD">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>a standard</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the lowest reporting concentration analyzed or back </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>calculated each day</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...46 lines deleted...]
-            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>samples</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are analyzed</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>? [</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[15A NCAC 2H .0805 (a) (7)</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00115C98">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (A)]</w:t>
-[...50 lines deleted...]
-            </w:pPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="269CE551" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C161995" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...296 lines deleted...]
-              <w:t>MDL, the measured values must be 90% to 110% of the true values.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26E05C12" w14:textId="2025538B" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If the reporting limit is the same as one of the calibration standards, this will be covered by the curve back-calculation requirement</w:t>
+            </w:r>
+            <w:r w:rsidR="00F14ACF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B541F4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>calibration curve is performed daily.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6E2B05B8" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="431A3F58" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4F140A5D" w14:textId="16B35D18" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51665F43" w14:textId="4243C313" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="23C5DE0C" w14:textId="70DDC2C1" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36B62716" w14:textId="5CA70171" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a second-source </w:t>
-[...32 lines deleted...]
-                <w:spacing w:val="-2"/>
+              <w:t xml:space="preserve">What is the acceptance criterion for the lowest reporting concentration standard? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A038BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A038BE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (1)] </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001700DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 4500 NO</w:t>
             </w:r>
-            <w:r w:rsidRPr="00525365">
-[...2 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="00EE1875">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="0048155F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:spacing w:val="-2"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r w:rsidRPr="0047371B">
-[...20 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="001700DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001700DD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (3)]</w:t>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E5388A3" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="780B2617" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00F46F7B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F46F7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acceptance criterion:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F618094" w14:textId="6B13F782" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8E958B" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0BBEEE" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...65 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347798C8" w14:textId="71ABCBBA" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC1253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CC1253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="00872593">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:r w:rsidRPr="00CC1253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
-            <w:r>
-[...13 lines deleted...]
-              <w:t>N concentration should be 30% to 70% of the highest calibration standard; however, some QA/QC programs may</w:t>
+            <w:r w:rsidRPr="00CC1253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009C6C9D">
-[...7 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="00243B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>For standards more than 10 times the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...15 lines deleted...]
-              <w:t>Rule: Laboratories shall analyze one known second source standard to verify the accuracy of standard preparation if an initial calibration is performed and in accordance with the referenced method requirements thereafter.</w:t>
+            <w:r w:rsidRPr="00243B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MDL, the measured values must be 90% to 110% of the true values.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B98D84" w14:textId="1424A058" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="18CAA8E2" w14:textId="77777777" w:rsidR="00287BAD" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CC1253">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>4020B:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If less than 10 times the MDL:</w:t>
+            </w:r>
+            <w:r w:rsidR="00287BAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CA8643C" w14:textId="67E6B56B" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D449CC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For standards </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>p to twice MRL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E067EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>±50%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="74D169FD" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="483F98E5" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="22ACFD4D" w14:textId="5117BCD0" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0D0D99" w14:textId="67690077" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="54D02BAD" w14:textId="65616E01" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BCF5AA8" w14:textId="0ABD1CB9" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is the acceptance criterion for the second-source CVS recovery within ±10% of the true value?</w:t>
-[...149 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Is a Laboratory Fortified Blank (LFB) analyzed with each sample set or on a 5% basis, whichever is more frequent? </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD5C217" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F83A4C7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...53 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08553785" w14:textId="6A3DE640" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="0838EA98" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="309D7A91" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="70189E20" w14:textId="3C9F94AE" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B767D7" w14:textId="49EF4B5D" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="7B7730ED" w14:textId="1D356AFB" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7717893B" w14:textId="0310C878" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a standard at the lowest reporting concentration analyzed or back </w:t>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> (H)]</w:t>
+              <w:t>Is the LFB filtered if any samples require filtration? [SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF88C60" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="462E271A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...61 lines deleted...]
-              <w:t>the calibration standards, this will be covered by the curve back-calculation requirement.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="739EDD52" w14:textId="7E8B6DDB" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C43B7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Process the LFB through all sample preparation and analysis steps.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="431A3F58" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="66ED5AC4" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="51665F43" w14:textId="4243C313" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A4253E" w14:textId="7C2B0746" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="36B62716" w14:textId="716E196B" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C35C4DE" w14:textId="15B85F8F" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">What is the acceptance criterion for the lowest reporting concentration standard? </w:t>
-[...140 lines deleted...]
-            </w:pPr>
+              <w:t>Is Sodium thiosulfate added to the LFB if any samples must be treated for residual chlorine? [SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45CE508A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="16F49A73" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...242 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D5D8DD" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="483F98E5" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="33A0F03A" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="1C0D0D99" w14:textId="67690077" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D361202" w14:textId="19C2F621" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="7191A40B" w14:textId="1A6F820F" w:rsidR="006A2165" w:rsidRPr="007E5CDA" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53CB124C" w14:textId="57ECFFA3" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[SM 4020 B- 2014 (6)]</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="3BCF5AA8" w14:textId="7B4F3F4A" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>What is the acceptance criterion for the LFB?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [SM 4020 B- </w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2814DB62" w14:textId="77777777" w:rsidR="00FC7E9F" w:rsidRDefault="00FC7E9F" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A21A31E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="00FC7E9F" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Acceptance criterion:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="055B0FFB" w14:textId="77777777" w:rsidR="00A16967" w:rsidRDefault="00A16967" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0E5DA87A" w14:textId="6276E999" w:rsidR="00A16967" w:rsidRPr="00FC7E9F" w:rsidRDefault="00A16967" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A150A51" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54398F87" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...45 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27DBD7CB" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A0391B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evaluate the LFB for percent recovery of the added analytes by comparing results to method-specified limits, control charts, or other approved criteria.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F442089" w14:textId="1D00196B" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C7759A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If there are a mix of both filtered and unfiltered samples, you must have both a filtered and unfiltered LFB.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="309D7A91" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="49495BD5" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="264"/>
+          <w:trHeight w:val="593"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="60B767D7" w14:textId="49EF4B5D" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5210039A" w14:textId="1365F832" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="7717893B" w14:textId="23DCCB43" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B671711" w14:textId="3931B2D4" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is the LFB filtered if any samples require filtration? [SM 4020 B-2014 (6)]</w:t>
+              <w:t xml:space="preserve">Is a method blank analyzed with each </w:t>
+            </w:r>
+            <w:r w:rsidR="001259F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>sample set (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>batch</w:t>
+            </w:r>
+            <w:r w:rsidR="001259F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001259F6" w:rsidRPr="001259F6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or on a 5% basis, whichever is more frequent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>? [</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CECC523" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3253A103" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...53 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D54CD00" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="66ED5AC4" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="1C0740C6" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="78A4253E" w14:textId="7C2B0746" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D04D824" w14:textId="1937F95C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4C35C4DE" w14:textId="7A2E1071" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE4A310" w14:textId="15BF5FC9" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is Sodium thiosulfate added to the LFB if any samples must be treated for residual chlorine? [SM 4020 B-2014 (6)]</w:t>
+              <w:t>Is the method blank filtered if any samples require filtration? [SM 4020 B-20</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37506951" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E50D5D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...45 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="483E6075" w14:textId="2462643C" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BD60C7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If there is a mix of filtered and unfiltered samples, you must have both a filtered and unfiltered method blank.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="33A0F03A" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="755D31EE" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D361202" w14:textId="19C2F621" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7FA48D" w14:textId="6D224A8E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="53CB124C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED87566" w14:textId="51DBEE8C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...57 lines deleted...]
-              <w:t>Acceptance criterion:</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is Sodium thiosulfate added to the method blank if any samples must be treated for residual chlorine? [SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="611CA6C7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="233704D9" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...70 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C1C988" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="49495BD5" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="7D2D26C6" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...1 lines deleted...]
-          <w:trHeight w:val="593"/>
+          <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="5210039A" w14:textId="1365F832" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="40219EE7" w14:textId="6C895F84" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4B671711" w14:textId="25064FDA" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64D9D836" w14:textId="26AE5C36" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a method blank analyzed with each </w:t>
-[...49 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Is the acceptance criterion for the method blank ≤½ reporting limit? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>SM 4020 B- 2014 (5)]</w:t>
+              <w:t xml:space="preserve">[15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00024F85">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H) (i)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="144876B9" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFF4849" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...39 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E84F162" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="1C0740C6" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="5A4D2B97" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D04D824" w14:textId="1937F95C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="239C9AD6" w14:textId="430D33CF" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="2DE4A310" w14:textId="28DE87B6" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="489977C9" w14:textId="33F5D1CC" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is the method blank filtered if any samples require filtration? [SM 4020 B-2011 (5)]</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Is a midpoint </w:t>
+            </w:r>
+            <w:r w:rsidR="00E96440">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">continuing </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>calibration verification</w:t>
+            </w:r>
+            <w:r w:rsidDel="00E96440">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(CCV) analyzed prior to sample analysis, after every 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4DC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sample, and at the end of each sample group? [</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00115C98">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H)]</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D673E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E70C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6E9B35A6" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="052ADF79" w14:textId="19BE8B36" w:rsidR="006A2165" w:rsidRPr="00DC1E28" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>True Value</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DC1E28">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49ECCDFF" w14:textId="62878CA1" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CA789B4" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="625A7E9A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...53 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44B7CD56" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="755D31EE" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="00334F1A" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F7FA48D" w14:textId="6D224A8E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EBB7AD2" w14:textId="1693E6E2" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="4ED87566" w14:textId="65617812" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09639B4A" w14:textId="0D1849BA" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is Sodium thiosulfate added to the method blank if any samples must be treated for residual chlorine? [SM 4020 B-2014 (5)]</w:t>
+              <w:t xml:space="preserve">Is the acceptance criterion for the CCV recovery within ±10% of the true value? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006E70C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4926EC" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="D9D9D9"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A66F8B0" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...45 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5F4052" w14:textId="52E0ACB0" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If the measured NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008E1BEC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - N concentration in the CCV is not 90 to 110% of the expected value, recalibrate and rerun all samples read since the last good CCV reading.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="7D2D26C6" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="7EB156AE" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="40219EE7" w14:textId="6C895F84" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31C692CA" w14:textId="1162CE60" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="64D9D836" w14:textId="24525301" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29FA1BBD" w14:textId="7CBCC38E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is the acceptance criterion for the method blank ≤½ reporting limit? </w:t>
+              <w:t>Is a calibration blank analyzed prior to sample analysis, after every 10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB4DC1">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sample, and at the end of each sample group? [</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>[15A NCAC 2H .0805 (a) (7)</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (H) (i)]</w:t>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H)]</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200898">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B1129">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200898">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00200898">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (3)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B06D8A7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50B28B4F" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...39 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C972D4A" w14:textId="2044AAC3" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="5A4D2B97" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6349A572" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="239C9AD6" w14:textId="430D33CF" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="243AEBBF" w14:textId="69CA4FC3" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="489977C9" w14:textId="618DADEB" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0372CE90" w14:textId="60A4B602" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is a midpoint </w:t>
-[...48 lines deleted...]
-              <w:t xml:space="preserve"> sample, and at the end of each sample group? [</w:t>
+              <w:t>Is the acceptance criterion for the calibration blank ≤ ½ reporting limit? [</w:t>
             </w:r>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7)</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (H)]</w:t>
-[...142 lines deleted...]
-            </w:pPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (H) (i)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="666B2B6C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="386DC885" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...39 lines deleted...]
-            <w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66B25A93" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="00334F1A" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="301A4015" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="4EBB7AD2" w14:textId="1693E6E2" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A7378A8" w14:textId="7A6758E5" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="1EED4F7D" w14:textId="46E13111" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AE8BEDD" w14:textId="6ADC3254" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Is the acceptance criterion for the CCV recovery within ±10% of the true value? </w:t>
-[...81 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">Is a matrix spike (MS) and matrix spike duplicate (MSD) pair analyzed with each </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sample set </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(batch of 20 samples or less) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009E6D21">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>or on a 5% basis, whichever is more frequent</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>? [</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (7)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEF0B75" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56978C5A" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...81 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF0347C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="7EB156AE" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="402875AF" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="31C692CA" w14:textId="1162CE60" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D67F028" w14:textId="10432176" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="29FA1BBD" w14:textId="558753C2" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1D2633C7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...24 lines deleted...]
-            <w:r w:rsidRPr="0075586A">
+          </w:p>
+          <w:p w14:paraId="08F26754" w14:textId="77777777" w:rsidR="007B7C90" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>How is the MS/MSD prepared?</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7C90">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> [NC WW/GW LCB Matrix Spike Technical Assistance</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7C90">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-                <w:spacing w:val="-2"/>
-[...14 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Policy] [SM 4020 B-2022 (7)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A89182D" w14:textId="5672B6B7" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7CCAE25E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="127B094E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00D77900" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00D77900">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21F8D9BA" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4CAAE9B5" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07750946" w14:textId="62C57874" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF174A2" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D143926" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C681096" w14:textId="21399524" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB06E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">See </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NC WW/GW LCB “</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB06E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Matrix Spik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>ing Policy and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB06E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Technical Assistance</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB06E9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> document for volume and sample dilution requirements.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64A13CEE" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6BE15FE3" w14:textId="0408FAF1" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00476436">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SM states:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00200898">
-[...31 lines deleted...]
-                <w:spacing w:val="-2"/>
+            <w:r w:rsidRPr="00AC0503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Add a concentration that is at least 10 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> MRL, less than or equal to the midpoint of the calibration curve, or method-specified level to the selected sample(s). The analyst should use the same concentration as for LFB (4020 B.6) to allow analysts to separate</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...69 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="00AC0503">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>the matrix’s effect from laboratory performance.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001556DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Prepare LFM from the same reference source used for LFB. Make the addition such that sample background levels do not adversely affect recovery (preferably adjust LFM concentrations if the known sample is more than 5 times the background level). At a minimum, the spike must at least equal the background concentration, unless the method specifies otherwise. For example, if the sample contains the analyte of interest, then add approximately as much analyte to the LFM sample as the concentration found in the known sample.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6349A572" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="1541D565" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="243AEBBF" w14:textId="69CA4FC3" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="297FCD57" w14:textId="5D6895AE" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="0372CE90" w14:textId="306AB0CE" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E1A137" w14:textId="40C86723" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7)</w:t>
-[...1 lines deleted...]
-            <w:r>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the acceptance criterion for the accuracy </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(recovery) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the MS/MSD? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B79B2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (H) (i)]</w:t>
+              <w:t>[SM 4020 B-</w:t>
+            </w:r>
+            <w:r w:rsidR="00163956">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2022</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000B79B2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (7)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="377A28F9" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26F546A4" w14:textId="41F646AC" w:rsidR="006A2165" w:rsidRPr="00945765" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA3D8B9" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ABDEE32" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...45 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1367EED3" w14:textId="7710177D" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007800EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>SM states:</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001556DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Evaluate LFM results for percent recovery; if they are not within control limits, then take corrective action to rectify the matrix effect, use another method, use the method of standard addition, or flag the data if reported. See method for specific LFM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001556DF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>acceptance criteria until the laboratory develops statistically valid, laboratory-specific performance criteria. If the method does not provide limits, use the calculated preliminary limits from the IDC (4020 B.3). LFM control limits may be wider than for LFB or LCS, and batch acceptance generally is not contingent upon LFM results.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="301A4015" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="003C01CA" w:rsidRPr="00A0149B" w14:paraId="2EAC634D" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="6A7378A8" w14:textId="7A6758E5" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1BBBD8" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="6AE8BEDD" w14:textId="7FE83AD3" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="032599F2" w14:textId="6360395A" w:rsidR="009432C1" w:rsidRPr="002E7C10" w:rsidRDefault="009432C1" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...47 lines deleted...]
-            </w:r>
+            <w:r w:rsidRPr="002E7C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What corrective action does the laboratory take if the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>MS/MSD</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E7C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E7C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">results are outside of established control limits for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00877A99">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>accuracy</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002E7C10">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>? [15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="548F7802" w14:textId="77777777" w:rsidR="009432C1" w:rsidRPr="002E7C10" w:rsidRDefault="009432C1" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1EFBCD2E" w14:textId="77777777" w:rsidR="009432C1" w:rsidRPr="00BE2775" w:rsidRDefault="009432C1" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BE2775">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29021986" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5099EB2B" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDFA105" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRPr="00A0149B" w:rsidRDefault="003C01CA" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...41 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3112D6" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRPr="007800EF" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="402875AF" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6A0BAC96" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2D67F028" w14:textId="10432176" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F0559BB" w14:textId="0C34B74C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...14 lines deleted...]
-          <w:p w14:paraId="1D2633C7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="50844E3E" w14:textId="510153E3" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4A89182D" w14:textId="6E0A532F" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What is the acceptance criterion for the precision </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(RPD) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of the duplicates? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">[15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0075586A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (A)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5647ED2D" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...13 lines deleted...]
-          <w:p w14:paraId="7CCAE25E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6FC482C1" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="127B094E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00D77900" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B502BB4" w14:textId="27DD4C4A" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
-[...46 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA99140" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D361DA3" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...193 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="201BEACE" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="1541D565" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="003C01CA" w:rsidRPr="00A0149B" w14:paraId="6A475F23" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="297FCD57" w14:textId="5D6895AE" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD56E1B" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="55E1A137" w14:textId="12F8AB53" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B9C946" w14:textId="77777777" w:rsidR="00E546D3" w:rsidRPr="00F40B11" w:rsidRDefault="00E546D3" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F40B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">What corrective action does the laboratory take if the LFM/LFMD results are outside of established control limits for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>precision</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F40B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>?  [15A NCAC 02H .0805 (a) (7) (B)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="376B3156" w14:textId="77777777" w:rsidR="00E546D3" w:rsidRPr="00F40B11" w:rsidRDefault="00E546D3" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26507ED8" w14:textId="77777777" w:rsidR="00E546D3" w:rsidRPr="00F40B11" w:rsidRDefault="00E546D3" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F40B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="02EDFC78" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...59 lines deleted...]
-            </w:r>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EFB4854" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRDefault="003C01CA" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0912BC54" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRPr="00A0149B" w:rsidRDefault="003C01CA" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...87 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECF85A9" w14:textId="77777777" w:rsidR="003C01CA" w:rsidRPr="00A0149B" w:rsidRDefault="003C01CA" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="6A0BAC96" w14:textId="77777777" w:rsidTr="009411DF">
+      <w:tr w:rsidR="00367587" w:rsidRPr="00A0149B" w14:paraId="1E12404F" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F0559BB" w14:textId="0C34B74C" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32D70056" w14:textId="77777777" w:rsidR="00367587" w:rsidRDefault="00367587" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="50844E3E" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D34B031" w14:textId="7720A4FB" w:rsidR="00367587" w:rsidRDefault="00367587" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...51 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the stock nitrite solution standardized</w:t>
+            </w:r>
+            <w:r w:rsidR="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prior to use</w:t>
+            </w:r>
+            <w:r w:rsidR="008F270D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> if prepared in-house</w:t>
+            </w:r>
+            <w:r w:rsidR="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>? [SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidR="00147227" w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00147227" w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:spacing w:val="-2"/>
-[...16 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidR="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B-2021 (3) (e)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6958368B" w14:textId="77777777" w:rsidR="00367587" w:rsidRDefault="00367587" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78315E51" w14:textId="77777777" w:rsidR="00367587" w:rsidRPr="00A0149B" w:rsidRDefault="00367587" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...46 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18FC31E1" w14:textId="196EDE11" w:rsidR="00367587" w:rsidRPr="00A0149B" w:rsidRDefault="00147227" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Stock nitrite solution: Commercial reagent-grade NaNO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">assays at less than 99%. Because </w:t>
+            </w:r>
+            <w:r w:rsidR="00986CD5" w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidR="00986CD5" w:rsidRPr="003E66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00986CD5" w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is oxidized readily in the</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6BE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>presence of moisture, use a fresh bottle of reagent for preparing the</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>stock solution and keep bottles tightly stoppered against the free</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>access of air when not in use. To determine NaNO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> content, add a</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>known excess of standard 0.05 N KMnO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> solution (see ¶ h below),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>discharge permanganate color with a known quantity of standard</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6BE2">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>reductant, such as 0.025 M Na</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>O</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or 0.05 M Fe(NH</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(SO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E44CD5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>and back-titrate with standard permanganate solution.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="2B644D32" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="0095138A" w:rsidRPr="00A0149B" w14:paraId="144197E4" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="364EBC06" w14:textId="0500D695" w:rsidR="006A2165" w:rsidRPr="008C0C53" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07BB650E" w14:textId="77777777" w:rsidR="0095138A" w:rsidRDefault="0095138A" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="059000A2" w14:textId="2188ABDA" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C14F19" w14:textId="77777777" w:rsidR="0095138A" w:rsidRDefault="0095138A" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is at least one mid-level NO</w:t>
-[...142 lines deleted...]
-              <w:t>)]</w:t>
+              <w:t>What is the expiration date for purchased and prepared stock nitrite solutions? [NC WW/GW LCB Chemical, Reagent, Standard and Consumables Expiration Date Policy]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="771AC04F" w14:textId="77777777" w:rsidR="00C66B47" w:rsidRDefault="00C66B47" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B206F7A" w14:textId="6834019F" w:rsidR="00C66B47" w:rsidRPr="00C66B47" w:rsidRDefault="00C66B47" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C66B47">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6661674C" w14:textId="77777777" w:rsidR="0095138A" w:rsidRDefault="0095138A" w:rsidP="0095138A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C4AF7E" w14:textId="77777777" w:rsidR="0095138A" w:rsidRPr="00A0149B" w:rsidRDefault="0095138A" w:rsidP="0095138A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...240 lines deleted...]
-              <w:t>response) × 100.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEFFC6D" w14:textId="7D8C1AC3" w:rsidR="0095138A" w:rsidRDefault="0095138A" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00526955">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If the method does not specify an expiration date, chemicals, reagents and standards prepared in the laboratory for use with that method must be assigned an expiration date according to the laboratory’s policy for doing so.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27B39AEB" w14:textId="77777777" w:rsidR="0095138A" w:rsidRDefault="0095138A" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="318D494B" w14:textId="304B017D" w:rsidR="0095138A" w:rsidRPr="00147227" w:rsidRDefault="0095138A" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00526955">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monitor materials for changes in appearance or consistency. Any changes may indicate potential contamination or degradation, and therefore, the item must not be used, even if the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00526955">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>manufacturer’s</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00526955">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or laboratory’s expiration date has not been exceeded. Laboratory-assigned expiration dates may be re-evaluated based on performance and recovery data and new expiration dates assigned at that time.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="48293EDE" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="00147227" w:rsidRPr="00A0149B" w14:paraId="1E4A5779" w14:textId="77777777" w:rsidTr="00DB38DB">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="0DBB0FBA" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C27548" w14:textId="77777777" w:rsidR="00147227" w:rsidRDefault="00147227" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="1B0567CA" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1A0AEC" w14:textId="44D72FA2" w:rsidR="00147227" w:rsidRPr="00147227" w:rsidRDefault="00147227" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...30 lines deleted...]
-            <w:r w:rsidRPr="00D673E6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Are intermediate and working NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE0F06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00183AB5">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945765">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...26 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>standards prepared daily? [SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:spacing w:val="-2"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00147227">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:spacing w:val="-2"/>
-[...16 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B-2021 (3) (f) and (g)]</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1521C951" w14:textId="77777777" w:rsidR="00147227" w:rsidRDefault="00147227" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="lightGray"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C34EA23" w14:textId="77777777" w:rsidR="00147227" w:rsidRPr="00A0149B" w:rsidRDefault="00147227" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="pct10" w:color="auto" w:fill="FFFFFF"/>
-[...54 lines deleted...]
-              <w:t xml:space="preserve">The efficiency must be 90% to 110%. </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25072605" w14:textId="2063015E" w:rsidR="00147227" w:rsidRPr="0053413E" w:rsidRDefault="000721EA" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0053413E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recipes </w:t>
+            </w:r>
+            <w:r w:rsidR="0053413E" w:rsidRPr="0053413E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>are at the end of the checklist</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="22D7C364" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="2B644D32" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="293ED6BB" w14:textId="2D5DDD55" w:rsidR="006A2165" w:rsidRPr="008C0C53" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364EBC06" w14:textId="0500D695" w:rsidR="006A2165" w:rsidRPr="008C0C53" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="6AC09886" w14:textId="1463919E" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="059000A2" w14:textId="194B3716" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
-[...22 lines deleted...]
-            <w:r w:rsidRPr="00D673E6">
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is at least one mid-level NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE0F06">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00183AB5">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945765">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standard compared to a NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CE0F06">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00945765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> standard at the same concentration to verify reduction column efficiency?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> F-2016 (6)]</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[SM 4500 NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D673E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>F</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-201</w:t>
+            </w:r>
+            <w:r w:rsidR="00C16518">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00750126" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B9CE6C" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...52 lines deleted...]
-              <w:t>If not, stop and correct the problem by either following the manufacturer’s instructions or passing 6 M HCl through the column followed by rinsing with dilute ammonium chloride-EDTA solution. Prepare or, if it cannot be reactivated, purchase a new column according to 4500-NO</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="066D7A55" w14:textId="2E197455" w:rsidR="006A2165" w:rsidRPr="00DB1AB3" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Run a mid-level NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003362FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-N standard followed immediately by a NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E66D4">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00183AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-N </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00734845">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">standard of the same concentration. Calculate reduction </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>efficiency as follows:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A30C0E1" w14:textId="6EBC6DC4" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Efficiency = (NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003362FE">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
-            <w:r w:rsidRPr="005D2BE9">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> E.3 b and activate according to 4500-NO</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-N response</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ÷ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E6163">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00183AB5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:sz w:val="18"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> E.4 a.</w:t>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-N </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>response) × 100.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00671E57" w:rsidRPr="00A0149B" w14:paraId="09A9219A" w14:textId="77777777" w:rsidTr="00F540AE">
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="48293EDE" w14:textId="77777777" w:rsidTr="005D2030">
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-          <w:wAfter w:w="27" w:type="dxa"/>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="21C20B81" w14:textId="77777777" w:rsidR="00671E57" w:rsidRPr="008C0C53" w:rsidRDefault="00671E57" w:rsidP="00671E57">
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DBB0FBA" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="170"/>
                 <w:tab w:val="left" w:pos="325"/>
               </w:tabs>
-              <w:rPr>
-[...15 lines deleted...]
-          <w:p w14:paraId="2C401248" w14:textId="2FF77098" w:rsidR="00671E57" w:rsidRDefault="00671E57" w:rsidP="00671E57">
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0567CA" w14:textId="07CF81B5" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:ind w:right="36"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
-[...18 lines deleted...]
-            <w:r w:rsidRPr="005B7899">
+              <w:t>What is the acceptance criterion for reduction efficiency?</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>15A NCAC 2H .0805 (a) (7) (</w:t>
+              <w:t xml:space="preserve"> [SM 4500 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D673E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>B</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="005B7899">
+              <w:t xml:space="preserve"> F</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67786560" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A6F38A7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00945765">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Answer:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C56FFD3" w14:textId="7F967764" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="pct10" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A136C5" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13BED360" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABFB902" w14:textId="0032511C" w:rsidR="006A2165" w:rsidRPr="004171E5" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DB1AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The efficiency must be 90% to 110%. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006A2165" w:rsidRPr="00A0149B" w14:paraId="22D7C364" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="293ED6BB" w14:textId="2D5DDD55" w:rsidR="006A2165" w:rsidRPr="008C0C53" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC09886" w14:textId="0F78BC07" w:rsidR="006A2165" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are Cu-Cd granules reactivated if the reduction efficiency falls below 90%? [SM 4500 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00093628">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00D673E6">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> F</w:t>
+            </w:r>
+            <w:r w:rsidR="00A955EF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>-2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (6)]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="79A84FA7" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4904A6FD" w14:textId="77777777" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="006A2165">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52871259" w14:textId="4C1FFD9D" w:rsidR="006A2165" w:rsidRPr="00A0149B" w:rsidRDefault="006A2165" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D2BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>If not, stop and correct the problem by either following the manufacturer’s instructions or passing 6 M HCl through the column followed by rinsing with dilute ammonium chloride-EDTA solution. Prepare or, if it cannot be reactivated, purchase a new column according to 4500-NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D2BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E.3 b and activate according to 4500-NO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00183AB5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:vertAlign w:val="subscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D2BE9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E.4 a.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00671E57" w:rsidRPr="00A0149B" w14:paraId="09A9219A" w14:textId="77777777" w:rsidTr="005D2030">
+        <w:trPr>
+          <w:trHeight w:val="264"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="461" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C20B81" w14:textId="77777777" w:rsidR="00671E57" w:rsidRPr="008C0C53" w:rsidRDefault="00671E57" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="3"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="170"/>
+                <w:tab w:val="left" w:pos="325"/>
+              </w:tabs>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C401248" w14:textId="0209B512" w:rsidR="00671E57" w:rsidRDefault="00671E57" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:suppressAutoHyphens/>
+              <w:ind w:right="36"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B7899">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">15A NCAC </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77C36">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B7899">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>2H .0805 (a) (7) (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005B7899">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="310A1366" w14:textId="77777777" w:rsidR="00671E57" w:rsidRPr="00A0149B" w:rsidRDefault="00671E57" w:rsidP="00671E57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A96EF38" w14:textId="77777777" w:rsidR="00671E57" w:rsidRPr="00A0149B" w:rsidRDefault="00671E57" w:rsidP="00671E57">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4896" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...77 lines deleted...]
-              <w:t>If data qualifiers are used to qualify samples not meeting QC requirements, the data may not be useable for the intended purposes. It is the responsibility of the laboratory to provide the client or end-user of the data with sufficient information to determine the usability of the qualified data.</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B6415E7" w14:textId="732FD849" w:rsidR="00671E57" w:rsidRPr="005D2BE9" w:rsidRDefault="00C66B47" w:rsidP="004F2EEF">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F40B11">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Reported data associated with quality control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="420C6238" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7020C6B9" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="4B4B7E04" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A0149B">
-[...13 lines deleted...]
-        <w:t xml:space="preserve">ditional Comments: </w:t>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Stock nitrite solution: Commercial reagent-grade NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> assays at less than 99%, Because NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is oxidized readily in the presence of moisture, use a fresh bottle of reagent for preparing the stock solution and keep bottles tightly stoppered against the free access of air when not in use. To determine NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> content, add a known excess of standard 0.05N KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution, discharge permanganate color with a known quantity of standard reductant such as 0.025M Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 0.05M Fe(NH</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>•6H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O, and back-titrate with standard permanganate solution.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347492E1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="2A2E3C97" w14:textId="570C32B3" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Preparation of stock solution – Dissolve 1.232 g NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in water and dilute t</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1000 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= 250 µg N. Preserve with 1 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>CHCl</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (chloroform).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD73E3A" w14:textId="159AE16C" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Standardization of stock nitrite solution – Pipet, in order, 50.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>standard 0.05N KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 5 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>conc H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, and 50.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>stock NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution into a glass-stoppered flask or bottle. Submerge pipet tip well below surface of permanganate-acid solution while adding stock NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution. Shake gently and warm to 70 to 80°C on a hot plate. Discharge permanganate color by adding sufficient </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>10-</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>portions of standard 0.025M Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Titrate excess Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> with 0.05N KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to the faint pink end point. Carry a water blank through the entire procedure and make the necessary corrections in the final calculation as shown in the equation below. NOTE: If ferrous ammonium sulfate solution is substituted for Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>, omit heating and extend reaction period between KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Fe</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>2+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to 5 min before making final KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> titration. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E7B1AF3" w14:textId="7CD196FD" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="450" w:hanging="450"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Calculate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-N</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> content of stock solution by the following equation:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C5BAFD" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="0053413E">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="720" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A = </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>[(B x C) – (D x E)] x 7</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A3462B" w14:textId="0365E792" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0053413E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0053413E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   F</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C79352" w14:textId="3C90FBD7" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="540"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Where:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>A = mg NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -N/</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>in stock NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="086B975F" w14:textId="6E0F1549" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">B = total </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>standard KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> used.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="229ABE2D" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>C = normality of standard KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257E93B3" w14:textId="7CD585BB" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">D </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> total mL standard reductant added.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03F4FB38" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">E = normality of standard reductant, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="685647DE" w14:textId="1ACE6191" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>F = m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> stock NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution taken for titration.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="510FF626" w14:textId="33E01F8E" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00D1188F">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="900"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Each 1.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="004D3C4A" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>0.05N KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> consumed by the NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution corresponds to 1725 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>µg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> NaNO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or 350 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>µg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-N</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C62FC39" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C73108B" w14:textId="54519D39" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Intermediate nitrite solution: Calculate the volume, G of stock NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution required for the intermediate NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution from G = 12.5/A. Dilute the volume G (approximately 50 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) to 250 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with water; 1.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= 50.0 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>µg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N. Prepare daily.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="554E6575" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B9725DA" w14:textId="3BF25C87" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Standard nitrite solution: Dilute 10.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>intermediate NO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> solution to 1000 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">with water; 1.00 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= 0.500 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>µg</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> N. Prepare daily.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3093E8B3" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3552DFF6" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Standard potassium permanganate titrant, 0.05N: Dissolve 1.6 g KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in 1 L distilled water. Keep in a brown glass-stoppered bottle and age for at least 1 week. Carefully decant or pipet </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>supernate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> without stirring up any sediment. Standardize this solution frequently by </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>the following</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> procedure:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BA34DAF" w14:textId="37907082" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Weigh to the nearest 0.1 mg several 100- to 200-mg samples of anhydrous Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> into 400-</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>beakers</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. To each beaker, in turn, add 100 </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">distilled water and stir to dissolve. Add 10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00733B28" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1 + 1 H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and heat rapidly to 90 to 95°C. Titrate rapidly with permanganate solution to be standardized, while stirring, to a slight pink end-point color that persists for at least 1 min. Do not let temperature fall below 85°C. If necessary, warm beaker contents during titration; 100 mg will consume about 6 </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>solution. Run</w:t>
+      </w:r>
+      <w:r w:rsidR="00637B0D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>a blank on distilled water and H</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>SO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E80B5D" w14:textId="67F0476B" w:rsidR="00E220C2" w:rsidRPr="00D1188F" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Normality of KMnO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001B0914">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   g Na</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+          <w:vertAlign w:val="subscript"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidR="00D1188F" w:rsidRPr="00D1188F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B08D1FE" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">   (A – B) x 0.067</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C6CC3A2" w14:textId="6A135CB8" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Where: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">A = </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">titrant for sample, and </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4399E6D5" w14:textId="5AFF1DA0" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">B </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>=</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77" w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">titrant for blank. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02395013" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRPr="00E220C2" w:rsidRDefault="00E220C2" w:rsidP="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E220C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Average the results of several titrations.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB7AD4E" w14:textId="77777777" w:rsidR="00E220C2" w:rsidRDefault="00E220C2">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7020C6B9" w14:textId="7F6CF1CD" w:rsidR="00C37462" w:rsidRDefault="00C37462" w:rsidP="001B0914">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8227"/>
+        </w:tabs>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A0149B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Ad</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ditional Comments: </w:t>
+      </w:r>
+      <w:r w:rsidR="007E0B77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347492E1" w14:textId="2EB3C571" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4D621AFC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="4D621AFC" w14:textId="3BB25AC1" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="47B20785" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="47B20785" w14:textId="5F8F2C5F" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="13D74838" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="13D74838" w14:textId="079F3DEF" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="44FA4A16" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="55B8E495" w14:textId="77777777" w:rsidR="00EF6646" w:rsidRDefault="00EF6646" w:rsidP="00EF6646">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E174B60" w14:textId="77777777" w:rsidR="00EF6646" w:rsidRDefault="00EF6646" w:rsidP="00EF6646">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427EFC9D" w14:textId="77777777" w:rsidR="00EF6646" w:rsidRDefault="00EF6646" w:rsidP="00EF6646">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44020388" w14:textId="77777777" w:rsidR="002F5522" w:rsidRDefault="002F5522" w:rsidP="002F5522">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0650EE8F" w14:textId="77777777" w:rsidR="002F5522" w:rsidRDefault="002F5522" w:rsidP="002F5522">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0BBDDF" w14:textId="77777777" w:rsidR="002F5522" w:rsidRDefault="002F5522" w:rsidP="002F5522">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C683A1" w14:textId="77777777" w:rsidR="00EF6646" w:rsidRDefault="00EF6646" w:rsidP="00EF6646">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44FA4A16" w14:textId="3C1E6EA4" w:rsidR="00C37462" w:rsidRDefault="00C37462">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F027F70" w14:textId="4093E45A" w:rsidR="00107677" w:rsidRDefault="00107677" w:rsidP="00107677">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>___________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F9D9BDB" w14:textId="5B0E2545" w:rsidR="00107677" w:rsidRDefault="00107677" w:rsidP="00107677">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50F8FB3E" w14:textId="77777777" w:rsidR="00560E41" w:rsidRDefault="00560E41">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7ACB5DC6" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidRDefault="00C37462">
+    <w:p w14:paraId="7ACB5DC6" w14:textId="6F0848DD" w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nspector: ______________________________________________________</w:t>
       </w:r>
       <w:r>
@@ -13877,321 +17847,331 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00107677">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="00A67A39">
-      <w:headerReference w:type="even" r:id="rId11"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1B02F27B" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B">
+    <w:p w14:paraId="3040A3B3" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03B05AD9" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B">
+    <w:p w14:paraId="11C9A942" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6DF5736C" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B"/>
+    <w:p w14:paraId="3DF17324" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3E021943" w14:textId="40DE752B" w:rsidR="00026092" w:rsidRPr="004E0CAB" w:rsidRDefault="00EA3E48">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="718FEAB7" w14:textId="33039E9A" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48" w:rsidP="00107677">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
-      <w:rPr>
-[...3 lines deleted...]
-      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:r w:rsidR="00F05389">
+    <w:r w:rsidR="00107677">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1/20/2022</w:t>
+      <w:t>11/19/2025</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7712532A" w14:textId="0416A485" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7712532A" w14:textId="67F9EEE0" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="003831C0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>1/20/2022</w:t>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="004F527B">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>1/19/2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6CC253BA" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B">
+    <w:p w14:paraId="58AEB957" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4DE2F63C" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B">
+    <w:p w14:paraId="7304132F" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7011C86B" w14:textId="77777777" w:rsidR="00A5050B" w:rsidRDefault="00A5050B"/>
+    <w:p w14:paraId="68D6988E" w14:textId="77777777" w:rsidR="003319A8" w:rsidRDefault="003319A8"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0A0D160F" w14:textId="146D68CD" w:rsidR="001F1B53" w:rsidRDefault="001F1B53">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="53399F3E" w14:textId="02299E25" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00256B96" w:rsidP="00115C98">
     <w:pPr>
       <w:pStyle w:val="Header"/>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4320"/>
+        <w:tab w:val="clear" w:pos="8640"/>
+        <w:tab w:val="right" w:pos="11160"/>
+      </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00256B96">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Nitrate</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00256B96">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>+</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00256B96">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Nitrite: SM 4500 NO3- F-2016</w:t>
+      <w:t>Nitrite: SM 4500 NO</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="005D2030">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:vertAlign w:val="subscript"/>
+      </w:rPr>
+      <w:t>3</w:t>
+    </w:r>
+    <w:r w:rsidRPr="005D2030">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:vertAlign w:val="superscript"/>
+      </w:rPr>
+      <w:t>-</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00256B96">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t xml:space="preserve"> F</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00A955EF">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>-2019</w:t>
     </w:r>
-    <w:r>
-[...7 lines deleted...]
-    <w:r>
+    <w:r w:rsidR="00115C98">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
@@ -14208,62 +18188,70 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00664CCC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="754EA53E" w14:textId="201D059F" w:rsidR="001F1B53" w:rsidRDefault="001F1B53">
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6DFFC921" w14:textId="77777777" w:rsidR="00F04CA0" w:rsidRDefault="00F04CA0" w:rsidP="00F04CA0">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:jc w:val="center"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>NC DEQ/DWR WASTEWATER/GROUNDWATER LABORATORY CERTIFICATION BRANCH</w:t>
+    </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14528,742 +18516,878 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="637152774">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="320741375">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1619334539">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1125780938">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="110"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="0000034C"/>
     <w:rsid w:val="000114E4"/>
     <w:rsid w:val="00012A35"/>
     <w:rsid w:val="00014D07"/>
     <w:rsid w:val="0002062A"/>
     <w:rsid w:val="00023B66"/>
+    <w:rsid w:val="00024F85"/>
     <w:rsid w:val="00026092"/>
     <w:rsid w:val="0002675B"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="000447AD"/>
     <w:rsid w:val="000513D5"/>
     <w:rsid w:val="00053ABA"/>
+    <w:rsid w:val="000544BA"/>
     <w:rsid w:val="00063905"/>
+    <w:rsid w:val="000721EA"/>
     <w:rsid w:val="000731C2"/>
     <w:rsid w:val="00074085"/>
     <w:rsid w:val="00074FD6"/>
     <w:rsid w:val="00074FF1"/>
     <w:rsid w:val="00075DB8"/>
+    <w:rsid w:val="00076164"/>
     <w:rsid w:val="00084F9B"/>
+    <w:rsid w:val="000911AD"/>
     <w:rsid w:val="00093628"/>
     <w:rsid w:val="00093F1A"/>
+    <w:rsid w:val="000A04D0"/>
     <w:rsid w:val="000A20D5"/>
     <w:rsid w:val="000A253E"/>
     <w:rsid w:val="000A4550"/>
     <w:rsid w:val="000A7235"/>
     <w:rsid w:val="000B1EFA"/>
     <w:rsid w:val="000B3220"/>
     <w:rsid w:val="000B79B2"/>
+    <w:rsid w:val="000D1070"/>
     <w:rsid w:val="000E0DFC"/>
+    <w:rsid w:val="000E3DDA"/>
     <w:rsid w:val="000F3A43"/>
     <w:rsid w:val="00100C63"/>
     <w:rsid w:val="001069DE"/>
+    <w:rsid w:val="00107677"/>
     <w:rsid w:val="00112054"/>
+    <w:rsid w:val="00115C98"/>
     <w:rsid w:val="001176FA"/>
+    <w:rsid w:val="00122C3C"/>
     <w:rsid w:val="001259F6"/>
     <w:rsid w:val="00132AEF"/>
     <w:rsid w:val="0013659C"/>
     <w:rsid w:val="00136DC2"/>
+    <w:rsid w:val="00137252"/>
     <w:rsid w:val="0014058F"/>
     <w:rsid w:val="0014132B"/>
     <w:rsid w:val="00141CBF"/>
+    <w:rsid w:val="00147227"/>
     <w:rsid w:val="00147E1F"/>
     <w:rsid w:val="00150267"/>
     <w:rsid w:val="00155D01"/>
     <w:rsid w:val="0015720B"/>
     <w:rsid w:val="00157C6C"/>
     <w:rsid w:val="0016185E"/>
     <w:rsid w:val="00161901"/>
     <w:rsid w:val="00162E97"/>
+    <w:rsid w:val="00163956"/>
+    <w:rsid w:val="001678DF"/>
     <w:rsid w:val="001700DD"/>
+    <w:rsid w:val="00170790"/>
     <w:rsid w:val="00183AB5"/>
     <w:rsid w:val="00186288"/>
     <w:rsid w:val="00186491"/>
     <w:rsid w:val="00186831"/>
     <w:rsid w:val="001920D1"/>
     <w:rsid w:val="001A119C"/>
     <w:rsid w:val="001A6822"/>
+    <w:rsid w:val="001B0914"/>
+    <w:rsid w:val="001B098F"/>
     <w:rsid w:val="001B1129"/>
     <w:rsid w:val="001B2604"/>
     <w:rsid w:val="001B6CAD"/>
     <w:rsid w:val="001D0D3E"/>
+    <w:rsid w:val="001D5884"/>
+    <w:rsid w:val="001E0C92"/>
     <w:rsid w:val="001E39EF"/>
     <w:rsid w:val="001E6F37"/>
     <w:rsid w:val="001F1B53"/>
     <w:rsid w:val="001F371A"/>
     <w:rsid w:val="00200898"/>
+    <w:rsid w:val="00205ED9"/>
     <w:rsid w:val="00210C25"/>
     <w:rsid w:val="0021138F"/>
+    <w:rsid w:val="0021285A"/>
     <w:rsid w:val="00222F26"/>
     <w:rsid w:val="00232D48"/>
     <w:rsid w:val="00237D83"/>
     <w:rsid w:val="0024372B"/>
     <w:rsid w:val="00243B11"/>
     <w:rsid w:val="00244850"/>
+    <w:rsid w:val="00245261"/>
     <w:rsid w:val="00246544"/>
     <w:rsid w:val="0025645E"/>
     <w:rsid w:val="00256B96"/>
     <w:rsid w:val="00273846"/>
+    <w:rsid w:val="002756EF"/>
     <w:rsid w:val="002757F4"/>
     <w:rsid w:val="002837D5"/>
+    <w:rsid w:val="00287BAD"/>
     <w:rsid w:val="00291F36"/>
     <w:rsid w:val="00293586"/>
+    <w:rsid w:val="00294073"/>
     <w:rsid w:val="00297CE1"/>
+    <w:rsid w:val="002A0CE0"/>
+    <w:rsid w:val="002B29A8"/>
     <w:rsid w:val="002C65D1"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002E423C"/>
     <w:rsid w:val="002E5801"/>
+    <w:rsid w:val="002F5522"/>
     <w:rsid w:val="00301BF0"/>
     <w:rsid w:val="00312389"/>
     <w:rsid w:val="00315F19"/>
     <w:rsid w:val="0032181C"/>
     <w:rsid w:val="003221CA"/>
     <w:rsid w:val="00327A2C"/>
+    <w:rsid w:val="003319A8"/>
     <w:rsid w:val="0033582C"/>
     <w:rsid w:val="003362FE"/>
     <w:rsid w:val="0034015B"/>
     <w:rsid w:val="00340D2B"/>
     <w:rsid w:val="00341871"/>
     <w:rsid w:val="00341DFC"/>
     <w:rsid w:val="00350B6F"/>
     <w:rsid w:val="0036717A"/>
+    <w:rsid w:val="00367587"/>
+    <w:rsid w:val="003705D0"/>
+    <w:rsid w:val="00370B20"/>
     <w:rsid w:val="003732AC"/>
+    <w:rsid w:val="00375726"/>
     <w:rsid w:val="003831C0"/>
+    <w:rsid w:val="003860B7"/>
+    <w:rsid w:val="00397637"/>
     <w:rsid w:val="003A0766"/>
     <w:rsid w:val="003A3820"/>
     <w:rsid w:val="003A6991"/>
     <w:rsid w:val="003B37D4"/>
     <w:rsid w:val="003B6C20"/>
     <w:rsid w:val="003B73C7"/>
+    <w:rsid w:val="003C01CA"/>
     <w:rsid w:val="003C20AE"/>
     <w:rsid w:val="003C2850"/>
     <w:rsid w:val="003C3B8E"/>
     <w:rsid w:val="003D2E23"/>
+    <w:rsid w:val="003D4255"/>
     <w:rsid w:val="003D52A8"/>
     <w:rsid w:val="003D5D83"/>
+    <w:rsid w:val="003D72AF"/>
+    <w:rsid w:val="003E1386"/>
     <w:rsid w:val="003E4B78"/>
     <w:rsid w:val="003E66D4"/>
+    <w:rsid w:val="003F12D1"/>
     <w:rsid w:val="003F2D47"/>
     <w:rsid w:val="003F2E6D"/>
     <w:rsid w:val="003F63A0"/>
     <w:rsid w:val="003F70E6"/>
+    <w:rsid w:val="00400DAF"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="004171E5"/>
     <w:rsid w:val="00420616"/>
+    <w:rsid w:val="00426EF0"/>
     <w:rsid w:val="00426F2D"/>
     <w:rsid w:val="004330CE"/>
     <w:rsid w:val="004371C9"/>
     <w:rsid w:val="00447F89"/>
     <w:rsid w:val="00450CCF"/>
     <w:rsid w:val="00452208"/>
     <w:rsid w:val="00454AD9"/>
     <w:rsid w:val="004572F1"/>
     <w:rsid w:val="00457474"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="004607E2"/>
+    <w:rsid w:val="0046464E"/>
     <w:rsid w:val="00464694"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="004711BE"/>
     <w:rsid w:val="00471E1B"/>
     <w:rsid w:val="00472062"/>
     <w:rsid w:val="0047371B"/>
     <w:rsid w:val="00474D8A"/>
+    <w:rsid w:val="00476356"/>
     <w:rsid w:val="0048155F"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00484F53"/>
     <w:rsid w:val="004911B1"/>
     <w:rsid w:val="00496E4F"/>
     <w:rsid w:val="004A277E"/>
+    <w:rsid w:val="004A4784"/>
     <w:rsid w:val="004B40E0"/>
     <w:rsid w:val="004C7E2D"/>
     <w:rsid w:val="004D2B68"/>
+    <w:rsid w:val="004D3C4A"/>
+    <w:rsid w:val="004F2EEF"/>
     <w:rsid w:val="004F34E7"/>
+    <w:rsid w:val="004F527B"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="004F6ABC"/>
     <w:rsid w:val="0050161B"/>
     <w:rsid w:val="00501ED7"/>
     <w:rsid w:val="005149DC"/>
     <w:rsid w:val="00514FBE"/>
     <w:rsid w:val="00515617"/>
+    <w:rsid w:val="005171EB"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00525365"/>
     <w:rsid w:val="00525F44"/>
     <w:rsid w:val="005314D3"/>
     <w:rsid w:val="005337E4"/>
+    <w:rsid w:val="005340FF"/>
+    <w:rsid w:val="0053413E"/>
     <w:rsid w:val="005403E7"/>
     <w:rsid w:val="00541C47"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00546AA7"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00550D35"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00554C5B"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00562136"/>
     <w:rsid w:val="005642C5"/>
     <w:rsid w:val="005642D0"/>
     <w:rsid w:val="0057042F"/>
     <w:rsid w:val="00571D96"/>
     <w:rsid w:val="00577A66"/>
+    <w:rsid w:val="00581E40"/>
     <w:rsid w:val="00582749"/>
     <w:rsid w:val="0058450D"/>
+    <w:rsid w:val="00585744"/>
+    <w:rsid w:val="005924B0"/>
     <w:rsid w:val="005A0FE2"/>
     <w:rsid w:val="005A125B"/>
     <w:rsid w:val="005A3235"/>
     <w:rsid w:val="005A4F5E"/>
+    <w:rsid w:val="005A656A"/>
+    <w:rsid w:val="005A6A4A"/>
     <w:rsid w:val="005B3E0C"/>
     <w:rsid w:val="005C5C5E"/>
+    <w:rsid w:val="005D2030"/>
+    <w:rsid w:val="005D249E"/>
     <w:rsid w:val="005D2BE9"/>
     <w:rsid w:val="005D4D3E"/>
     <w:rsid w:val="005D4D77"/>
     <w:rsid w:val="005E2DBE"/>
     <w:rsid w:val="005E7A0E"/>
     <w:rsid w:val="005F0F0C"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="005F63BA"/>
+    <w:rsid w:val="006010E2"/>
+    <w:rsid w:val="00602C3A"/>
     <w:rsid w:val="00602D11"/>
     <w:rsid w:val="00605D96"/>
     <w:rsid w:val="00611002"/>
     <w:rsid w:val="0061165F"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="00626BAF"/>
     <w:rsid w:val="0063549B"/>
+    <w:rsid w:val="00637B0D"/>
     <w:rsid w:val="00641A76"/>
     <w:rsid w:val="00641EE1"/>
     <w:rsid w:val="006432A8"/>
     <w:rsid w:val="00650757"/>
     <w:rsid w:val="00651E40"/>
+    <w:rsid w:val="00654E93"/>
     <w:rsid w:val="006553F6"/>
     <w:rsid w:val="00656EFE"/>
+    <w:rsid w:val="00662FCA"/>
     <w:rsid w:val="00664CCC"/>
+    <w:rsid w:val="006702DE"/>
     <w:rsid w:val="00671E57"/>
     <w:rsid w:val="00673821"/>
     <w:rsid w:val="006859C6"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="006A045B"/>
     <w:rsid w:val="006A11D1"/>
     <w:rsid w:val="006A2165"/>
     <w:rsid w:val="006A7AF7"/>
     <w:rsid w:val="006B1D33"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006B6A88"/>
     <w:rsid w:val="006C1B04"/>
     <w:rsid w:val="006C2935"/>
     <w:rsid w:val="006C5BAE"/>
     <w:rsid w:val="006D0D7B"/>
     <w:rsid w:val="006D1FB3"/>
     <w:rsid w:val="006D392C"/>
+    <w:rsid w:val="006D4828"/>
     <w:rsid w:val="006E18C9"/>
+    <w:rsid w:val="006E4546"/>
     <w:rsid w:val="006E70C4"/>
     <w:rsid w:val="006E7228"/>
     <w:rsid w:val="006E780D"/>
     <w:rsid w:val="006F227F"/>
     <w:rsid w:val="006F417B"/>
     <w:rsid w:val="0070114C"/>
     <w:rsid w:val="007038E6"/>
+    <w:rsid w:val="00705A88"/>
     <w:rsid w:val="00711232"/>
+    <w:rsid w:val="00733B28"/>
     <w:rsid w:val="00734845"/>
     <w:rsid w:val="0074355D"/>
+    <w:rsid w:val="00744830"/>
     <w:rsid w:val="00745694"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="00747D95"/>
     <w:rsid w:val="00757CF5"/>
     <w:rsid w:val="0076527E"/>
+    <w:rsid w:val="00765697"/>
     <w:rsid w:val="007657DC"/>
     <w:rsid w:val="00775274"/>
     <w:rsid w:val="0077637E"/>
+    <w:rsid w:val="00782979"/>
     <w:rsid w:val="00784B26"/>
+    <w:rsid w:val="007877CC"/>
+    <w:rsid w:val="00787EF5"/>
     <w:rsid w:val="00790435"/>
     <w:rsid w:val="00793819"/>
     <w:rsid w:val="007A104E"/>
     <w:rsid w:val="007A2C18"/>
     <w:rsid w:val="007A326C"/>
     <w:rsid w:val="007B0B47"/>
     <w:rsid w:val="007B6000"/>
     <w:rsid w:val="007B7BC8"/>
+    <w:rsid w:val="007B7C90"/>
     <w:rsid w:val="007C07B1"/>
     <w:rsid w:val="007C1DDC"/>
     <w:rsid w:val="007C54BD"/>
+    <w:rsid w:val="007C6BE2"/>
     <w:rsid w:val="007D2945"/>
     <w:rsid w:val="007D3347"/>
     <w:rsid w:val="007D5119"/>
     <w:rsid w:val="007D7F5A"/>
+    <w:rsid w:val="007E0B77"/>
     <w:rsid w:val="007E5CDA"/>
     <w:rsid w:val="007E5F97"/>
     <w:rsid w:val="007E640B"/>
+    <w:rsid w:val="007F497E"/>
     <w:rsid w:val="007F5661"/>
     <w:rsid w:val="007F75CF"/>
     <w:rsid w:val="00812E47"/>
     <w:rsid w:val="00815296"/>
     <w:rsid w:val="00816873"/>
+    <w:rsid w:val="00820054"/>
     <w:rsid w:val="00825391"/>
+    <w:rsid w:val="00826B4A"/>
+    <w:rsid w:val="00826FCA"/>
     <w:rsid w:val="008338A3"/>
     <w:rsid w:val="008352D2"/>
     <w:rsid w:val="008437CD"/>
+    <w:rsid w:val="00850765"/>
     <w:rsid w:val="008512DB"/>
     <w:rsid w:val="00855C12"/>
     <w:rsid w:val="00860879"/>
     <w:rsid w:val="00864EFA"/>
     <w:rsid w:val="008719E3"/>
     <w:rsid w:val="00872593"/>
     <w:rsid w:val="0087291B"/>
     <w:rsid w:val="00875A22"/>
     <w:rsid w:val="00876633"/>
     <w:rsid w:val="00880E6D"/>
     <w:rsid w:val="00882F84"/>
     <w:rsid w:val="00892932"/>
     <w:rsid w:val="00892FC3"/>
     <w:rsid w:val="008933AF"/>
     <w:rsid w:val="008947B3"/>
     <w:rsid w:val="008954F5"/>
     <w:rsid w:val="008962DA"/>
     <w:rsid w:val="00897615"/>
     <w:rsid w:val="008A227B"/>
     <w:rsid w:val="008A3815"/>
     <w:rsid w:val="008B040A"/>
     <w:rsid w:val="008B5864"/>
+    <w:rsid w:val="008B7558"/>
     <w:rsid w:val="008B7F1D"/>
     <w:rsid w:val="008C4F10"/>
     <w:rsid w:val="008C5BB1"/>
     <w:rsid w:val="008C6E28"/>
     <w:rsid w:val="008C770F"/>
     <w:rsid w:val="008D125C"/>
+    <w:rsid w:val="008D1C43"/>
     <w:rsid w:val="008D38C2"/>
     <w:rsid w:val="008D6F8A"/>
     <w:rsid w:val="008D7AB9"/>
     <w:rsid w:val="008E1BEC"/>
+    <w:rsid w:val="008E6618"/>
     <w:rsid w:val="008E6686"/>
     <w:rsid w:val="008E7C96"/>
     <w:rsid w:val="008F2549"/>
+    <w:rsid w:val="008F270D"/>
     <w:rsid w:val="008F42CC"/>
     <w:rsid w:val="008F5EF6"/>
     <w:rsid w:val="008F6F4C"/>
     <w:rsid w:val="008F7915"/>
     <w:rsid w:val="0090061C"/>
     <w:rsid w:val="009025DE"/>
     <w:rsid w:val="00903D90"/>
+    <w:rsid w:val="0091004E"/>
+    <w:rsid w:val="00914796"/>
     <w:rsid w:val="00914966"/>
     <w:rsid w:val="009151FA"/>
     <w:rsid w:val="00916A55"/>
     <w:rsid w:val="009243FE"/>
     <w:rsid w:val="00924D36"/>
     <w:rsid w:val="00925F9A"/>
     <w:rsid w:val="009313BA"/>
     <w:rsid w:val="009352DF"/>
+    <w:rsid w:val="00935DC6"/>
     <w:rsid w:val="009411DF"/>
+    <w:rsid w:val="009432C1"/>
     <w:rsid w:val="00943CA8"/>
     <w:rsid w:val="00945765"/>
     <w:rsid w:val="00950AA6"/>
+    <w:rsid w:val="0095138A"/>
     <w:rsid w:val="00951699"/>
     <w:rsid w:val="00953D39"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="00961562"/>
     <w:rsid w:val="00967A51"/>
     <w:rsid w:val="00967C57"/>
     <w:rsid w:val="00973622"/>
     <w:rsid w:val="00975C9B"/>
     <w:rsid w:val="0097723C"/>
     <w:rsid w:val="00983E0F"/>
+    <w:rsid w:val="00986CD5"/>
+    <w:rsid w:val="0099701D"/>
+    <w:rsid w:val="009A3FB7"/>
     <w:rsid w:val="009A626B"/>
     <w:rsid w:val="009A6380"/>
     <w:rsid w:val="009A6571"/>
     <w:rsid w:val="009B02A0"/>
     <w:rsid w:val="009B0DDF"/>
+    <w:rsid w:val="009B5D5A"/>
     <w:rsid w:val="009C11FE"/>
     <w:rsid w:val="009C4D64"/>
     <w:rsid w:val="009C6075"/>
+    <w:rsid w:val="009C61C9"/>
     <w:rsid w:val="009C6AF2"/>
     <w:rsid w:val="009C6C9D"/>
     <w:rsid w:val="009D7679"/>
     <w:rsid w:val="009E0694"/>
     <w:rsid w:val="009E0EDF"/>
     <w:rsid w:val="009E2064"/>
     <w:rsid w:val="009E4143"/>
     <w:rsid w:val="009E6D21"/>
+    <w:rsid w:val="009E7244"/>
     <w:rsid w:val="009F161E"/>
     <w:rsid w:val="009F200A"/>
     <w:rsid w:val="009F2A03"/>
     <w:rsid w:val="009F2DCE"/>
     <w:rsid w:val="00A025E6"/>
     <w:rsid w:val="00A038BE"/>
     <w:rsid w:val="00A0391B"/>
     <w:rsid w:val="00A04D29"/>
     <w:rsid w:val="00A05A5D"/>
     <w:rsid w:val="00A137A9"/>
     <w:rsid w:val="00A1420B"/>
     <w:rsid w:val="00A14754"/>
+    <w:rsid w:val="00A15F3D"/>
+    <w:rsid w:val="00A16967"/>
+    <w:rsid w:val="00A212C3"/>
     <w:rsid w:val="00A227C6"/>
     <w:rsid w:val="00A230ED"/>
     <w:rsid w:val="00A256A9"/>
     <w:rsid w:val="00A25964"/>
     <w:rsid w:val="00A26CC4"/>
     <w:rsid w:val="00A3255C"/>
     <w:rsid w:val="00A34107"/>
     <w:rsid w:val="00A37FB2"/>
     <w:rsid w:val="00A41D7C"/>
     <w:rsid w:val="00A43209"/>
     <w:rsid w:val="00A4405E"/>
     <w:rsid w:val="00A5050B"/>
     <w:rsid w:val="00A52D09"/>
     <w:rsid w:val="00A5396B"/>
     <w:rsid w:val="00A53D17"/>
     <w:rsid w:val="00A61004"/>
     <w:rsid w:val="00A6480E"/>
+    <w:rsid w:val="00A678F0"/>
     <w:rsid w:val="00A67A39"/>
+    <w:rsid w:val="00A67F70"/>
+    <w:rsid w:val="00A70196"/>
     <w:rsid w:val="00A722B0"/>
     <w:rsid w:val="00A7255F"/>
     <w:rsid w:val="00A84541"/>
     <w:rsid w:val="00A93062"/>
     <w:rsid w:val="00A944F0"/>
     <w:rsid w:val="00A95530"/>
+    <w:rsid w:val="00A955EF"/>
     <w:rsid w:val="00A96DF0"/>
     <w:rsid w:val="00AA2793"/>
     <w:rsid w:val="00AA573C"/>
     <w:rsid w:val="00AA6D74"/>
     <w:rsid w:val="00AA6DF1"/>
     <w:rsid w:val="00AA7E7B"/>
     <w:rsid w:val="00AB4097"/>
     <w:rsid w:val="00AB7242"/>
     <w:rsid w:val="00AC0503"/>
     <w:rsid w:val="00AD3EC6"/>
     <w:rsid w:val="00AD4B64"/>
     <w:rsid w:val="00AE0192"/>
     <w:rsid w:val="00AE3847"/>
     <w:rsid w:val="00AE5C5E"/>
     <w:rsid w:val="00AE7D16"/>
+    <w:rsid w:val="00AF35A5"/>
     <w:rsid w:val="00AF3825"/>
     <w:rsid w:val="00AF507C"/>
     <w:rsid w:val="00B06FB8"/>
     <w:rsid w:val="00B20757"/>
     <w:rsid w:val="00B20DFF"/>
     <w:rsid w:val="00B25681"/>
     <w:rsid w:val="00B256F1"/>
     <w:rsid w:val="00B25839"/>
     <w:rsid w:val="00B30FE9"/>
     <w:rsid w:val="00B32B92"/>
+    <w:rsid w:val="00B3325A"/>
+    <w:rsid w:val="00B33BA2"/>
+    <w:rsid w:val="00B36C09"/>
     <w:rsid w:val="00B42049"/>
     <w:rsid w:val="00B4331A"/>
+    <w:rsid w:val="00B517D8"/>
+    <w:rsid w:val="00B541F4"/>
     <w:rsid w:val="00B54A6F"/>
     <w:rsid w:val="00B56548"/>
     <w:rsid w:val="00B6322B"/>
     <w:rsid w:val="00B64EE0"/>
     <w:rsid w:val="00B66263"/>
     <w:rsid w:val="00B666B8"/>
     <w:rsid w:val="00B713BF"/>
     <w:rsid w:val="00B80A24"/>
     <w:rsid w:val="00B82CA9"/>
+    <w:rsid w:val="00B82D08"/>
     <w:rsid w:val="00B85260"/>
+    <w:rsid w:val="00B87C82"/>
     <w:rsid w:val="00B902E4"/>
     <w:rsid w:val="00B9398B"/>
     <w:rsid w:val="00B93D59"/>
+    <w:rsid w:val="00B9748E"/>
+    <w:rsid w:val="00BA301A"/>
     <w:rsid w:val="00BA62C3"/>
     <w:rsid w:val="00BA706B"/>
     <w:rsid w:val="00BA7430"/>
     <w:rsid w:val="00BB2657"/>
     <w:rsid w:val="00BB419D"/>
     <w:rsid w:val="00BB59E6"/>
     <w:rsid w:val="00BC3161"/>
     <w:rsid w:val="00BD0625"/>
     <w:rsid w:val="00BD60C7"/>
     <w:rsid w:val="00BD6A42"/>
     <w:rsid w:val="00BE2A31"/>
     <w:rsid w:val="00BE4AF8"/>
     <w:rsid w:val="00BF36EB"/>
     <w:rsid w:val="00BF3F9B"/>
     <w:rsid w:val="00BF72C7"/>
+    <w:rsid w:val="00C03EA3"/>
     <w:rsid w:val="00C10588"/>
     <w:rsid w:val="00C1650C"/>
+    <w:rsid w:val="00C16518"/>
     <w:rsid w:val="00C16AA3"/>
     <w:rsid w:val="00C17AD2"/>
     <w:rsid w:val="00C23A1E"/>
     <w:rsid w:val="00C26929"/>
     <w:rsid w:val="00C2792A"/>
     <w:rsid w:val="00C35B26"/>
     <w:rsid w:val="00C360E2"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C43B7B"/>
     <w:rsid w:val="00C4698A"/>
     <w:rsid w:val="00C47093"/>
     <w:rsid w:val="00C52081"/>
     <w:rsid w:val="00C529DF"/>
     <w:rsid w:val="00C540D9"/>
     <w:rsid w:val="00C56267"/>
     <w:rsid w:val="00C632B6"/>
     <w:rsid w:val="00C64370"/>
+    <w:rsid w:val="00C66B47"/>
     <w:rsid w:val="00C72096"/>
     <w:rsid w:val="00C7759A"/>
     <w:rsid w:val="00C84ED6"/>
     <w:rsid w:val="00C93A19"/>
+    <w:rsid w:val="00C9547A"/>
     <w:rsid w:val="00CA361E"/>
     <w:rsid w:val="00CB1AB2"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB795E"/>
     <w:rsid w:val="00CC00E6"/>
+    <w:rsid w:val="00CC1253"/>
     <w:rsid w:val="00CC17C0"/>
     <w:rsid w:val="00CC752A"/>
+    <w:rsid w:val="00CC79B2"/>
     <w:rsid w:val="00CD21F9"/>
     <w:rsid w:val="00CD3A20"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CE0F06"/>
     <w:rsid w:val="00CE40D1"/>
     <w:rsid w:val="00CE5139"/>
     <w:rsid w:val="00CE6A27"/>
     <w:rsid w:val="00CF0CE3"/>
     <w:rsid w:val="00CF3BCF"/>
     <w:rsid w:val="00CF54C5"/>
+    <w:rsid w:val="00CF7300"/>
     <w:rsid w:val="00CF748E"/>
     <w:rsid w:val="00D015C1"/>
+    <w:rsid w:val="00D01F31"/>
     <w:rsid w:val="00D0413B"/>
+    <w:rsid w:val="00D1188F"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D13CBC"/>
     <w:rsid w:val="00D20717"/>
     <w:rsid w:val="00D21877"/>
+    <w:rsid w:val="00D35F9D"/>
     <w:rsid w:val="00D449CC"/>
     <w:rsid w:val="00D450F1"/>
     <w:rsid w:val="00D5173C"/>
+    <w:rsid w:val="00D64ACA"/>
     <w:rsid w:val="00D673E6"/>
     <w:rsid w:val="00D67E8B"/>
     <w:rsid w:val="00D67F44"/>
     <w:rsid w:val="00D7238F"/>
+    <w:rsid w:val="00D73121"/>
     <w:rsid w:val="00D77900"/>
+    <w:rsid w:val="00D77C36"/>
     <w:rsid w:val="00D813FB"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00D82E89"/>
+    <w:rsid w:val="00D92CA4"/>
     <w:rsid w:val="00D9656B"/>
     <w:rsid w:val="00DB03BC"/>
     <w:rsid w:val="00DB11C0"/>
     <w:rsid w:val="00DB1465"/>
     <w:rsid w:val="00DB1AB3"/>
+    <w:rsid w:val="00DB38DB"/>
+    <w:rsid w:val="00DC18E7"/>
     <w:rsid w:val="00DC1E28"/>
     <w:rsid w:val="00DC619A"/>
     <w:rsid w:val="00DD2782"/>
+    <w:rsid w:val="00DD4119"/>
+    <w:rsid w:val="00DD778A"/>
     <w:rsid w:val="00DE4D89"/>
     <w:rsid w:val="00DE53F5"/>
     <w:rsid w:val="00DE5CAA"/>
+    <w:rsid w:val="00DE6860"/>
     <w:rsid w:val="00DF4B2B"/>
     <w:rsid w:val="00DF53B0"/>
+    <w:rsid w:val="00DF69A1"/>
     <w:rsid w:val="00E067EC"/>
     <w:rsid w:val="00E1067A"/>
     <w:rsid w:val="00E17158"/>
     <w:rsid w:val="00E20BCF"/>
+    <w:rsid w:val="00E220C2"/>
     <w:rsid w:val="00E25456"/>
     <w:rsid w:val="00E26F5B"/>
     <w:rsid w:val="00E27340"/>
     <w:rsid w:val="00E32933"/>
     <w:rsid w:val="00E33D11"/>
+    <w:rsid w:val="00E344A3"/>
+    <w:rsid w:val="00E44CD5"/>
     <w:rsid w:val="00E50F56"/>
+    <w:rsid w:val="00E546D3"/>
+    <w:rsid w:val="00E54F16"/>
     <w:rsid w:val="00E55BAE"/>
     <w:rsid w:val="00E629D5"/>
     <w:rsid w:val="00E65301"/>
     <w:rsid w:val="00E723E6"/>
     <w:rsid w:val="00E72D87"/>
+    <w:rsid w:val="00E7569A"/>
     <w:rsid w:val="00E770AD"/>
     <w:rsid w:val="00E778B5"/>
     <w:rsid w:val="00E82BD7"/>
     <w:rsid w:val="00E86D4F"/>
     <w:rsid w:val="00E904CE"/>
     <w:rsid w:val="00E96440"/>
     <w:rsid w:val="00EA00DD"/>
     <w:rsid w:val="00EA1789"/>
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EA41D9"/>
     <w:rsid w:val="00EB0086"/>
     <w:rsid w:val="00EB06E9"/>
     <w:rsid w:val="00EB4CB0"/>
     <w:rsid w:val="00EB4DC1"/>
+    <w:rsid w:val="00EB58E9"/>
     <w:rsid w:val="00EC1A16"/>
     <w:rsid w:val="00ED185C"/>
     <w:rsid w:val="00ED2AB1"/>
     <w:rsid w:val="00ED2F16"/>
     <w:rsid w:val="00ED52C1"/>
     <w:rsid w:val="00EE1875"/>
     <w:rsid w:val="00EE20D8"/>
     <w:rsid w:val="00EE31F0"/>
     <w:rsid w:val="00EE5169"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF6021"/>
+    <w:rsid w:val="00EF6646"/>
     <w:rsid w:val="00F0487B"/>
+    <w:rsid w:val="00F04CA0"/>
     <w:rsid w:val="00F05389"/>
     <w:rsid w:val="00F06055"/>
     <w:rsid w:val="00F10892"/>
+    <w:rsid w:val="00F14ACF"/>
+    <w:rsid w:val="00F220C7"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F27EC9"/>
     <w:rsid w:val="00F34481"/>
+    <w:rsid w:val="00F422B9"/>
     <w:rsid w:val="00F46F7B"/>
     <w:rsid w:val="00F540AE"/>
     <w:rsid w:val="00F61ED6"/>
     <w:rsid w:val="00F65DA3"/>
     <w:rsid w:val="00F70616"/>
+    <w:rsid w:val="00F718B7"/>
     <w:rsid w:val="00F74C8B"/>
     <w:rsid w:val="00F82784"/>
     <w:rsid w:val="00F8564D"/>
     <w:rsid w:val="00F87F11"/>
     <w:rsid w:val="00F93952"/>
     <w:rsid w:val="00F97D25"/>
     <w:rsid w:val="00FB0220"/>
     <w:rsid w:val="00FB35D0"/>
     <w:rsid w:val="00FC0CBC"/>
     <w:rsid w:val="00FC36E9"/>
     <w:rsid w:val="00FC6FD8"/>
     <w:rsid w:val="00FC7626"/>
     <w:rsid w:val="00FC7E9F"/>
+    <w:rsid w:val="00FC7EFC"/>
     <w:rsid w:val="00FD0B86"/>
     <w:rsid w:val="00FD0D4C"/>
     <w:rsid w:val="00FD7F69"/>
     <w:rsid w:val="00FE34C8"/>
     <w:rsid w:val="00FE375A"/>
     <w:rsid w:val="00FE3A6F"/>
     <w:rsid w:val="00FE5525"/>
     <w:rsid w:val="00FF03FC"/>
     <w:rsid w:val="00FF1285"/>
     <w:rsid w:val="00FF2D39"/>
+    <w:rsid w:val="00FF7BD4"/>
     <w:rsid w:val="62B77E28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1639B74D"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3D33273C-70CF-49C7-8613-169FB741B61C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -15741,51 +19865,51 @@
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CF0CE3"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15840,51 +19964,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16155,181 +20279,186 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9a8b126618a8f26294f29d3496ebfcef">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="eec91c36a05983d449b16d0074def615">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9843860ce2017e7edc8de73e820c3e16" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -16388,158 +20517,160 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07F87C1F-E439-441D-ADE2-2602074FBBBF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A8E75D13-D34A-43AB-B91E-00AAF3248B20}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17CF458A-AD9D-4ACF-B4DE-06E5840F1CEB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07F87C1F-E439-441D-ADE2-2602074FBBBF}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73B71F1-8B45-459A-92A9-6DB0DC52390A}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-[...7 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F73B71F1-8B45-459A-92A9-6DB0DC52390A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{65B99129-2CBA-49FD-A336-F43AC54B9F34}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>13749</Characters>
+  <Pages>7</Pages>
+  <Words>3286</Words>
+  <Characters>18495</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>154</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16129</CharactersWithSpaces>
+  <CharactersWithSpaces>21738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>