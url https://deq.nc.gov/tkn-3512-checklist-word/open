--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,61 +1,60 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2435BD02" w14:textId="7DA1009E" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -128,379 +127,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="194FBD42" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D5F40D7" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A47710A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31C86D11" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="710CF63F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="388434EF" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="231C55E2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11178ED4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FCF18AE" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56F2B7DB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="1CA872EE" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42EF8FA3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B663FBF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="6D3219F3" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="054DE7B6" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18BEDD07" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="361A7943" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -678,82 +665,80 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00A0149B" w14:paraId="2623C9C7" w14:textId="77777777" w:rsidTr="00590487">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="532A1E70" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00A0149B" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11DE86E2" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00A0149B" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Block digestor </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -764,72 +749,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>380°C for 2 h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E93790" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00A0149B" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E055047" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="0054425D" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Digestion tubes </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -872,72 +855,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of sulfuric acid.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE579C7" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00A0149B" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A7D93CC" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRDefault="00AD0BB1" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Automated Continuous Flow</w:t>
             </w:r>
             <w:r w:rsidR="00D54FE8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Analyzer </w:t>
@@ -988,186 +969,180 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6C7A2D2B" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="0054425D" w:rsidRDefault="00D54FE8" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00590487" w:rsidRPr="00A0149B" w14:paraId="305C4AB5" w14:textId="77777777" w:rsidTr="00CE7F42">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F7428CC" w14:textId="77777777" w:rsidR="00590487" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="764DE2DD" w14:textId="3B1E02D3" w:rsidR="00590487" w:rsidRPr="00590487" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analytical balance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (if preparing reagents)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25052070" w14:textId="77777777" w:rsidR="00590487" w:rsidRPr="00A0149B" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50BA2EBF" w14:textId="4F73D97D" w:rsidR="00590487" w:rsidRPr="00590487" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00590487">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Teflon boiling chips</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A028DC" w14:textId="77777777" w:rsidR="00590487" w:rsidRPr="00A0149B" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="484C40BC" w14:textId="77777777" w:rsidR="00590487" w:rsidRDefault="00590487" w:rsidP="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="46009436" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F42A8F2" w14:textId="79C4B906" w:rsidR="00D54FE8" w:rsidRDefault="00D54FE8">
       <w:pPr>
@@ -1178,75 +1153,73 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="2A634F88">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reagents:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="378"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="5166"/>
+        <w:gridCol w:w="374"/>
+        <w:gridCol w:w="5195"/>
+        <w:gridCol w:w="443"/>
+        <w:gridCol w:w="5066"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="240576E1" w14:textId="77777777" w:rsidTr="00590487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5B5810C6" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C8852FF" w14:textId="7184746E" w:rsidR="00AD0BB1" w:rsidRDefault="309839A2" w:rsidP="00AD0BB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="5C03588A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Digestion solution</w:t>
             </w:r>
             <w:r w:rsidR="00AD0BB1" w:rsidRPr="5C03588A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: Dissolve 133 g of K</w:t>
@@ -1413,67 +1386,65 @@
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and diluting to 1 L. Use 10 mL solution per 25 mL of sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B000799" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B3038F3" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock Buffer solution: Dissolve 134.0 g of sodium phosphate, dibasic (Na</w:t>
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1489,66 +1460,64 @@
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (CASRN 7558-79-4) in about 800 mL of reagent water. Add 20 g of sodium hydroxide and dilute to 1 L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="02C76C7F" w14:textId="77777777" w:rsidTr="00590487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00AE5CD9" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C2CB2C5" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00AD0BB1" w:rsidRDefault="00AD0BB1" w:rsidP="00AD0BB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mercuric sulfate: Dissolve 8 g red mercuric oxide (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1580,124 +1549,120 @@
               </w:rPr>
               <w:t>SO</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>: [CASRN 7664-93-9] 40 mL reagent water) and dilute to 100 mL with reagent water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19D3036A" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F36C243" w14:textId="012EFB68" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Working Buffer solution: Combine the reagents in the stated order, add 250 mL of stock sodium potassium tartrate solution  to 200 mL of stock buffer solution  and mix. Add xx mL sodium hydroxide solution  and dilute to 1 L. See concentration ranges, Table 2</w:t>
             </w:r>
             <w:r w:rsidR="004703ED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> at the end of this checklist</w:t>
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, for composition of working buffer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="4CB6267D" w14:textId="77777777" w:rsidTr="00590487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3799E3AF" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25C0761D" w14:textId="77777777" w:rsidR="00AD0BB1" w:rsidRDefault="00AD0BB1" w:rsidP="00AD0BB1">
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric Acid solution (4%): Add 40 mL of conc. sulfuric acid to 800 mL of reagent water, cool and dilute to 1 L.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="637FF03A" w14:textId="15D4D014" w:rsidR="00D54FE8" w:rsidRPr="00AD0BB1" w:rsidRDefault="00AD0BB1" w:rsidP="00AD0BB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
@@ -1706,254 +1671,244 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note 2: If alternate mercury-free digestion solution is used, adjust the above</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solution to equal the acid concentration of the digested sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E2FDC07" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D18D527" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Salicylate/Sodium Nitroprusside solution: Dissolve 150 g of sodium salicylate (CASRN 54-21-7) and 0.3 g of sodium nitroprusside (CASRN 13755-38-9 or 14402-89-2) in about 600 mL of reagent water and dilute to 1 L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="108B71D5" w14:textId="77777777" w:rsidTr="00590487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="02EF63C7" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34D37F04" w14:textId="53542047" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="00AD0BB1" w:rsidP="00AD0BB1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock Sodium Hydroxide (20%</w:t>
             </w:r>
             <w:r w:rsidR="00D50C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 5</w:t>
             </w:r>
             <w:r w:rsidR="00D50C6B" w:rsidRPr="00D50C6B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>): Dissolve 200 g of sodium hydroxide (CASRN 1310-73-2) in 900 mL of reagent water and dilute to 1 L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30BC9F5D" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F3A7446" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Hypochlorite solution: Dilute 6.0 mL sodium hypochlorite solution (CASRN 7681-52-9) (Clorox) to 100 mL with reagent water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="4894D1AC" w14:textId="77777777" w:rsidTr="00590487">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="509AA808" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5310" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582D28D3" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock Sodium Potassium Tartrate solution (20%): Dissolve 200 g sodium potassium tartrate (CASRN 6381-59-5) in about 800 mL of reagent water and dilute to 1 L.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57841266" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5166" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00C2B48A" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="008C177E" w:rsidRDefault="008C177E" w:rsidP="008C177E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium chloride, stock solution: Dissolve 3.819 g NH</w:t>
             </w:r>
             <w:r w:rsidRPr="008C177E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -2012,111 +1967,107 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="4770"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="5040"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="57AF78BC" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11171" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FC13482" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="720822E2" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRPr="0093733F" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
+          <w:p w14:paraId="720822E2" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRPr="00690436" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="0093733F">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00690436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D2F3921" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="009C3D45" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0093733F">
+            <w:r w:rsidRPr="00690436">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="72BD32BD" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01B7A4A9" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="008352D2" w:rsidRDefault="00157C6C" w:rsidP="00C009A8">
             <w:pPr>
               <w:ind w:left="443"/>
@@ -2952,77 +2903,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="5BE1AB73" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01BA9ED3" w14:textId="33925B27" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F6BA58B" w14:textId="28EDD06D" w:rsidR="00EC2B9E" w:rsidRPr="00713C15" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples collected and stored in polyethylene, </w:t>
             </w:r>
             <w:r w:rsidR="001C4463">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3083,132 +3032,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0FBABBBD" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="09C0FDFB" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BDC4220" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="1383B3C9" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B7B5535" w14:textId="10BFC79B" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4580CAD0" w14:textId="60A17219" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved at time of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00F2261D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3288,115 +3232,111 @@
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78F17170" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6199DAC2" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="666A3517" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="61582570" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B22601C" w14:textId="0093F7D4" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="60CDE21E" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="0067392B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -3501,129 +3441,124 @@
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="556891D5" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="27AF78AA" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="11B4D4E6" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="186E0C42" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0DA12823" w14:textId="4797227C" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A8D7026" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="0067392B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3690,135 +3625,130 @@
               </w:rPr>
               <w:t>40 CFR</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1F144CCE" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="68D33CFF" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0AD7EB64" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="7ADE551C" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50D90AE7" w14:textId="0C12B7CF" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31843256" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples analyzed within 28 days of collection?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
@@ -3841,91 +3771,88 @@
               <w:t xml:space="preserve"> 136 Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="378BCEBB" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0986AC56" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E8E0EE6" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="53F33275" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E73FEEB" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
@@ -4051,73 +3978,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="6526DA04" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E384B4" w14:textId="45222716" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A66AAD5" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="001C10BF" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are both standards and samples digested? </w:t>
             </w:r>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4207,102 +4132,99 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B63C4A4" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7B7AE7" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Method says to carry both standards and samples through the digestion procedure. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="2E005B91" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E86AD16" w14:textId="33BB433F" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FAAF278" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What volume of sample is digested?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4377,119 +4299,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EEB3DB5" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31AB2CA2" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDC2190" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pipet 25.0 mL of sample, standard or blank in the digestor tube.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="6848ABD5" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC5A3BD" w14:textId="4A425B3F" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F27703C" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What volume of standard is digested?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4562,119 +4480,115 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F540EED" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16CD809A" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64CB5A00" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pipet 25.0 mL of sample, standard or blank in the digestor tube.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="12D6E233" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F4F18E" w14:textId="6EB35B12" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE3B2FF" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 5</w:t>
             </w:r>
             <w:r w:rsidRPr="00B7529A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4749,144 +4663,139 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6356B561" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="107934CA" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="14EAE81A" w14:textId="2B602C3B" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 5 mL of digestion solution  and mix with a vortex mixer.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005525ED" w:rsidRPr="00A0149B" w14:paraId="42F8FFFA" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190F7587" w14:textId="77777777" w:rsidR="005525ED" w:rsidRPr="00A0149B" w:rsidRDefault="005525ED" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="011C858D" w14:textId="659EF759" w:rsidR="005525ED" w:rsidRDefault="005525ED" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="00506AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4915,85 +4824,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11.</w:t>
             </w:r>
             <w:r w:rsidR="00506AB6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 and 7.3, Note 1</w:t>
             </w:r>
             <w:r w:rsidR="00506AB6" w:rsidRPr="008D1049">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E3C2CF8" w14:textId="77777777" w:rsidR="005525ED" w:rsidRPr="00A0149B" w:rsidRDefault="005525ED" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2595E928" w14:textId="77777777" w:rsidR="005525ED" w:rsidRPr="00A0149B" w:rsidRDefault="005525ED" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="031E7847" w14:textId="5014ADAE" w:rsidR="005525ED" w:rsidRPr="00296BBD" w:rsidRDefault="00590487" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note 1: An alternate mercury-free digestion solution can be prepared by dissolving 134 g K</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -5063,73 +4969,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00AD0BB1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and diluting to 1 L. Use 10 mL solution per 25 mL of sample.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="7303F075" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B06D35" w14:textId="71B9C3E9" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="035A6A51" w14:textId="1FDD997B" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5169,85 +5073,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EAD53A8" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6F30A5" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67275BDA" w14:textId="77777777" w:rsidR="00F96122" w:rsidRDefault="00EC2B9E" w:rsidP="008D4AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Add four to eight Teflon boiling chips </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="31B7DD69" w14:textId="77777777" w:rsidR="00F96122" w:rsidRDefault="00F96122" w:rsidP="008D4AFE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5274,73 +5175,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>of Teflon chips may cause the sample to boil over.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="528A005B" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="792C9B68" w14:textId="7E9DC3F1" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F52DBFE" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the block digestor preheated to 160°C?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -5348,152 +5247,147 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68CE78D0" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53FD9FB9" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43E56615" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place tubes in block digestor preheated to 160°C and maintain temperature for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>one hour.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="62687DEF" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="133C7CE7" w14:textId="0572EFF6" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1290553B" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples digested at 16</w:t>
             </w:r>
             <w:r w:rsidRPr="006E7BE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5501,152 +5395,147 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> for 1 hour?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46226B76" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31815C18" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AB6D079" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place tubes in block digestor preheated to 160°C and maintain temperature for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>one hour.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="789B9297" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB41AB4" w14:textId="256C6A24" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61716645" w14:textId="4FD452A2" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After</w:t>
             </w:r>
             <w:r w:rsidR="00744975">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5678,85 +5567,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="566D6112" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D31E0FB" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D90D72C" w14:textId="66AC1EE2" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reset temperature to 380°C and continue to heat for </w:t>
             </w:r>
             <w:r w:rsidR="002B6525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5</w:t>
@@ -5773,151 +5659,146 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="6D5DD88B" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0353A25F" w14:textId="4B309C47" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A88BF33" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples digested for an additional 1 and a half hours at </w:t>
             </w:r>
             <w:r w:rsidRPr="006E7BE7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>380°C?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.5]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B1BD335" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65827444" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58B330A4" w14:textId="0AA25EE6" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Reset temperature to 380°C and continue to heat for </w:t>
             </w:r>
             <w:r w:rsidR="002B6525">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.5</w:t>
@@ -5945,73 +5826,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(380°C MUST BE MAINTAINED FOR 30 MINUTES)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE7E20" w:rsidRPr="00A0149B" w14:paraId="04085909" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0066B5A6" w14:textId="77777777" w:rsidR="00FE7E20" w:rsidRPr="00A0149B" w:rsidRDefault="00FE7E20" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F535A79" w14:textId="5C6BB1D9" w:rsidR="00FE7E20" w:rsidRDefault="00732206" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the temperature of the block digester</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6056,136 +5935,131 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0°C</w:t>
             </w:r>
             <w:r w:rsidR="003D4EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> during digestion</w:t>
             </w:r>
             <w:r w:rsidRPr="00732206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [15A NCAC 2H .0805 (a) (7) (E)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BC2C480" w14:textId="77777777" w:rsidR="00FE7E20" w:rsidRPr="00A0149B" w:rsidRDefault="00FE7E20" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39F943FB" w14:textId="77777777" w:rsidR="00FE7E20" w:rsidRPr="00A0149B" w:rsidRDefault="00FE7E20" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AB1DA16" w14:textId="2F3551E9" w:rsidR="00FE7E20" w:rsidRPr="00296BBD" w:rsidRDefault="00732206" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732206">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="30DA84E5" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44494BF3" w14:textId="22E82849" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF38211" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples allowed to cool before diluting?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6193,136 +6067,131 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AD1A961" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="585BDAF5" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56EBD86C" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Remove digestion tubes, cool and dilute to 25 mL with reagent water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="32101AB9" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A2920FA" w14:textId="3F5E3FDA" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26E30438" w14:textId="5145A767" w:rsidR="00EC2B9E" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples diluted to 25 m</w:t>
             </w:r>
             <w:r w:rsidR="0046513A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6330,85 +6199,82 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> with reagent water?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 11.6]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E25934F" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32913C08" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08B8BBFA" w14:textId="77777777" w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w:rsidRDefault="00EC2B9E" w:rsidP="00EC2B9E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00296BBD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Remove digestion tubes, cool and dilute to 25 mL with reagent water.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC2B9E" w:rsidRPr="00A0149B" w14:paraId="7AF98399" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
@@ -6542,73 +6408,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003752C0" w:rsidRPr="00A0149B" w14:paraId="25860017" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F560E4D" w14:textId="77777777" w:rsidR="003752C0" w:rsidRPr="00A0149B" w:rsidRDefault="003752C0" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22BECDD3" w14:textId="77777777" w:rsidR="003752C0" w:rsidRDefault="003752C0" w:rsidP="003752C0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is your laboratory’s reporting limit? [15A NCAC 2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0CEAEA87" w14:textId="77777777" w:rsidR="003752C0" w:rsidRDefault="003752C0" w:rsidP="003752C0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -6641,132 +6505,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47A68677" w14:textId="77777777" w:rsidR="003752C0" w:rsidRPr="00A0149B" w:rsidRDefault="003752C0" w:rsidP="003752C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A81653C" w14:textId="77777777" w:rsidR="003752C0" w:rsidRPr="00A0149B" w:rsidRDefault="003752C0" w:rsidP="003752C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31159F1E" w14:textId="78DBC8EB" w:rsidR="003752C0" w:rsidRPr="009F092D" w:rsidRDefault="003752C0" w:rsidP="003752C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>One of the standards shall have a concentration equal to or less than the laboratory's lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="370E27B8" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="513A8A2E" w14:textId="1DC4650A" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DD3DB74" w14:textId="72394143" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the instrument calibrated with at </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6843,88 +6703,85 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10.1</w:t>
             </w:r>
             <w:r w:rsidR="00635042">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and 9.3.4</w:t>
             </w:r>
             <w:r w:rsidR="001D6D46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5396DBB0" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D76D404" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F9D6E2B" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="003752C0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare a series of at least three standards, covering the desired range, and a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6998,73 +6855,71 @@
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>following daily calibration</w:t>
             </w:r>
             <w:r w:rsidR="00ED2884" w:rsidRPr="00ED2884">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, after every 10th sample (or more frequently, if required), and at the end of the sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="1BC49741" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35169DE7" w14:textId="1264F81E" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FB47B83" w14:textId="5E9A8A4D" w:rsidR="00107C96" w:rsidRPr="00560E41" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7215,165 +7070,160 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09F32D34" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5119EAD9" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A536131" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00560E41" w:rsidRDefault="00107C96" w:rsidP="003752C0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="00B212B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, of 0.99) is required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="3D09E9FA" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FEB5527" w14:textId="468F5550" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="622EB061" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7430,159 +7280,154 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[EPA Method 351.2, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.5</w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="343152B4" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="633E9895" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73707A1F" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00037FDA" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place appropriate standards in the sampler in order of decreasing</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>concentration and perform analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="5D7F09F8" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4061F942" w14:textId="03C8C3AB" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09A41FDD" w14:textId="34BA1E46" w:rsidR="00107C96" w:rsidRPr="00414BED" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the calibration curve verified with a second</w:t>
             </w:r>
             <w:r w:rsidR="001C6A4B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7627,155 +7472,150 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EPA Method 351.2, Rev. 2.0 (1993), Section 10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78670E50" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="249D19A3" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39ED3E62" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After the calibration has been established, it must be verified by the analysis of</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">a suitable quality control sample (QCS). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C6A4B" w:rsidRPr="00A0149B" w14:paraId="68C5ED66" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DAE5D29" w14:textId="48073649" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5538E794" w14:textId="37787A71" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the second-source standard?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
@@ -7831,68 +7671,66 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0291A603" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="289A7996" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="493747AF" w14:textId="6FD82B3C" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000D722F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If measurements exceed ±10% of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7918,73 +7756,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>recalibrated. The new calibration must be verified before continuing analysis.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C6A4B" w:rsidRPr="00A0149B" w14:paraId="4E909D84" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C314051" w14:textId="57BA6D14" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="587D2A3B" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="54CA0C39" w14:textId="6140FB49" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00893E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -8065,68 +7901,66 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5923FF7D" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="550D3AB9" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77929CA7" w14:textId="77777777" w:rsidR="001C6A4B" w:rsidRPr="007B7054" w:rsidRDefault="001C6A4B" w:rsidP="001C6A4B">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="15D749D2" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
@@ -8259,73 +8093,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F768C" w:rsidRPr="00A0149B" w14:paraId="2434261C" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="079B2978" w14:textId="77777777" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6692915F" w14:textId="269627F8" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="005F768C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8404,119 +8236,116 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67C334F1" w14:textId="77777777" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46D2E8A7" w14:textId="7DD1FBA4" w:rsidR="005F768C" w:rsidRPr="00EC2B9E" w:rsidRDefault="005F768C" w:rsidP="005F768C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Flush the sampler wash receptacle with about 25 mL of 4% sulfuric acid</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F768C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Section 7.4) (See Note 2).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F768C" w:rsidRPr="00A0149B" w14:paraId="565DEEC8" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE1D055" w14:textId="77777777" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38024E35" w14:textId="3E1BAAFD" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If alternate mercury-free digestion solution is used, </w:t>
             </w:r>
             <w:r w:rsidR="00A1620B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8571,119 +8400,116 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="645C8776" w14:textId="77777777" w:rsidR="005F768C" w:rsidRDefault="005F768C" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC5ABD5" w14:textId="7F8BA690" w:rsidR="005F768C" w:rsidRPr="00EC2B9E" w:rsidRDefault="005F768C" w:rsidP="006933B9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F768C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note 2: If alternate mercury-free digestion solution is used, adjust the above</w:t>
             </w:r>
             <w:r w:rsidR="006933B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005F768C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>solution to equal the acid concentration of the digested sample (Section 11.6).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="09FE4A10" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F37A7EC" w14:textId="25F77AF3" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15320724" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8829,51 +8655,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F2FB3CE" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1411CD51" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00B212B8" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Excluding the salicylate line, place all reagent lines in their respective</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8886,73 +8711,71 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>containers, connect the sample probe to the sampler and start the pump.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When reagents have been pumping for at least five minutes, place the salicylate line in its respective container and allow the system to equilibrate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="441B7BED" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B6BECAD" w14:textId="22347839" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="766390C5" w14:textId="72CF28EF" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the line</w:t>
             </w:r>
             <w:r w:rsidR="00DA5CBA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8982,120 +8805,100 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64B5D35E" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E7ABC74" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="359C78EC" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00EC2B9E" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">a </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> after the addition of salicylate, the pH is too low.</w:t>
+              <w:t>a precipitate forms after the addition of salicylate, the pH is too low.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4ED7B3D9" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="007B7054" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Immediately stop the proportioning pump and flush the coils with water using</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9113,73 +8916,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>acid solutions and/or the working buffer solution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A45BE0" w:rsidRPr="00A0149B" w14:paraId="7BD103A0" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BF42209" w14:textId="77777777" w:rsidR="00A45BE0" w:rsidRDefault="00A45BE0" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FCA8F5B" w14:textId="50AD6E87" w:rsidR="00A45BE0" w:rsidRDefault="00A45BE0" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is analysis started </w:t>
             </w:r>
             <w:r w:rsidR="00071E91">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9233,68 +9034,66 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48EA78F7" w14:textId="77777777" w:rsidR="00A45BE0" w:rsidRDefault="00A45BE0" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="662F6C93" w14:textId="77777777" w:rsidR="00A45BE0" w:rsidRDefault="00A45BE0" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4465433B" w14:textId="77777777" w:rsidR="00A45BE0" w:rsidRPr="00EC2B9E" w:rsidRDefault="00A45BE0" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="49234452" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9409,529 +9208,503 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C748AA" w:rsidRPr="00A0149B" w14:paraId="43428B59" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01C1CDB2" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRDefault="00C748AA" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02FCE6A2" w14:textId="49B5D6C6" w:rsidR="00C748AA" w:rsidRDefault="003155E7" w:rsidP="00107C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003155E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Has an MDL been established according to 40 CFR 136 </w:t>
+              <w:t xml:space="preserve">Has an MDL been established according to 40 CFR 136 Appendix B? </w:t>
+            </w:r>
+            <w:r w:rsidR="00992F67" w:rsidRPr="00CE298C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section</w:t>
+            </w:r>
+            <w:r w:rsidR="00992F67">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 9.2.4</w:t>
             </w:r>
             <w:r w:rsidRPr="003155E7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>]</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B287479" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRPr="00A0149B" w:rsidRDefault="00C748AA" w:rsidP="00107C96">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="450" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A092976" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRPr="00A0149B" w:rsidRDefault="00C748AA" w:rsidP="00107C96">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C884817" w14:textId="63646272" w:rsidR="00C748AA" w:rsidRDefault="003155E7" w:rsidP="00107C96">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003155E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Process a minimum of seven spiked samples and seven method blank samples through all steps of the method. The samples used for the MDL must be prepared in at least three </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003155E7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">Appendix B? </w:t>
-[...92 lines deleted...]
-              <w:t>method blank samples through all steps of the method. The samples used for the MDL must be prepared in at least three batches on three separate calendar dates and analyzed on three separate calendar dates.</w:t>
+              <w:t>batches on three separate calendar dates and analyzed on three separate calendar dates.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003155E7" w:rsidRPr="00A0149B" w14:paraId="3EACCBDC" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D5C13E" w14:textId="77777777" w:rsidR="003155E7" w:rsidRDefault="003155E7" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44632258" w14:textId="3F424180" w:rsidR="003155E7" w:rsidRDefault="00AD7B2C" w:rsidP="00107C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing MDL data being collected quarterly? [Procedure for the Determination of the Method Detection Limit, Rev. 2, (3) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A295400" w14:textId="77777777" w:rsidR="003155E7" w:rsidRPr="00A0149B" w:rsidRDefault="003155E7" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E88492A" w14:textId="77777777" w:rsidR="003155E7" w:rsidRPr="00A0149B" w:rsidRDefault="003155E7" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D6B7679" w14:textId="4FF1ECAA" w:rsidR="003155E7" w:rsidRDefault="00AD7B2C" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During any quarter in which samples are being analyzed, prepare and analyze a minimum of two spiked samples on each instrument, in separate batches, using the same spiking concentration used in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C748AA" w:rsidRPr="00A0149B" w14:paraId="411DC81C" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D945EBD" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRDefault="00C748AA" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70036AA0" w14:textId="4E62FDCE" w:rsidR="00C748AA" w:rsidRDefault="00AD7B2C" w:rsidP="00107C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDL values verified at least every 13 months according to the ongoing MDL determination requirements and updated if necessary? [Procedure for the Determination of the Method Detection Limit, Rev. 2, (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1E609A" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRPr="00A0149B" w:rsidRDefault="00C748AA" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E6CE41C" w14:textId="77777777" w:rsidR="00C748AA" w:rsidRPr="00A0149B" w:rsidRDefault="00C748AA" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32780327" w14:textId="152C25F1" w:rsidR="00C748AA" w:rsidRDefault="00AD7B2C" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">At least once every thirteen months, re-calculate MDLs and </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MDLb</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00AD7B2C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> from the collected spiked samples and method blank results using the equations in Section 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="2B6BE7D8" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6900E56A" w14:textId="51F4E22C" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="626DF55D" w14:textId="6E8DBAEA" w:rsidR="00107C96" w:rsidRPr="007A0478" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -9972,86 +9745,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 9.3.</w:t>
             </w:r>
             <w:r w:rsidR="00CE3E0F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F6AD32B" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3033DF0E" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57E1C99B" w14:textId="77777777" w:rsidR="009A5019" w:rsidRDefault="00CE3E0F" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Definition (</w:t>
             </w:r>
             <w:r w:rsidR="009A5019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10213,73 +9983,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>nalytical batch: a group of samples, including quality control samples, which are processed together using the same method, the same lots of reagents, and at the same time or in continuous, sequential time periods. Samples in each batch should be of similar composition and share common internal quality control standards</w:t>
             </w:r>
             <w:r w:rsidR="00A0665D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="02535300" w14:textId="77777777" w:rsidTr="000200BE">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65AA0363" w14:textId="3A95860E" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C0645B9" w14:textId="722C457D" w:rsidR="00107C96" w:rsidRDefault="00BF6396" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the LRB?</w:t>
             </w:r>
             <w:r w:rsidR="00107C96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10420,70 +10188,68 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2640637B" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F352DC5" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5465BDB7" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="008C22C8" w:rsidP="00E357F5">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00731D08">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules state: </w:t>
             </w:r>
             <w:r w:rsidR="00107C96" w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10542,73 +10308,71 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>May choose which criterion to follow. Must be established in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w14:paraId="054CF33F" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51A3E929" w14:textId="15449949" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="1834B2A6" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="38B6523D" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10644,120 +10408,116 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="223A37DD" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E7DE2B8" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6F77A0" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="746A2F4F" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741C5B40" w14:textId="03B942F7" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EE59C42" w14:textId="6851E2BA" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a</w:t>
             </w:r>
             <w:r w:rsidR="00993275">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10846,85 +10606,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[EPA Method 351.2, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49A8937A" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="632E80C4" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0ECA0E" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For all determinations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10974,73 +10731,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w14:paraId="5D0E35B4" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28A5DAB1" w14:textId="754AAF1B" w:rsidR="00AA2B94" w:rsidRPr="008C0C53" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DC38ED7" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11103,70 +10858,68 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27BF2D20" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C32E9A2" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7839D0DA" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00560E41" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of the IPC solution immediately following calibration must verify that the instrument is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11185,73 +10938,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>must verify the calibration is still within ±10%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008167A2" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="7C83DCBD" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="052F13A2" w14:textId="4D2C938C" w:rsidR="008167A2" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="008167A2" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7A10EE23" w14:textId="77777777" w:rsidR="008167A2" w:rsidRDefault="008167A2" w:rsidP="008167A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="768CAF12" w14:textId="77777777" w:rsidR="008167A2" w:rsidRDefault="008167A2" w:rsidP="008167A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11394,69 +11145,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D6FAADE" w14:textId="77777777" w:rsidR="008167A2" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="008167A2" w:rsidP="008167A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FFACB70" w14:textId="77777777" w:rsidR="008167A2" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="008167A2" w:rsidP="008167A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="235B316D" w14:textId="77777777" w:rsidR="008167A2" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="008167A2" w:rsidP="008167A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration cannot</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11522,154 +11271,158 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>following the last acceptable IPC solution must be reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="1F590538" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69B83D10" w14:textId="42253BB3" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C0B7922" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r w:rsidRPr="00A23CF5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>calibration blank analyzed initially, after every tenth sample and at the end of each sample group to check for carry over and calibration drift?</w:t>
+              <w:t xml:space="preserve">calibration blank analyzed initially, after every tenth sample and at the end of each sample group to check for </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A23CF5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>carry over and calibration drift?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008D79BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 9.3.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F3303E3" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="232902F1" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7762AB78" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For all determinations</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11691,101 +11444,108 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a calibration blank immediately following daily calibration, after every</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>10th sample (or more frequently, if required), and at the end of the</w:t>
+              <w:t xml:space="preserve">10th </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA3B97">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>sample (or more frequently, if required), and at the end of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="7704425D" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3529FB1A" w14:textId="297013B3" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2692F268" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6E6A5113" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -11887,121 +11647,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06F96A51" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29704FE9" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54B6771C" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="1B9903D2" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7972D7C7" w14:textId="4BB0936B" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="45CCE002" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5FBA8A29" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12041,121 +11797,117 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41C52E2A" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4488E3CA" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="529790C0" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="7B0C6F6F" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5834629C" w14:textId="50143E18" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CB7D3E9" w14:textId="0D689002" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze a </w:t>
             </w:r>
             <w:r w:rsidR="00DA1C34">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12253,51 +12005,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1498CFC2" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="724FFE49" w14:textId="77777777" w:rsidR="00210FE2" w:rsidRDefault="00107C96" w:rsidP="00B16240">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EA3B97">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12343,73 +12094,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="009C0161" w:rsidRPr="009C0161">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>An aliquot of reagent water or other blank matrices to which known quantities of the method analytes are added in the laboratory. The LFB is analyzed exactly like a sample, and its purpose is to determine whether the methodology is in control, and whether the laboratory is capable of making accurate and precise measurements</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="5342B101" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="271BE68B" w14:textId="339F10D6" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="746827A7" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5AC6249B" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12532,51 +12281,50 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C9A61FB" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39AD953A" w14:textId="6146B96F" w:rsidR="00AA2B94" w:rsidRPr="00EA3B97" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D79BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must use LFB analyses data to assess laboratory</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12610,73 +12358,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="003B43F1" w:rsidRPr="003B43F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The optional control limits must be equal to or better than the required control limits of 90-110%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w14:paraId="2B7C8E41" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="408D5286" w14:textId="7855ADB7" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="08A3AC62" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0A18ECF1" w14:textId="3FED51F8" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12724,69 +12470,67 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26932CA7" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7724DD07" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17AE52D6" w14:textId="77777777" w:rsidR="00874C05" w:rsidRDefault="00874C05" w:rsidP="00874C05">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B16240">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate accuracy as percent recovery (Section 9.4.2). If the recovery of any analyte falls outside the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12806,73 +12550,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="03182AED" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="646A2B6D" w14:textId="09F64CBB" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5810F04E" w14:textId="127764E1" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Fortified Matrix (LFM) analyzed </w:t>
             </w:r>
             <w:r w:rsidR="004873D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12894,155 +12636,150 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 351.2, Rev. 2.0 (1993), Section 9.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE298C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CDFB5E8" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D524964" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D65F70" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CE298C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must add a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CE298C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>known amount of analyte to a minimum of 10% of the routine samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="3D2F5B8B" w14:textId="77777777" w:rsidTr="00B54BC8">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51337467" w14:textId="48EA502A" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BFC160E" w14:textId="77777777" w:rsidR="00AC55C8" w:rsidRDefault="00AC55C8" w:rsidP="00AC55C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="119D357F" w14:textId="04DF779B" w:rsidR="00AC55C8" w:rsidRDefault="00AC55C8" w:rsidP="00AC55C8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13117,137 +12854,133 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72B314D6" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B334DC7" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A3BA4D5" w14:textId="29A6D759" w:rsidR="00107C96" w:rsidRPr="007C5EB6" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The volume of spike solution used in MS preparation must in all cases be </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>≤</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 5% of the total MS volume. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w:rsidRPr="00A0149B" w14:paraId="7F8B8393" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD7A701" w14:textId="601237DE" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="582EC474" w14:textId="24C8992C" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13285,172 +13018,158 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00922415">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15336FFC" w14:textId="77777777" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715BC1DA" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6828C7F2" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="002370C1" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1% of the total MS volume so that the MS can be considered a whole volume sample with no adjustment (i.e., volume correction) by calculation necessary. If the spike solution volume constitutes &gt;1% of t</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">he total sample volume, the sample </w:t>
-[...8 lines deleted...]
-              <w:t>concentration must be adjusted by calculation.</w:t>
+              <w:t>he total sample volume, the sample concentration must be adjusted by calculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w14:paraId="7CA6ED31" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2643977D" w14:textId="35F62CF8" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A175E45" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D8837F6" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13528,69 +13247,67 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="171F26B6" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="211CD96E" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6ACE051C" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A23CF5" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the percent recovery for each analyte, corrected for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13608,73 +13325,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>values to the designated LFM recovery range 90-110%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w14:paraId="3014208D" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AE671E7" w14:textId="40280075" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="65AC838E" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="263FDA38" w14:textId="3465FDF6" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13780,69 +13495,67 @@
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AC9492D" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2709261B" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BE5856D" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77506A0C" w14:textId="77777777" w:rsidR="0019565B" w:rsidRDefault="0019565B" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -13880,73 +13593,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00C7110F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the designated LFM recovery range and the laboratory performance for that analyte is shown to be in control (Section 9.3), the recovery problem encountered with the LFM is judged to be either matrix or solution related, not system related.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w14:paraId="628BDB71" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F3195AC" w14:textId="24BB4D67" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C478FCB" w14:textId="3AB4464D" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007800EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13992,87 +13703,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6064544F" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04033464" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="09FDA411" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="009F092D" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14096,73 +13804,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">satisfy our Rule requirement </w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for a sample duplicate but should be analyzed at the same frequency as the LFM.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00107C96" w14:paraId="71A373C4" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A6E71E4" w14:textId="40953D9D" w:rsidR="00107C96" w:rsidRDefault="00107C96" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A140A9F" w14:textId="7C9C5717" w:rsidR="00107C96" w:rsidRPr="007800EF" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no sample duplicate is analyzed, is a </w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -14216,139 +13922,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
             <w:r w:rsidRPr="00A31499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (C)]</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DE86AF4" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="785BC969" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="00A0149B" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744AB8E1" w14:textId="77777777" w:rsidR="00107C96" w:rsidRPr="003A4A4D" w:rsidRDefault="00107C96" w:rsidP="00107C96">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Note above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w14:paraId="24AC3EB2" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="269D12ED" w14:textId="386977AB" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72EBD726" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -14621,141 +14322,137 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4259C34C" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A60E9C" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="658B1B89" w14:textId="3F19DBAA" w:rsidR="00AA2B94" w:rsidRPr="00A31499" w:rsidRDefault="00CF1AF5" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analys</w:t>
             </w:r>
             <w:r w:rsidR="009A1B85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">es. Each laboratory shall calculate and document the precision </w:t>
             </w:r>
             <w:r w:rsidR="00C27F50">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and accuracy of all quality control analyses with each sample set.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w14:paraId="6B419A61" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EEE0A07" w14:textId="4120A779" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0D03A6CE" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6022F4D7" w14:textId="189AD8A6" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14845,121 +14542,117 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FB7F4B9" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F34231D" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E33FB6F" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRPr="00A0149B" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w14:paraId="403A6B7D" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ECC58E6" w14:textId="1CC5AA52" w:rsidR="00AA2B94" w:rsidRPr="00F5366E" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="107B4B7F" w14:textId="3BCAFF7F" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidR="00DC50B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -15021,139 +14714,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>H</w:t>
             </w:r>
             <w:r w:rsidRPr="00C95856">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="650BF5BD" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16DF531E" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10845841" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A31499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7CEA" w14:paraId="040045BC" w14:textId="77777777" w:rsidTr="00B54BC8">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64029B37" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRPr="00F5366E" w:rsidRDefault="007A7CEA" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24837671" w14:textId="77777777" w:rsidR="00B269D0" w:rsidRDefault="00B269D0" w:rsidP="00B269D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F09EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the lower reporting limit standard? </w:t>
             </w:r>
             <w:r w:rsidRPr="0145D97F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15234,121 +14922,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F0186B0" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRDefault="007A7CEA" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6898EA19" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRDefault="007A7CEA" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D59AAF5" w14:textId="66FB7DC1" w:rsidR="007A7CEA" w:rsidRPr="009F092D" w:rsidRDefault="00C82DA8" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007A7CEA" w14:paraId="333AF8EA" w14:textId="77777777" w:rsidTr="00B54BC8">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B57E96E" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRPr="00F5366E" w:rsidRDefault="007A7CEA" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F83B97" w14:textId="77777777" w:rsidR="00732ED1" w:rsidRPr="00732ED1" w:rsidRDefault="00732ED1" w:rsidP="00732ED1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00732ED1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the lower reporting limit standard does not meet the acceptance criterion? [15A NCAC 2H .0805 (a) (7) (B)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E131380" w14:textId="77777777" w:rsidR="00732ED1" w:rsidRPr="00732ED1" w:rsidRDefault="00732ED1" w:rsidP="00732ED1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -15410,210 +15094,212 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58F1B463" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRDefault="007A7CEA" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BA21707" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRDefault="007A7CEA" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="245A31F3" w14:textId="77777777" w:rsidR="007A7CEA" w:rsidRPr="009F092D" w:rsidRDefault="007A7CEA" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AA2B94" w14:paraId="3675006F" w14:textId="77777777" w:rsidTr="00590162">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C3A64E4" w14:textId="6623CBB3" w:rsidR="00AA2B94" w:rsidRPr="00F5366E" w:rsidRDefault="00AA2B94" w:rsidP="00C009A8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="443"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="073D4770" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C95856">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[15A NCAC 2H .0805 (a) (7) (B)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54EA4789" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AC74749" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A06804F" w14:textId="77777777" w:rsidR="00AA2B94" w:rsidRDefault="00AA2B94" w:rsidP="00AA2B94">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F092D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
+              <w:t xml:space="preserve">If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009F092D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="419E82D5" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="790DFD6B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0149B">
@@ -15772,265 +15458,671 @@
     <w:p w14:paraId="2C696175" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>nspector: ______________________________________________________</w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_________</w:t>
+        <w:t>_</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A0149B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
+    <w:p w14:paraId="56ECE950" w14:textId="03FF2658" w:rsidR="00690436" w:rsidRDefault="00690436">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Table 2. Concentration Ranges</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2769"/>
+        <w:gridCol w:w="2769"/>
+        <w:gridCol w:w="2770"/>
+        <w:gridCol w:w="2770"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00690436" w14:paraId="69EE469F" w14:textId="77777777" w:rsidTr="00690436">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="143F1E26" w14:textId="45EF7FAD" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Range mg/L N</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="54744656" w14:textId="4976526E" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sample mL/min</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBB235E" w14:textId="62D5C8C0" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Resample mL/min</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="254883A0" w14:textId="740C629A" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>mL NaOH Buffer (Sec 7.7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690436" w14:paraId="46C79E0C" w14:textId="77777777" w:rsidTr="00690436">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7518361F" w14:textId="75154D46" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0-1.5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE146D6" w14:textId="31439064" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29675816" w14:textId="540BAE65" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CAAFD62" w14:textId="46CE1284" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>250</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690436" w14:paraId="74F9B667" w14:textId="77777777" w:rsidTr="00690436">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73071F87" w14:textId="7363A9D2" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0-5.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="735170D5" w14:textId="7979BD3A" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16627FB6" w14:textId="376BEFD1" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCA24FC" w14:textId="4BF10684" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>120</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00690436" w14:paraId="3123B498" w14:textId="77777777" w:rsidTr="00690436">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD78BF9" w14:textId="48D5D5CD" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0-10.0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A21A15B" w14:textId="6E286573" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6737E7FD" w14:textId="5D479578" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>0.16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2770" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66CBBD22" w14:textId="4E0F04DC" w:rsidR="00690436" w:rsidRDefault="00690436" w:rsidP="00690436">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p w14:paraId="61CC9440" w14:textId="77777777" w:rsidR="00624FE5" w:rsidRDefault="00624FE5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="006057C9" w14:textId="22DD3E6D" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="00513A08" w:rsidP="00274151">
+    <w:p w14:paraId="006057C9" w14:textId="1EDB98BD" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="00624FE5" w:rsidP="00274151">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...29 lines deleted...]
-      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:sectPr w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidSect="009A2940">
-      <w:headerReference w:type="even" r:id="rId12"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="even" r:id="rId11"/>
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:headerReference w:type="first" r:id="rId14"/>
+      <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="445" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="219AAD00" w14:textId="77777777" w:rsidR="000200BE" w:rsidRDefault="000200BE">
+    <w:p w14:paraId="5EDC05C6" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7D303FAC" w14:textId="77777777" w:rsidR="000200BE" w:rsidRDefault="000200BE">
+    <w:p w14:paraId="6EC8B55D" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2347DF39" w14:textId="77777777" w:rsidR="00ED0937" w:rsidRDefault="00ED0937"/>
+    <w:p w14:paraId="2839853F" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="Yu Gothic"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AC82DDA" w14:textId="77777777" w:rsidR="00674E0E" w:rsidRDefault="00674E0E">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="45EC8661" w14:textId="533B12E2" w:rsidR="00EA3E48" w:rsidRPr="00674E0E" w:rsidRDefault="00674E0E" w:rsidP="00674E0E">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
@@ -16043,124 +16135,124 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>02/10</w:t>
     </w:r>
     <w:r w:rsidR="00C95856">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/202</w:t>
     </w:r>
     <w:r w:rsidR="0065313E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74FAE922" w14:textId="77777777" w:rsidR="00674E0E" w:rsidRDefault="00674E0E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="04975219" w14:textId="0127F552" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00674E0E">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev: </w:t>
     </w:r>
     <w:r w:rsidR="00590162">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>02/10/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CCD4F2A" w14:textId="77777777" w:rsidR="000200BE" w:rsidRDefault="000200BE">
+    <w:p w14:paraId="7D333CD9" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="54E483FC" w14:textId="77777777" w:rsidR="000200BE" w:rsidRDefault="000200BE">
+    <w:p w14:paraId="1D7D3ED1" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1A027F39" w14:textId="77777777" w:rsidR="00ED0937" w:rsidRDefault="00ED0937"/>
+    <w:p w14:paraId="653B45D6" w14:textId="77777777" w:rsidR="00FB548D" w:rsidRDefault="00FB548D"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1C1BED20" w14:textId="4F3E6D7E" w:rsidR="00DE658C" w:rsidRDefault="00DE658C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3BEC72B5" w14:textId="28FB501E" w:rsidR="009A2940" w:rsidRDefault="009A2940">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="78F95534" w14:textId="157F1EEA" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="009A2940" w:rsidP="009A2940">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="198"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -16234,61 +16326,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="006771C3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="38A71A44" w14:textId="65B79790" w:rsidR="00DE658C" w:rsidRDefault="00DE658C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="161F6A06"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="771E2502"/>
     <w:lvl w:ilvl="0" w:tplc="1292B8B8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -16465,103 +16557,86 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1144852721">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1059288092">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1144006764">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...13 lines deleted...]
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="0000010A"/>
     <w:rsid w:val="00000612"/>
     <w:rsid w:val="00004B33"/>
     <w:rsid w:val="00004D69"/>
     <w:rsid w:val="00006552"/>
     <w:rsid w:val="00014839"/>
     <w:rsid w:val="000200BE"/>
     <w:rsid w:val="00020C34"/>
     <w:rsid w:val="00022BAE"/>
     <w:rsid w:val="00026092"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00035497"/>
     <w:rsid w:val="000375B0"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00045858"/>
     <w:rsid w:val="0007093E"/>
     <w:rsid w:val="00071E91"/>
@@ -16663,94 +16738,96 @@
     <w:rsid w:val="004603B4"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="0046513A"/>
     <w:rsid w:val="004703ED"/>
     <w:rsid w:val="00473B18"/>
     <w:rsid w:val="004761EA"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="0048336D"/>
     <w:rsid w:val="004873D8"/>
     <w:rsid w:val="004A324C"/>
     <w:rsid w:val="004A7F06"/>
     <w:rsid w:val="004B53CB"/>
     <w:rsid w:val="004D32AA"/>
     <w:rsid w:val="004D38DB"/>
     <w:rsid w:val="004E01F5"/>
     <w:rsid w:val="004E7FA2"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="00503825"/>
     <w:rsid w:val="005042A6"/>
     <w:rsid w:val="00506AB6"/>
     <w:rsid w:val="005113D3"/>
     <w:rsid w:val="00513A08"/>
     <w:rsid w:val="005178E7"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00523107"/>
+    <w:rsid w:val="005243C7"/>
     <w:rsid w:val="00531B7E"/>
     <w:rsid w:val="00537720"/>
     <w:rsid w:val="00542CDF"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="005525ED"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="0056156D"/>
     <w:rsid w:val="00567686"/>
     <w:rsid w:val="00571B98"/>
     <w:rsid w:val="00572846"/>
     <w:rsid w:val="00576789"/>
     <w:rsid w:val="00586AFC"/>
     <w:rsid w:val="00590162"/>
     <w:rsid w:val="00590487"/>
     <w:rsid w:val="00593FCC"/>
     <w:rsid w:val="0059555B"/>
     <w:rsid w:val="005A5F9F"/>
     <w:rsid w:val="005A6B1D"/>
     <w:rsid w:val="005B2605"/>
     <w:rsid w:val="005B432E"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="005F768C"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="00623B5C"/>
     <w:rsid w:val="00623D2B"/>
     <w:rsid w:val="00624DC8"/>
     <w:rsid w:val="00624FE5"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="00635042"/>
     <w:rsid w:val="00635F6B"/>
     <w:rsid w:val="006500B9"/>
     <w:rsid w:val="00651C03"/>
     <w:rsid w:val="00651E40"/>
     <w:rsid w:val="0065254D"/>
     <w:rsid w:val="0065313E"/>
     <w:rsid w:val="00654C3F"/>
     <w:rsid w:val="006675BC"/>
     <w:rsid w:val="00674E0E"/>
     <w:rsid w:val="006771C3"/>
     <w:rsid w:val="00685B31"/>
     <w:rsid w:val="006902B8"/>
+    <w:rsid w:val="00690436"/>
     <w:rsid w:val="006933B9"/>
     <w:rsid w:val="0069493E"/>
     <w:rsid w:val="006955B9"/>
     <w:rsid w:val="0069706E"/>
     <w:rsid w:val="006B1193"/>
     <w:rsid w:val="006B5E09"/>
     <w:rsid w:val="006B7D30"/>
     <w:rsid w:val="006C0472"/>
     <w:rsid w:val="006C4F73"/>
     <w:rsid w:val="006C6152"/>
     <w:rsid w:val="006D7E05"/>
     <w:rsid w:val="006E0F6A"/>
     <w:rsid w:val="006E7BE7"/>
     <w:rsid w:val="006F3578"/>
     <w:rsid w:val="006F73AD"/>
     <w:rsid w:val="007074BE"/>
     <w:rsid w:val="00713FD0"/>
     <w:rsid w:val="00724F0C"/>
     <w:rsid w:val="00731D08"/>
     <w:rsid w:val="00732206"/>
     <w:rsid w:val="00732ED1"/>
     <w:rsid w:val="00741E9D"/>
     <w:rsid w:val="00744975"/>
     <w:rsid w:val="00746079"/>
     <w:rsid w:val="0076372F"/>
@@ -16893,50 +16970,51 @@
     <w:rsid w:val="00B666B8"/>
     <w:rsid w:val="00B713BF"/>
     <w:rsid w:val="00B7529A"/>
     <w:rsid w:val="00B771EF"/>
     <w:rsid w:val="00B80A24"/>
     <w:rsid w:val="00B870E9"/>
     <w:rsid w:val="00BA451E"/>
     <w:rsid w:val="00BB419D"/>
     <w:rsid w:val="00BB59E6"/>
     <w:rsid w:val="00BC5D56"/>
     <w:rsid w:val="00BC64E7"/>
     <w:rsid w:val="00BD0625"/>
     <w:rsid w:val="00BD2C5F"/>
     <w:rsid w:val="00BD3AA6"/>
     <w:rsid w:val="00BD582C"/>
     <w:rsid w:val="00BE33F2"/>
     <w:rsid w:val="00BE78C7"/>
     <w:rsid w:val="00BF19F5"/>
     <w:rsid w:val="00BF3F9B"/>
     <w:rsid w:val="00BF6396"/>
     <w:rsid w:val="00C009A8"/>
     <w:rsid w:val="00C125F4"/>
     <w:rsid w:val="00C134E9"/>
     <w:rsid w:val="00C274BF"/>
     <w:rsid w:val="00C27F50"/>
+    <w:rsid w:val="00C3069A"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C50328"/>
     <w:rsid w:val="00C50EB9"/>
     <w:rsid w:val="00C7110F"/>
     <w:rsid w:val="00C74473"/>
     <w:rsid w:val="00C748AA"/>
     <w:rsid w:val="00C82DA8"/>
     <w:rsid w:val="00C94C4F"/>
     <w:rsid w:val="00C95856"/>
     <w:rsid w:val="00C97069"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CB59E4"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CE2568"/>
     <w:rsid w:val="00CE298C"/>
     <w:rsid w:val="00CE3E0F"/>
     <w:rsid w:val="00CE4D0F"/>
     <w:rsid w:val="00CE7F42"/>
     <w:rsid w:val="00CE7F74"/>
     <w:rsid w:val="00CF1AF5"/>
     <w:rsid w:val="00CF5F93"/>
     <w:rsid w:val="00D03261"/>
     <w:rsid w:val="00D13642"/>
@@ -16982,105 +17060,106 @@
     <w:rsid w:val="00E96657"/>
     <w:rsid w:val="00EA148F"/>
     <w:rsid w:val="00EA3B97"/>
     <w:rsid w:val="00EA3E48"/>
     <w:rsid w:val="00EC2B9E"/>
     <w:rsid w:val="00EC3426"/>
     <w:rsid w:val="00ED0937"/>
     <w:rsid w:val="00ED2884"/>
     <w:rsid w:val="00ED5BE3"/>
     <w:rsid w:val="00EE261A"/>
     <w:rsid w:val="00EE65C7"/>
     <w:rsid w:val="00EF3E23"/>
     <w:rsid w:val="00EF41D1"/>
     <w:rsid w:val="00EF6021"/>
     <w:rsid w:val="00F07DEA"/>
     <w:rsid w:val="00F10F16"/>
     <w:rsid w:val="00F221E0"/>
     <w:rsid w:val="00F23DA3"/>
     <w:rsid w:val="00F24DFE"/>
     <w:rsid w:val="00F63E61"/>
     <w:rsid w:val="00F80B45"/>
     <w:rsid w:val="00F821A6"/>
     <w:rsid w:val="00F929F9"/>
     <w:rsid w:val="00F96122"/>
     <w:rsid w:val="00FB1E8E"/>
+    <w:rsid w:val="00FB548D"/>
     <w:rsid w:val="00FC08A8"/>
     <w:rsid w:val="00FC7887"/>
     <w:rsid w:val="00FD27E7"/>
     <w:rsid w:val="00FD420B"/>
     <w:rsid w:val="00FD5B63"/>
     <w:rsid w:val="00FE7E20"/>
     <w:rsid w:val="00FF186C"/>
     <w:rsid w:val="00FF74A5"/>
     <w:rsid w:val="2A634F88"/>
     <w:rsid w:val="309839A2"/>
     <w:rsid w:val="38B8D5FA"/>
     <w:rsid w:val="5C03588A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="48B67ABE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{9535C699-DA9C-4F4F-9A14-AC07570D9DA4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -17320,50 +17399,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
@@ -17554,51 +17634,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008146AE"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0059555B"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17653,51 +17733,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -17968,215 +18048,183 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -18234,133 +18282,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BCDC7735-8B2B-42A2-8041-A6FF8571D032}"/>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC6DCE8C-4702-4C88-8847-E7CF617945F4}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7659D6-AEA1-438D-B1CB-79AE3DEDE05B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3991F6BA-9ABC-4213-90A4-A07A40AD2E99}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3991F6BA-9ABC-4213-90A4-A07A40AD2E99}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ED7659D6-AEA1-438D-B1CB-79AE3DEDE05B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3941</Words>
-  <Characters>22466</Characters>
+  <Words>4157</Words>
+  <Characters>22411</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>187</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>896</Lines>
+  <Paragraphs>327</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26355</CharactersWithSpaces>
+  <CharactersWithSpaces>26241</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>