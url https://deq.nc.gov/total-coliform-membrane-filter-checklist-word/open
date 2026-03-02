--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,60 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="emf" ContentType="image/x-emf"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="45E2FE85" w14:textId="586FE19E" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D64B45">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -123,409 +121,397 @@
         <w:tblW w:w="10960" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2186"/>
         <w:gridCol w:w="2790"/>
         <w:gridCol w:w="3824"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1170"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="2D33072C" w14:textId="77777777" w:rsidTr="00363625">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B005F7A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6614" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="685BB498" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="212C0CED" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31F8B48B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="600A258F" w14:textId="77777777" w:rsidTr="00363625">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="19A6F230" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6614" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="34A5CEB1" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57F71911" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3D8986EE" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="0E761CA3" w14:textId="77777777" w:rsidTr="00363625">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="004FDBA2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5984" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12A992EC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="3127B810" w14:textId="77777777" w:rsidTr="00363625">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4976" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64356433" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5984" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6F51D365" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5BCD06B7" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63879091" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00577AD2" w:rsidRDefault="00C37462">
@@ -847,72 +833,70 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D750E" w:rsidRPr="00A0149B" w14:paraId="584898C1" w14:textId="77777777" w:rsidTr="00B261FE">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2607AE4B" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33E867B1" w14:textId="06CC514B" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00A761C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Incubator, </w:t>
             </w:r>
             <w:r w:rsidR="00A761C0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1103,74 +1087,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FB64598" w14:textId="75DECEBC" w:rsidR="00E23408" w:rsidRDefault="00E23408" w:rsidP="00A761C0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E98A398" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C8F415" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E448AE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bunsen Burner</w:t>
             </w:r>
             <w:r w:rsidR="005F52EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -1198,72 +1180,70 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>alcohol</w:t>
             </w:r>
             <w:r w:rsidR="005F52EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> to flame</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077E3" w:rsidRPr="00A0149B" w14:paraId="6FA7BF20" w14:textId="77777777" w:rsidTr="00B261FE">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7418F6C2" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7CBF57B9" w14:textId="4AC9F04C" w:rsidR="00A077E3" w:rsidRPr="00142E03" w:rsidRDefault="00142E03" w:rsidP="00201046">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T</w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1282,764 +1262,738 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C increments</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53956019" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24947DB8" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00E448AE" w:rsidRDefault="00543023" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilution bottles</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="0BAAF162" w14:textId="77777777" w:rsidTr="00B261FE">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="115C332D" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19240544" w14:textId="615BD6CA" w:rsidR="009D750E" w:rsidRDefault="001A5DF6" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile sample bottles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15EAB2DC" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67DC5B64" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00E448AE" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="72344B8F" w14:textId="77777777" w:rsidTr="00183689">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37FAFF37" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="331DA6D1" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile pipettes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13955E7E" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6456D4F3" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00E448AE" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Temperature gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077E3" w14:paraId="217CC67A" w14:textId="77777777" w:rsidTr="00183689">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B43B29F" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F285966" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRDefault="00A077E3" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Graduated cylinders</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59FA7D83" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79ADF429" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRDefault="00D31B62" w:rsidP="00767C15">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pressure gauge</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="2393576D" w14:textId="77777777" w:rsidTr="00183689">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AD6FA48" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="344C6C55" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00BE6676">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Microscope w/ 10-15x magnification </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72E4B9FD" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC01931" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00D31B62" w:rsidP="00767C15">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Holding thermometer</w:t>
             </w:r>
             <w:r w:rsidDel="00D31B62">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="758755DF" w14:textId="77777777" w:rsidTr="00E448AE">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="668DB647" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6596BF25" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile metal forceps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="632FEA39" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4039693E" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00543023" w:rsidP="00D31B62">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Vacuum source</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="3DB321AE" w14:textId="77777777" w:rsidTr="00E448AE">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63F650DC" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B88E3B5" w14:textId="292359CF" w:rsidR="009D750E" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterilizer oven 170</w:t>
             </w:r>
             <w:r w:rsidR="00030AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ºC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D948426" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="559E8723" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00400DBC" w:rsidP="00677E70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sterile </w:t>
             </w:r>
             <w:r w:rsidR="00C85BED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">non leaking </w:t>
@@ -2052,252 +2006,244 @@
               </w:rPr>
               <w:t>filtration apparatus</w:t>
             </w:r>
             <w:r w:rsidR="00677E70" w:rsidDel="00677E70">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0093593D" w14:paraId="30D79ECE" w14:textId="77777777" w:rsidTr="0093593D">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C1FF37E" w14:textId="77777777" w:rsidR="0093593D" w:rsidRPr="00A0149B" w:rsidRDefault="0093593D" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10CCF61A" w14:textId="77777777" w:rsidR="0093593D" w:rsidRDefault="0093593D" w:rsidP="00A077E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Hotplate w/ magnetic stirrer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="220A084E" w14:textId="77777777" w:rsidR="0093593D" w:rsidRPr="00A0149B" w:rsidRDefault="0093593D" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75ED6F66" w14:textId="77777777" w:rsidR="0093593D" w:rsidRDefault="00543023" w:rsidP="00677E70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="005F52EF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>olony counter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A077E3" w14:paraId="06C9D073" w14:textId="77777777" w:rsidTr="0093593D">
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF41D53" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6215E6D8" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRDefault="00543023" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>F</w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>orceps</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D45E9AC" w14:textId="77777777" w:rsidR="00A077E3" w:rsidRPr="00A0149B" w:rsidRDefault="00A077E3" w:rsidP="00B261FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E225953" w14:textId="77777777" w:rsidR="00A077E3" w:rsidDel="00677E70" w:rsidRDefault="00543023" w:rsidP="00677E70">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Refrigerator</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="074E72AB" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
@@ -2358,244 +2304,236 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="000A4BD5" w14:paraId="4D092BCB" w14:textId="77777777" w:rsidTr="00767C15">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EB2F647" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="129EDDCF" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Waterproof plastic bag enclosures</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73B003C5" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="428D97E6" w14:textId="6830CB4E" w:rsidR="000A4BD5" w:rsidRPr="00264D11" w:rsidRDefault="00A077E3" w:rsidP="00A077E3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Petri</w:t>
             </w:r>
             <w:r w:rsidR="000A4BD5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> dishes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000A4BD5" w14:paraId="682E8D25" w14:textId="77777777" w:rsidTr="00767C15">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73E1F165" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DF6AA0D" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile absorbent pads</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AE68007" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRPr="00A0149B" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37CA5513" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sterile membrane filters</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5CE9BD13" w14:textId="77777777" w:rsidR="000A4BD5" w:rsidRDefault="000A4BD5">
       <w:pPr>
         <w:rPr>
@@ -2647,72 +2585,70 @@
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4500"/>
       </w:tblGrid>
       <w:tr w:rsidR="009D750E" w:rsidRPr="00A0149B" w14:paraId="44F67CC2" w14:textId="77777777" w:rsidTr="00767C15">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DE0FC78" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B425658" w14:textId="6CC88EA7" w:rsidR="009D750E" w:rsidRDefault="00030AC5" w:rsidP="00C07398">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="009D750E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2731,137 +2667,133 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ndo</w:t>
             </w:r>
             <w:r w:rsidR="009D750E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AF74423" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AFDC836" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00E241C0" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sterile </w:t>
             </w:r>
             <w:r w:rsidR="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dilution/ rinse water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009D750E" w14:paraId="7FE1D927" w14:textId="77777777" w:rsidTr="00767C15">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F1D00B5" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56B0FE9D" w14:textId="04B7DC3C" w:rsidR="009D750E" w:rsidRDefault="00030AC5" w:rsidP="00C07398">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidR="009D750E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2888,74 +2820,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C17E6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>agar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F24A539" w14:textId="77777777" w:rsidR="009D750E" w:rsidRPr="00A0149B" w:rsidRDefault="009D750E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BE373E5" w14:textId="77777777" w:rsidR="009D750E" w:rsidRDefault="00A077E3" w:rsidP="00D31B62">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>phosphate buffer (KH</w:t>
             </w:r>
             <w:r w:rsidRPr="00A077E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -2982,127 +2912,123 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000E0826" w14:paraId="5AB0C1F4" w14:textId="77777777" w:rsidTr="00767C15">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16549984" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A0149B" w:rsidRDefault="000E0826" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4692299B" w14:textId="77777777" w:rsidR="000E0826" w:rsidRDefault="00E11F3E" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E11F3E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NaOH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7052F22D" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A0149B" w:rsidRDefault="000E0826" w:rsidP="00767C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4500" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3921A481" w14:textId="77777777" w:rsidR="000E0826" w:rsidRPr="00A077E3" w:rsidRDefault="00A077E3" w:rsidP="00D31B62">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>MgCl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -3115,75 +3041,73 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6DFFAA26" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="11153" w:type="dxa"/>
         <w:tblInd w:w="97" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="443"/>
+        <w:gridCol w:w="777"/>
         <w:gridCol w:w="4860"/>
-        <w:gridCol w:w="450"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4950"/>
+        <w:gridCol w:w="586"/>
+        <w:gridCol w:w="597"/>
+        <w:gridCol w:w="4399"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="27BC6DEE" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="27BC6DEE" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="11153" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="557DB884" w14:textId="5241F3D2" w:rsidR="00B90F12" w:rsidRDefault="00B90F12" w:rsidP="00B90F12">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9020 A-2015 states: QC requirements in section 9020 are not mandatory. </w:t>
             </w:r>
@@ -3599,89 +3523,86 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="042F5AD6" w14:textId="62BC0492" w:rsidR="00D0102D" w:rsidRPr="00363625" w:rsidRDefault="00D0102D" w:rsidP="00363625">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D0102D">
+            <w:r w:rsidRPr="005C7148">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00D0102D">
+            <w:r w:rsidRPr="005C7148">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and in the column</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00D0102D">
+            <w:r w:rsidRPr="005C7148">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0102D" w:rsidRPr="00A0149B" w14:paraId="5E941612" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00D0102D" w:rsidRPr="00A0149B" w14:paraId="5E941612" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D2010E" w14:textId="77777777" w:rsidR="00D0102D" w:rsidRPr="00F14F8B" w:rsidRDefault="00D0102D" w:rsidP="00F14F8B">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="425"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3793,88 +3714,86 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="45730889" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="45730889" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="721F88A7" w14:textId="50F2E215" w:rsidR="007D3E33" w:rsidRPr="00F14F8B" w:rsidRDefault="007D3E33" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78AB71F9" w14:textId="2665D3BF" w:rsidR="007D3E33" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
@@ -4009,123 +3928,120 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74CD4C9F" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00560E41" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="030162B5" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00560E41" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="069736C3" w14:textId="3DA43BF4" w:rsidR="002E19C9" w:rsidRPr="00B12136" w:rsidRDefault="004672FE" w:rsidP="002E19C9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Verify proper method reference. During review notate deviations from the approved method and SOP.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0D2AFE86" w14:textId="428BDC1E" w:rsidR="007D3E33" w:rsidRPr="00B12136" w:rsidRDefault="007D3E33" w:rsidP="7F4C38CE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="6F94B1AD" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="6F94B1AD" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B35BDC6" w14:textId="7BB45A23" w:rsidR="007D3E33" w:rsidRPr="00F14F8B" w:rsidRDefault="007D3E33" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -4247,227 +4163,222 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62664328" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00560E41" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="082B4687" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00560E41" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F3D5938" w14:textId="504D94A7" w:rsidR="007D3E33" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008D0065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall develop documentation outlining the analytical quality control practices used for the Parameter Methods included in its Certification, including Standard Operating Procedures for each certified Parameter Method. Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made. Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents. Supporting Records shall be maintained as evidence that these practices are implemented.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00461D4F" w:rsidRPr="00A0149B" w14:paraId="1B439E92" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00461D4F" w:rsidRPr="00A0149B" w14:paraId="1B439E92" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="691B4FE6" w14:textId="77FE8EAC" w:rsidR="00461D4F" w:rsidRPr="00F14F8B" w:rsidRDefault="00461D4F" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57D52C7B" w14:textId="77777777" w:rsidR="00461D4F" w:rsidRDefault="00461D4F" w:rsidP="00461D4F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2818432D" w14:textId="77777777" w:rsidR="00461D4F" w:rsidRPr="00560E41" w:rsidRDefault="00461D4F" w:rsidP="00461D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45D5DCAE" w14:textId="77777777" w:rsidR="00461D4F" w:rsidRPr="00560E41" w:rsidRDefault="00461D4F" w:rsidP="00461D4F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="387FD60E" w14:textId="77777777" w:rsidR="00461D4F" w:rsidRPr="008352D2" w:rsidRDefault="00461D4F" w:rsidP="00461D4F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D0102D" w:rsidRPr="00A0149B" w14:paraId="5174F98C" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00D0102D" w:rsidRPr="00A0149B" w14:paraId="5174F98C" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C270575" w14:textId="77777777" w:rsidR="00D0102D" w:rsidRPr="00F14F8B" w:rsidRDefault="00D0102D" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -4567,88 +4478,86 @@
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752CC455" w14:textId="77777777" w:rsidR="00D0102D" w:rsidRPr="0035714D" w:rsidRDefault="00D0102D" w:rsidP="00D0102D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035714D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="2858C371" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="2858C371" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F9655B1" w14:textId="3BCE64D2" w:rsidR="00363625" w:rsidRPr="00F14F8B" w:rsidRDefault="00363625" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15621503" w14:textId="233684E5" w:rsidR="00363625" w:rsidRDefault="00363625" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples collected in sterile </w:t>
             </w:r>
             <w:r w:rsidR="00F25B05">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4703,85 +4612,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00D7131F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FEBA48A" w14:textId="77777777" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00363625" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1419E0" w14:textId="77777777" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00363625" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="743174BF" w14:textId="7E8A7993" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00A65626" w:rsidP="00A65626">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Collect samples for microbiological examination in clean,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4912,88 +4818,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="003B717F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00363625">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and 9040.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="7F189496" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00363625" w:rsidRPr="00A0149B" w14:paraId="7F189496" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="704E89DC" w14:textId="5ECEBA4F" w:rsidR="00363625" w:rsidRPr="00F14F8B" w:rsidRDefault="00363625" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="100BA586" w14:textId="3B92AE34" w:rsidR="00363625" w:rsidRDefault="00363625" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is residual chlorine neutralized at time of sample collection with sterile </w:t>
             </w:r>
             <w:r w:rsidR="006C1379">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5125,91 +5029,88 @@
             </w:r>
             <w:r w:rsidR="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00494992" w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29D9CF09" w14:textId="77777777" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00363625" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23E85F71" w14:textId="77777777" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00363625" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24A23D5B" w14:textId="08B04B1E" w:rsidR="00363625" w:rsidRPr="00A0149B" w:rsidRDefault="00494992" w:rsidP="00494992">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When sampling chlorinated wastewater effluents, add enough Na</w:t>
             </w:r>
             <w:r w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -5322,88 +5223,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> will neutralize a sample containing </w:t>
             </w:r>
             <w:r w:rsidR="001E2707">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">up to 15 mg/L </w:t>
             </w:r>
             <w:r w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>residual chlorine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="3F09DFC7" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="3F09DFC7" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D093819" w14:textId="23751C63" w:rsidR="00264D11" w:rsidRPr="00F14F8B" w:rsidRDefault="00264D11" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15BA0FCB" w14:textId="61863923" w:rsidR="00264D11" w:rsidRDefault="00264D11" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -5532,91 +5431,88 @@
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="011A3D00" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66A2CDA3" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EB7DF9A" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00280E65" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>40 CFR f</w:t>
             </w:r>
             <w:r w:rsidR="007B65C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5635,88 +5531,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">sample is received in </w:t>
             </w:r>
             <w:r w:rsidR="00080404">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="007B65C3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lab within 15 minutes it is not required to be on ice.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="7D54831B" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="7D54831B" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78DA9E0C" w14:textId="00E67076" w:rsidR="00264D11" w:rsidRPr="00F14F8B" w:rsidRDefault="00264D11" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75EE1A82" w14:textId="0FA59127" w:rsidR="00264D11" w:rsidRDefault="00264D11" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples checked for residual chlorine </w:t>
             </w:r>
             <w:r w:rsidR="005D3801">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5800,151 +5694,146 @@
             </w:r>
             <w:r w:rsidR="002F576F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00494992" w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>olicy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A7BD9A6" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C5988DA" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61E3DAFA" w14:textId="476C5683" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00494992" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00494992">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each chemically preserved sample must be checked for effectiveness and the results documented. Dechlorinating agents used at the time of sampling must be documented to have been effective (either by the sample collector or the receiving laboratory) by verifying a chlorine residual &lt;0.5 mg/L at a neutral pH.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C8590E" w:rsidRPr="00A0149B" w14:paraId="05B162B8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00C8590E" w:rsidRPr="00A0149B" w14:paraId="05B162B8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E369E4B" w14:textId="4BF13E0E" w:rsidR="00C8590E" w:rsidRPr="00F14F8B" w:rsidRDefault="00C8590E" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545A37E8" w14:textId="785262F3" w:rsidR="00C8590E" w:rsidRDefault="00C8590E" w:rsidP="00C8590E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What action is taken if chlorine is present</w:t>
             </w:r>
             <w:r w:rsidR="00661C6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6055,155 +5944,151 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FFCB21D" w14:textId="77777777" w:rsidR="00C8590E" w:rsidRPr="00A0149B" w:rsidRDefault="00C8590E" w:rsidP="00C8590E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1C4A05E3" w14:textId="77777777" w:rsidR="00C8590E" w:rsidRPr="00A0149B" w:rsidRDefault="00C8590E" w:rsidP="00C8590E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ED0A75C" w14:textId="6A0E2D58" w:rsidR="00C8590E" w:rsidRDefault="00C8590E" w:rsidP="00C8590E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If another sample cannot be collected, dechlorinate the sample and notify NC WW/GW Laboratory Certification </w:t>
             </w:r>
             <w:r w:rsidR="00030AC5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Branch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that a non-compliant sample was received.</w:t>
             </w:r>
             <w:r w:rsidR="00784E61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Reported results must also be qualified.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="6CA958AA" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00264D11" w:rsidRPr="00A0149B" w14:paraId="6CA958AA" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0124EEB6" w14:textId="51C69FE7" w:rsidR="00264D11" w:rsidRPr="00F14F8B" w:rsidRDefault="00264D11" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00E662A2" w14:textId="1BA6CB16" w:rsidR="00264D11" w:rsidRDefault="00264D11" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6332,142 +6217,137 @@
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FF7DFA1" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="434B1BA3" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33700CD7" w14:textId="77777777" w:rsidR="00264D11" w:rsidRPr="00A0149B" w:rsidRDefault="00264D11" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00552CF1" w:rsidRPr="00A0149B" w14:paraId="39B6FBE6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00552CF1" w:rsidRPr="00A0149B" w14:paraId="39B6FBE6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A5738BF" w14:textId="77777777" w:rsidR="00552CF1" w:rsidRPr="00F14F8B" w:rsidRDefault="00552CF1" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F28DF9D" w14:textId="1AEDD0A0" w:rsidR="00552CF1" w:rsidRPr="0067392B" w:rsidRDefault="00830EB0" w:rsidP="00065612">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed as soon as possible after collection with the start of incubation no more than 8 hours after collection? </w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
@@ -6504,130 +6384,127 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>; footnote 22</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E1756E9" w14:textId="77777777" w:rsidR="00552CF1" w:rsidRPr="00A0149B" w:rsidRDefault="00552CF1" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706E106B" w14:textId="77777777" w:rsidR="00552CF1" w:rsidRPr="00A0149B" w:rsidRDefault="00552CF1" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4978C8AA" w14:textId="40830211" w:rsidR="00552CF1" w:rsidRPr="00A0149B" w:rsidRDefault="00830EB0" w:rsidP="004E4773">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00615DD6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sample analysis should begin as soon as possible after receipt; sample</w:t>
             </w:r>
             <w:r w:rsidRPr="0014735E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>incubation (not filtration) must be started no later than 8 hours from time of collection.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009F7A97" w:rsidRPr="00A0149B" w14:paraId="41003EBE" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009F7A97" w:rsidRPr="00A0149B" w14:paraId="41003EBE" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18DC62C6" w14:textId="4173E8BF" w:rsidR="00D0102D" w:rsidRPr="00F14F8B" w:rsidRDefault="00D0102D" w:rsidP="007F69B0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="156" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -6720,93 +6597,91 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="787F26CB" w14:textId="0A4E021D" w:rsidR="00D0102D" w:rsidRPr="00A0149B" w:rsidRDefault="00D0102D" w:rsidP="00D0102D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003A3358" w:rsidRPr="00A0149B" w14:paraId="4DE7C20C" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="003A3358" w:rsidRPr="00A0149B" w14:paraId="4DE7C20C" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19C60CEF" w14:textId="75321C4A" w:rsidR="003A3358" w:rsidRPr="007F69B0" w:rsidRDefault="003A3358" w:rsidP="007F69B0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="156" w:right="-12" w:hanging="100"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DEAE206" w14:textId="4D18CBA5" w:rsidR="003A3358" w:rsidRPr="005626A7" w:rsidRDefault="003A3358" w:rsidP="00E11195">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -6862,101 +6737,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16EDD8AC" w14:textId="77777777" w:rsidR="003A3358" w:rsidRPr="005626A7" w:rsidRDefault="003A3358" w:rsidP="00E11195">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D9E05D1" w14:textId="77777777" w:rsidR="003A3358" w:rsidRPr="005626A7" w:rsidRDefault="003A3358" w:rsidP="00E11195">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7251F9C4" w14:textId="62E09DE3" w:rsidR="003A3358" w:rsidRPr="005626A7" w:rsidRDefault="003A3358" w:rsidP="00E11195">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D4607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6996,51 +6868,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">use media with a manufacturer’s expiration date greater than noted in the Table, have manufacturer supply evidence of media quality for that extended </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>period of time</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00DD0B10">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C379F" w:rsidRPr="00A0149B" w14:paraId="79C31894" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="002C379F" w:rsidRPr="00A0149B" w14:paraId="79C31894" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A966D9E" w14:textId="77777777" w:rsidR="002C379F" w:rsidRPr="00F14F8B" w:rsidRDefault="002C379F" w:rsidP="007F69B0">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="156" w:right="-12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7110,91 +6982,89 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42C77AE9" w14:textId="77777777" w:rsidR="002C379F" w:rsidRPr="005626A7" w:rsidRDefault="002C379F" w:rsidP="00D0102D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="14C77A97" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="14C77A97" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="726CEB42" w14:textId="5E6C9E5E" w:rsidR="007D3E33" w:rsidRPr="008C14AA" w:rsidRDefault="008C14AA" w:rsidP="008C14AA">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="578A31F2" w14:textId="2C616AAF" w:rsidR="007D3E33" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00835714">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is agar </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7227,142 +7097,137 @@
             </w:r>
             <w:r w:rsidR="0066217F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>18</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAAEB33" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="170DFF03" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EFCD6C2" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="332757D8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="007D3E33" w:rsidRPr="00A0149B" w14:paraId="332757D8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B6A97A" w14:textId="2DFB12D6" w:rsidR="007D3E33" w:rsidRPr="00F14F8B" w:rsidRDefault="007D3E33" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5190971E" w14:textId="1BBB64A8" w:rsidR="007D3E33" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If prepared in the lab, is the preparation documented?</w:t>
             </w:r>
             <w:r w:rsidR="00527F28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7371,101 +7236,107 @@
             </w:r>
             <w:r w:rsidR="00527F28" w:rsidRPr="008D0065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r w:rsidR="00527F28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (1)]</w:t>
             </w:r>
             <w:r w:rsidR="00DB6BED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> [NC WW/GW LCB Traceability Documentation Requirements for Chemicals, Reagents, Standards and Consumables Policy]</w:t>
+              <w:t xml:space="preserve"> [NC WW/GW LCB Traceability </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6BED">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Documentation Requirements for Chemicals, Reagents, Standards and Consumables Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33024605" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79450BC6" w14:textId="77777777" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="007D3E33" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F6A5B59" w14:textId="7F7C2663" w:rsidR="00527F28" w:rsidRDefault="00527F28" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B (5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7483,51 +7354,60 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(1) states: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Document preparation activities such as name of media, volume produced, format, final pH, date prepared, and name of preparer.</w:t>
+              <w:t xml:space="preserve">Document preparation activities such as name of media, volume produced, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>format, final pH, date prepared, and name of preparer.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50AE4FF3" w14:textId="77777777" w:rsidR="00527F28" w:rsidRDefault="00527F28" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="68E1A297" w14:textId="7C294EAC" w:rsidR="007D3E33" w:rsidRPr="00A0149B" w:rsidRDefault="00527F28" w:rsidP="007D3E33">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00527F28">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7561,460 +7441,425 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB6BED">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>A system (e.g., traceable identifiers) must be in place that links standard/reagent preparation information to analytical batches in which the solutions are used. Documentation of solution preparation must include the analyst’s initials, date of preparation, the volume or weight of standard(s) used, the solvent and final volume of the solution. This information as well as the vendor and/or manufacturer, lot number, and expiration date must be retained for primary</w:t>
             </w:r>
             <w:r w:rsidR="00B91B69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> standards, chemicals, reagents, and materials used for a period of five years. Consumable materials such as pH buffers, </w:t>
             </w:r>
             <w:r w:rsidR="00B91B69" w:rsidRPr="00B91B69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">lots of pre-made standards and/or media, </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> and bacteria filters, etc. are included in this requirement. </w:t>
+              <w:t xml:space="preserve">lots of pre-made standards and/or media, solids and bacteria filters, etc. are included in this requirement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="65A66EF2" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="65A66EF2" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10CAE21E" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00F14F8B" w:rsidRDefault="006F59C4" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52516553" w14:textId="42771B64" w:rsidR="006F59C4" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-2015 (5) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00247682">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17A9057C" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A4421D7" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D30CFF" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00830EB0" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="5AAC72CB" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="5AAC72CB" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FFD4578" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00F14F8B" w:rsidRDefault="006F59C4" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="125EFB0B" w14:textId="6E62B640" w:rsidR="006F59C4" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-2015 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60D17E6E" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5FEC2CF5" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02859B88" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00830EB0" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="7D260AFA" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="7D260AFA" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0922B48F" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00F14F8B" w:rsidRDefault="006F59C4" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13757B8A" w14:textId="5BF696CE" w:rsidR="006F59C4" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-2015 (5) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00247682">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D110958" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31A02EE4" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6933A3F6" w14:textId="1E0449DC" w:rsidR="006F59C4" w:rsidRPr="00830EB0" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B (5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -8038,165 +7883,160 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate-magnetic stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="295C741E" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="006F59C4" w:rsidRPr="00A0149B" w14:paraId="295C741E" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0761BCE8" w14:textId="6BA2A1B8" w:rsidR="006F59C4" w:rsidRPr="00F14F8B" w:rsidRDefault="006F59C4" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B98D60A" w14:textId="5C453AB3" w:rsidR="006F59C4" w:rsidRDefault="00A97C99" w:rsidP="006F59C4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97C99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the m-Endo medium adjusted if necessary and documented to be 7.2 ± 0.2 S.U.? [SM 9222 B-2015 (2) (b) (1)] [SM 9020 B-2015 (5) (j) (1)]</w:t>
             </w:r>
             <w:r w:rsidDel="00A97C99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41581B98" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C276783" w14:textId="77777777" w:rsidR="006F59C4" w:rsidRPr="00A0149B" w:rsidRDefault="006F59C4" w:rsidP="006F59C4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37399C12" w14:textId="77777777" w:rsidR="00A97C99" w:rsidRPr="00A378F4" w:rsidRDefault="00A97C99" w:rsidP="00A97C99">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97C99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9222 B (2) (a) states: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A378F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
@@ -8223,189 +8063,184 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97C99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9020 B (5) (j) (1) states: </w:t>
             </w:r>
             <w:r w:rsidRPr="00A378F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, check and record pH of a portion of each medium because the specified pH of the medium is the actual pH required for adequate growth. If pH adjustment is needed, use filter-sterilized 1N NaOH or 1 N HCl solutions to make minor adjustments so medium's pH meets that specified in the formulation. (Commercially available media will seldom need pH adjustment.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="099EC917" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="099EC917" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1851320E" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DFA132E" w14:textId="36997A51" w:rsidR="00775816" w:rsidRDefault="00A97C99" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A97C99">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is agar media stored in refrigerator and discarded after 2 weeks? [SM 9222 B-2015 (2) (b) (1)] Skip to question #25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DBED294" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CA1762C" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="793F39F1" w14:textId="68644423" w:rsidR="00A74928" w:rsidRPr="00E54DA3" w:rsidRDefault="00BB456A" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A378F4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM states:</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB456A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Refrigerate finished medium in the dark and discard unused agar after 2 weeks [or sooner if there is evidence of moisture loss, medium contamination, medium deterioration (darkening of medium), or surface sheen formation].</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="76EC105A" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="76EC105A" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43255997" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -8483,88 +8318,86 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="EDEDED" w:themeFill="accent3" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E023D07" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00830EB0" w:rsidRDefault="00775816" w:rsidP="00403E32">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="755E3712" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="755E3712" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05A4FF6F" w14:textId="4C7F9DFC" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25E8083D" w14:textId="3051D773" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the m-Endo media purchased pre-made or prepared in the lab? If purchased premade </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE4952">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -8574,123 +8407,119 @@
             </w:r>
             <w:r w:rsidR="009960BD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5190C781" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A42744F" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2274C960" w14:textId="107EB44D" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepared media includes purchased premixed media that is rehydrated in the lab.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6D6F058E" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6D6F058E" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A73AD84" w14:textId="1056B75D" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8720,91 +8549,88 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (1)] [NC WW/GW LCB Traceability Documentation Requirements for Chemicals, Reagents, Standards and Consumables Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DDBFF62" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BE11FB4" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="368A29B6" w14:textId="40423308" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B (5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8827,61 +8653,60 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(1) states: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Document preparation activities such as name of media, volume produced, format, final pH, date prepared, and name of preparer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="44E24425" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="44E24425" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5734FBA4" w14:textId="08D588BB" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -8911,142 +8736,137 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>j</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="618EFDBF" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45A97C73" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12182F7B" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="239EA825" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="239EA825" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="375D1DB4" w14:textId="14560ED4" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A494934" w14:textId="1112B55D" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-2015 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -9072,102 +8892,99 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAD75F9" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C938D40" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="425EB059" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="425EB059" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18A54964" w14:textId="6559E44B" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17FD52C7" w14:textId="5A863D0A" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-2015 (5) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00247682">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
@@ -9211,51 +9028,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55568CE1" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="746784CD" w14:textId="599A5DB7" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B (5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9278,88 +9094,86 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00830EB0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(1) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate-magnetic stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="34383CB6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="34383CB6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45A0142F" w14:textId="66437EA0" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29331E5A" w14:textId="2FDE11D6" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005A09EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -9475,51 +9289,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50021C04" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C2B84DC" w14:textId="46F4C0B9" w:rsidR="00F87358" w:rsidRPr="007E1D03" w:rsidRDefault="00463E13" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9222</w:t>
             </w:r>
             <w:r w:rsidR="004B6422">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9583,190 +9396,185 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B (5) (j) (1) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00A74928">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, check and record pH of a portion of each medium because the specified pH of the medium is the actual pH required for adequate growth. If pH adjustment is needed, use filter-sterilized 1N NaOH or 1 N HCl solutions to make minor adjustments so medium's pH meets that specified in the formulation. (Commercially available media will seldom need pH adjustment.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="638810E8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="638810E8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C7DD3FA" w14:textId="465DBC95" w:rsidR="00775816" w:rsidRPr="00F14F8B" w:rsidRDefault="00775816" w:rsidP="00C94D07">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="155" w:hanging="90"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323A1110" w14:textId="25DE031E" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is broth stored in refrigerator and discarded after 96 hours? [SM 9222 B-2015 (2) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00747842">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78AD545F" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C8ABE3E" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61B12291" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F26CF2" w:rsidRPr="00A0149B" w14:paraId="0EF6A194" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00F26CF2" w:rsidRPr="00A0149B" w14:paraId="0EF6A194" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C0AB0DB" w14:textId="77777777" w:rsidR="00F26CF2" w:rsidRPr="00AF1357" w:rsidRDefault="00F26CF2" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:ind w:left="217"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -9883,94 +9691,92 @@
             <w:shd w:val="clear" w:color="auto" w:fill="DBDBDB" w:themeFill="accent3" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EAD071C" w14:textId="5416C156" w:rsidR="00F26CF2" w:rsidRPr="00A0149B" w:rsidRDefault="00F26CF2" w:rsidP="00F26CF2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005626A7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="47EC1037" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="47EC1037" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6EDB5474" w14:textId="2C3E9589" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F43D8DA" w14:textId="7CEAA9DE" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the LTB medium purchased ready-to-use or prepared in the lab? If purchased ready-to-</w:t>
             </w:r>
             <w:r w:rsidRPr="007D4607">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -9991,101 +9797,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E326FF" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D5BCB98" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="259E6096" w14:textId="08D636FD" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Although SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10097,94 +9900,92 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C84EE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="21392298" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="21392298" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="538944A8" w14:textId="395C0DAD" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="541BC7D5" w14:textId="1D08462E" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10206,691 +10007,671 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48CE184F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2587780D" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59154D08" w14:textId="1D4D30D9" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="00F352CB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See explanation in question </w:t>
             </w:r>
             <w:r w:rsidR="002F79DF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="7A403828" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="7A403828" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2321356A" w14:textId="7ED36FD9" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C0AF807" w14:textId="7A9BD4DB" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BD9FA2F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="545FCE84" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8277F0" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="355FD5AA" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="355FD5AA" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25F2E612" w14:textId="191B896B" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7270F97B" w14:textId="4741D9BB" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00695EC0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="731FE5AE" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29BB4A1C" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1116DE6E" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="05B02DF1" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="05B02DF1" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45E7115E" w14:textId="157B58A4" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C921DBC" w14:textId="444AC4A8" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C8BA64B" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34773B6D" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03674630" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00C71277" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D2F9691" w14:textId="2BFC5B28" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1) states:  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="0690FF52" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="0690FF52" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FBB1311" w14:textId="2A09008A" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D743F3" w14:textId="0B41DE75" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10911,194 +10692,189 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B5693C7" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="636FEC3E" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78FFE892" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00C71277" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense-in fermentation tubes with an inverted vial (Durham tube)-sufficient medium to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0C8A207A" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00C71277" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="57C6F424" w14:textId="2A0CB07A" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Medium will fill the inverted vial when sterilized. Account for this volume when dispensing media into tubes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="47F43D4D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="47F43D4D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="799DEB88" w14:textId="5659DBD5" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A61CC99" w14:textId="43DB0F16" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11167,101 +10943,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F2DDBA" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="043101BD" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="671C68FA" w14:textId="45DEA5DE" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Alternatively, omit the inverted vial and add 0.01 g/L brom</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11283,94 +11056,92 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ryptose</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth to determine acid production, an indicator of a positive result in this part of the coliform test. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="19DBF01F" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="19DBF01F" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="256F55C9" w14:textId="2490B060" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B3AD5F7" w14:textId="098E1E8D" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is LTB made </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11407,228 +11178,980 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B2F2551" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AB7844B" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4C5A230B" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00C71277" w:rsidRDefault="009038EF" w:rsidP="001E265B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5A230B" w14:textId="77777777" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Prepare in accordance with Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00C71277">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9221:I.</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> NOTE: Since sample is not added to the LTB (the loop is simply dipped in it) only the 1 ml inoculum instructions apply for verification.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D5B125B" w14:textId="38FF29CC" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="007D4607" w:rsidP="008605AB">
+          <w:p w14:paraId="357BD9CC" w14:textId="77777777" w:rsidR="00D8463D" w:rsidRDefault="00D8463D" w:rsidP="001E265B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="59160E03" w14:textId="586CCC87" w:rsidR="009038EF" w:rsidRDefault="00D8463D" w:rsidP="008605AB">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Table 9221:I Preparation of Lauryl Tryptose Broth</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblInd w:w="445" w:type="dxa"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="906"/>
+              <w:gridCol w:w="821"/>
+              <w:gridCol w:w="906"/>
+              <w:gridCol w:w="1095"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="00E464C9" w14:paraId="5CFFF626" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="3E246F25" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Inoculum (mL)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="16C8A10E" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Amount of</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>Medium in Tube (mL)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="29D75BEC" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Volume of</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>Medium + Inoculum (mL)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="45EE2B4D" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>Dehydrated Lauryl</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:br/>
+                    <w:t>Tryptose Broth Required (g/L)</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="664D2460" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="6292ED17" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="399E6AAA" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>10 or more</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="0D6ED766" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>11 or more</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="704A1D26" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>35.6</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="058AF7A2" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="38797488" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>10</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="26785056" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>10</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="70AEBF4B" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>20</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="7AED8818" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>71.2</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="15398E76" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="3F4ABF85" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>10</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="31A2179A" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>20</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="327030F5" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>30</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="151301D2" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>53.4</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="7BA35F58" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="5C1B0F0B" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>20</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="151D1275" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>10</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="1759D6D7" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>30</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="6C93C2C1" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>106.8</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="323ADAA3" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="458DAF46" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>100</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="6789F774" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>50</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="32E713FA" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>150</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="65F63ACE" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>106.8</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="764C4E3C" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="16E264FA" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>100</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="0648826C" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>35</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="26C0142C" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>135</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="31D29289" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>137.1</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="00E464C9" w14:paraId="6B2C5181" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="6862440A" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>100</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="1CD9115F" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>20</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="4E7C25E7" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>120</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="0" w:type="auto"/>
+                </w:tcPr>
+                <w:p w14:paraId="0BC6F832" w14:textId="77777777" w:rsidR="00E464C9" w:rsidRPr="00E84577" w:rsidRDefault="00E464C9" w:rsidP="00E464C9">
+                  <w:pPr>
+                    <w:jc w:val="center"/>
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="00E84577">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                      <w:color w:val="231F20"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                    </w:rPr>
+                    <w:t>213.6</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="2D5B125B" w14:textId="38FF29CC" w:rsidR="00E464C9" w:rsidRPr="005626A7" w:rsidRDefault="00E464C9" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...31 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="381CA1E6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="381CA1E6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28BC62B0" w14:textId="49DF3F15" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E22C5EA" w14:textId="2FF357EB" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11649,101 +12172,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="770F82E3" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="291D3959" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25809FEC" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00871220" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5283FA7F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00871220" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11752,99 +12272,98 @@
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Autoclave medium at 121°C for 12 to 15 min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="612DE0F9" w14:textId="2C2DCB34" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="1219133D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="1219133D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="64E4BB89" w14:textId="22D48C64" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35FB5721" w14:textId="73D96766" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After sterilization, are inverted vials free of air bubbles? [SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11865,168 +12384,163 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="064A5719" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CFBFFD8" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A92F04A" w14:textId="7660A844" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials, if used, are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="5180F9D8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="5180F9D8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45AB506A" w14:textId="0A845D2A" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5838C00F" w14:textId="75242E6A" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is pH of the LTB medium adjusted if necessary and documented to be 6.8 ± 0.2 S.U.? [SM 9221 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12063,101 +12577,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142CD937" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1795DDB0" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08158023" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00871220" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3BE17A49" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00871220" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12171,69 +12682,51 @@
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">) (a) states: </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pH should be 6.8 ± 0.2 after sterilization.</w:t>
+              <w:t>) (a) states: Medium pH should be 6.8 ± 0.2 after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="541D0581" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00871220" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="78690E89" w14:textId="77777777" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12265,94 +12758,92 @@
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="00871220">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine why (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B666015" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="4241BBD4" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="4241BBD4" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FE7B5AF" w14:textId="33BE842A" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2731EC9E" w14:textId="355FE2C6" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="00CE27FF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12365,101 +12856,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> medium purchased ready-to-use or prepared in the lab? If purchased ready-to-</w:t>
             </w:r>
             <w:r w:rsidRPr="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>use skip to question #46.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="414F2E8F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15B9F087" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="194D36F3" w14:textId="29E33759" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Although SM 9221 </w:t>
             </w:r>
             <w:r w:rsidR="001404B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12505,94 +12993,92 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r w:rsidRPr="008605AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="00A82667">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) provides instructions for preparing medium from individual components, a commercially prepared mix of the dehydrated medium must be used if prepared in the lab since it is readily available. Alternatively, the medium may be purchased ready-to-use and already dispensed into tubes with inverted vials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="273547EC" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="273547EC" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60A103BD" w14:textId="76A1DA19" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C194886" w14:textId="7660E256" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -12614,667 +13100,647 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10FFEE83" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="456DC30C" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1EE08AB0" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="4DF78C35" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="4DF78C35" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5700948A" w14:textId="7C9FB6B5" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C4F4DD8" w14:textId="7DD7EFA7" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media prepared in clean containers that are at least twice the volume of the media being prepared? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="196A3DE6" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BD55FA6" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63C31488" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="3D7DA8A2" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="3D7DA8A2" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="074BCDEA" w14:textId="147F31B7" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="022741D5" w14:textId="6011E7F5" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is reagent grade water used in preparing media? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37154838" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46805CE5" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="457891C9" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="2B87A99D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="2B87A99D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="590BD8B9" w14:textId="149F859F" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36860CB2" w14:textId="29FC7972" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media stirred while heating? [SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">5 (5) (j) (1)] </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA1DA2F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F3C2EE5" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55CBE347" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="000A5E1F" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12DFB74C" w14:textId="09DB04F8" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9020 B-20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1) states:  Stir media, particularly agars, while heating. Avoid scorching or boil-over by using a boiling water bath for small batches of media and by continually attending to larger volumes heated on a hot plate or gas burner. Preferably use hot plate stirrer combinations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="58C148D8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="58C148D8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="234DDD3B" w14:textId="2926CC8A" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D2CE045" w14:textId="569378C3" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sufficient medium dispensed in fermentation tubes with an inverted vial (Durham tube) to cover the inverted vial at least one-half to two-thirds after sterilization? [SM 9221 </w:t>
             </w:r>
             <w:r w:rsidR="00440E40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13329,168 +13795,163 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DA4ADFA" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B333D9" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02D8F87B" w14:textId="502E663C" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before sterilization, dispense sufficient medium, in fermentation tubes with an inverted vial, to cover the inverted vial at least one-half to two-thirds after sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="1D887B5B" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="1D887B5B" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A54B40C" w14:textId="50555F0F" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E8BF105" w14:textId="2431DE30" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is medium autoclaved at 121°C for 12 to 15 minutes in capped tubes? [SM 9221 </w:t>
             </w:r>
             <w:r w:rsidR="008040A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13577,185 +14038,180 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39AA43A7" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F23AA7" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EBA9B65" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="000A5E1F" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Close tubes with metal or heat-resistant plastic caps. Autoclave medium at 121°C for 12 to 15 min.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0EC10278" w14:textId="57E86096" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Note: Cap tubes loosely and set autoclave exhaust to slow.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="5403945B" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="5403945B" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E5AE5C" w14:textId="36CF9570" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="365F04DF" w14:textId="48C18D0D" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">After sterilization, are inverted vials free of air bubbles? [SM 9221 </w:t>
             </w:r>
             <w:r w:rsidR="008040A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -13826,168 +14282,163 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="0033348A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="764AA5D1" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28C835B8" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23C191D0" w14:textId="68BD7DEE" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ensure that inverted vials are free of air bubbles.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="63E6A2A6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="63E6A2A6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3905732D" w14:textId="2B0EC9D1" w:rsidR="00B975FE" w:rsidRPr="00AF1357" w:rsidRDefault="00B975FE" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="212069E7" w14:textId="461AE627" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH of the </w:t>
             </w:r>
             <w:r w:rsidR="00A94FE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14106,101 +14557,98 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>5 (5) (j) (1)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738B939D" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CAADFED" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16EA176B" w14:textId="6311D835" w:rsidR="009038EF" w:rsidRPr="000A5E1F" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 9221 </w:t>
             </w:r>
             <w:r w:rsidR="007D7445">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B</w:t>
@@ -14247,69 +14695,51 @@
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) (</w:t>
             </w:r>
             <w:r w:rsidRPr="008605AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">) states: </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> pH should be </w:t>
+              <w:t xml:space="preserve">) states: Medium pH should be </w:t>
             </w:r>
             <w:r w:rsidR="008E24E3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7.2</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ± 0.2 after sterilization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D91329F" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="000A5E1F" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -14364,94 +14794,92 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> NaOH or 1</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidRPr="000A5E1F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> HCl that has been filtered and sterilized. If the pH is more than 0.5 S.U. outside of the specified pH, discard and determine whey (e.g., incorrect preparation or abnormal pH of reagent water).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="68A64787" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="009038EF" w:rsidRPr="00A0149B" w14:paraId="68A64787" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E65E94" w14:textId="474DE3D4" w:rsidR="009038EF" w:rsidRPr="00AF1357" w:rsidRDefault="009038EF" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70C709F0" w14:textId="44051826" w:rsidR="009038EF" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">When prepared in-house, are the </w:t>
             </w:r>
             <w:r w:rsidR="0027143E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14528,149 +14956,1000 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00A574A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> V]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED5228B" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="719AE6C4" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="107F67AD" w14:textId="77777777" w:rsidR="009038EF" w:rsidRPr="00A574A8" w:rsidRDefault="007D4607" w:rsidP="001E265B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="107F67AD" w14:textId="67ACA971" w:rsidR="009038EF" w:rsidRPr="00A574A8" w:rsidRDefault="009038EF" w:rsidP="001E265B">
             <w:pPr>
               <w:ind w:left="406"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-                <w:szCs w:val="18"/>
+          </w:p>
+          <w:p w14:paraId="38B84E51" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
                 <w:lang w:eastAsia="en-US"/>
-              </w:rPr>
-[...7 lines deleted...]
-          <w:p w14:paraId="5E93D6DA" w14:textId="02B91059" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="17"/>
+                <w:szCs w:val="17"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Holding Times for Prepared Media</w:t>
+            </w:r>
+          </w:p>
+          <w:tbl>
+            <w:tblPr>
+              <w:tblStyle w:val="TableGrid"/>
+              <w:tblW w:w="0" w:type="auto"/>
+              <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+            </w:tblPr>
+            <w:tblGrid>
+              <w:gridCol w:w="3096"/>
+              <w:gridCol w:w="1077"/>
+            </w:tblGrid>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="576EA79C" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="11A13932" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Medium </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="711BED61" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Holding Time</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="0CF34DCD" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4B20F1CC" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>flasks</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="49E90F0D" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>96 h</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="36E98004" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6CFC7069" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Poured agar in plates with tight-fitting </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>covers</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2B715C2A" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="35BC2ADC" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="159"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="36E0DB3E" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Agar or broth in </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>loose-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:tab/>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="6B479F6E" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="7E086078" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="327"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="0EC502FB" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:lastRenderedPageBreak/>
+                    <w:t xml:space="preserve">Agar or broth in tightly closed </w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>screw-cap</w:t>
+                  </w:r>
+                  <w:proofErr w:type="gramEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>tubes</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>b</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve"> </w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="37100E7B" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="5C61E97D" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="320"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="2269C8FE" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>Poured agar plates with loose-fitting covers in sealed plastic bags</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4F50733E" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>2 weeks</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+            <w:tr w:rsidR="005C7148" w:rsidRPr="007D75EA" w14:paraId="2B2AA759" w14:textId="77777777" w:rsidTr="00D8463D">
+              <w:trPr>
+                <w:trHeight w:val="44"/>
+              </w:trPr>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="3471" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="334743B1" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">Large volume of agar in tightly closed screw-cap flask or </w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellStart"/>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>bottle</w:t>
+                  </w:r>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="10"/>
+                      <w:szCs w:val="10"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>a</w:t>
+                  </w:r>
+                  <w:proofErr w:type="spellEnd"/>
+                </w:p>
+              </w:tc>
+              <w:tc>
+                <w:tcPr>
+                  <w:tcW w:w="1130" w:type="dxa"/>
+                </w:tcPr>
+                <w:p w14:paraId="4FFCAAA0" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+                  <w:pPr>
+                    <w:autoSpaceDE w:val="0"/>
+                    <w:autoSpaceDN w:val="0"/>
+                    <w:adjustRightInd w:val="0"/>
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                  </w:pPr>
+                  <w:r w:rsidRPr="007D75EA">
+                    <w:rPr>
+                      <w:rFonts w:eastAsia="Times-Roman"/>
+                      <w:sz w:val="17"/>
+                      <w:szCs w:val="17"/>
+                      <w:lang w:eastAsia="en-US"/>
+                      <w14:ligatures w14:val="standardContextual"/>
+                    </w:rPr>
+                    <w:t>3 months</w:t>
+                  </w:r>
+                </w:p>
+              </w:tc>
+            </w:tr>
+          </w:tbl>
+          <w:p w14:paraId="1E62D867" w14:textId="77777777" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Hold under refrigerated conditions (2–8 °C).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="51149D71" w14:textId="79B34FD5" w:rsidR="005C7148" w:rsidRPr="007D75EA" w:rsidRDefault="005C7148" w:rsidP="005C7148">
+            <w:pPr>
+              <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Aptos"/>
+                <w:kern w:val="2"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="9"/>
+                <w:szCs w:val="9"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve">b </w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>o</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007D75EA">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times-Roman"/>
+                <w:sz w:val="15"/>
+                <w:szCs w:val="15"/>
+                <w:lang w:eastAsia="en-US"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>ld at &lt;30 °C.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E93D6DA" w14:textId="4D66F445" w:rsidR="009038EF" w:rsidRPr="005626A7" w:rsidRDefault="009038EF" w:rsidP="008605AB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NOTE: For dehydrated media, you may follow the manufacturer’s instructions for preparation; however, you must follow Table 9020: V for hold times.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0052641D" w:rsidRPr="00A0149B" w14:paraId="62B7E1A7" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="0052641D" w:rsidRPr="00A0149B" w14:paraId="62B7E1A7" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="16D168F6" w14:textId="77777777" w:rsidR="0052641D" w:rsidRPr="00116FC2" w:rsidRDefault="0052641D" w:rsidP="00116FC2">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -14774,88 +16053,86 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D21549D" w14:textId="13353B64" w:rsidR="0052641D" w:rsidRPr="00A0149B" w:rsidRDefault="0052641D" w:rsidP="0052641D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035714D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1EAD1A09" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1EAD1A09" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75FD7443" w14:textId="1E91D8FA" w:rsidR="000F3019" w:rsidRPr="00AF1357" w:rsidRDefault="000F3019" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="790EE4C0" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="61D23C0E" w14:textId="3236BD74" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -14942,51 +16219,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68274AD5" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="744362CD" w14:textId="1D40F329" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Add 1.25 mL stock </w:t>
             </w:r>
             <w:r w:rsidRPr="0082555E">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -15037,71 +16313,51 @@
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be 7.2 ± 0.1 S.U. Note that pH values will change with time. Store under refrigerated conditions after opening and discard if turbidity develops. Use within 6 months.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58324064" w14:textId="50F683D3" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Stock Phosphate buffer </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> Dissolve 34.0 g potassium dihydrogen phosphate (KH</w:t>
+              <w:t>Stock Phosphate buffer solution; Dissolve 34.0 g potassium dihydrogen phosphate (KH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t xml:space="preserve">2 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PO</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -15284,151 +16540,146 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BC790C">
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>water)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> may occur.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="00D519C4" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="00D519C4" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36D2FA47" w14:textId="5D99107C" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D84404" w14:textId="5B6B1138" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D0102D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sample volumes selected to yield counts between 20 and 80 colonies per membrane? [SM 9222 B-2015 (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41B63F92" w14:textId="35808A47" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07B19005" w14:textId="1F45A614" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="41EECA56" w14:textId="5754E96C" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D0102D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">An ideal sample volume will yield 20 to 80 total coliform colonies and </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15439,156 +16690,151 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>200 colonies of all types (typical, atypical, and non-coliform background colonies) on a membrane-filter surface (Table 9222:</w:t>
             </w:r>
             <w:r w:rsidR="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D0102D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>II).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="59D7D587" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="59D7D587" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="649B035B" w14:textId="115254F4" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29DCA907" w14:textId="5AAE29B0" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are at least three dilutions analyzed? </w:t>
             </w:r>
             <w:r w:rsidRPr="0053735C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 9222 B-2015 (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="114D4BC3" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D601FA0" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BAA2846" w14:textId="2B75CC5A" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008E60F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analyze other</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -15598,82 +16844,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>waters by filtering three different volumes (diluted or undiluted),</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008E60F8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>depending on the expected bacterial density.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1A712267" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1A712267" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A4A237D" w14:textId="02C67AC7" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="240C0BEC" w14:textId="7DE5892E" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How are samples homogenized prior to filtration?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D01824">
               <w:rPr>
@@ -15808,68 +17052,66 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0AC40C1E" w14:textId="3FB30593" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E11A2D5" w14:textId="51E9AE0B" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22F78EF8" w14:textId="2E255F0A" w:rsidR="00775816" w:rsidRDefault="009A0019" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009A0019">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9222 B (4) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -15995,160 +17237,155 @@
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 9060 A (3) states:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00787D79">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Bottles used for sample collection should be large enough to collect desired volume and still maintain adequate headspace (2.5 cm) to ensure proper sample mixing (via shaking) before analyses. If a sample bottle arrives at the laboratory without adequate headspace for proper mixing, either reject it and request resampling or else (to maintain sample integrity) pour entire sample volume into a sterile container large enough to ensure adequate mixing and then withdraw 100 mL (or required sample volume) aseptically into another suitably sized sterile container.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5F284A2C" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5F284A2C" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6321A7FE" w14:textId="02B30FBB" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D36B21D" w14:textId="2B232923" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When less than 10 mL of sample is to be filtered, is 10 mL of sterile buffered dilution water, then sample, and an additional 25-50 mL of dilution water added to the funnel before filtration begins?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 9222 B-2015 (4) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565BB928" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17DB1D55" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C010BA3" w14:textId="2D4ACB17" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(See Section </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9215B.2 for preparation of dilutions.) When filtering &lt;10 mL of sample (diluted or undiluted), add approximately 10 mL sterile</w:t>
@@ -16166,85 +17403,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>buffered dilution water to the funnel and then add sample followed by another 25 to 50 mL dilution water before filtration or pipet the sample volume into sterile dilution water and then filter the entire contents of dilution bottle. This increase in water volume helps disperse the bacterial suspension uniformly over</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D40252">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the entire effective filtering surface.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6AA9E7C0" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6AA9E7C0" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37BB5351" w14:textId="067D6485" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28781116" w14:textId="59A43D42" w:rsidR="00775816" w:rsidRPr="00D0102D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sterile forceps used to place the sterile membrane filter (grid side up) on the filter plate? [SM 9222 B-2015 (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -16273,105 +17508,102 @@
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B415641" w14:textId="3D2129D7" w:rsidR="00775816" w:rsidRPr="00D0102D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4496DD05" w14:textId="7BC3EBB4" w:rsidR="00775816" w:rsidRPr="00D0102D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Forceps are sterilized by alcohol flaming.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="32FB8BF6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="32FB8BF6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="132C8FE9" w14:textId="16417244" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="354F36AC" w14:textId="0B25D13F" w:rsidR="00775816" w:rsidRPr="0067392B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidRPr="0001064F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -16434,88 +17666,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>b</w:t>
             </w:r>
             <w:r w:rsidRPr="00D01824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AF126F2" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="506FF02C" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715DB527" w14:textId="570E87DC" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0001064F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use sterile filtration units at the beginning of each filtration series as a minimum precaution to avoid accidental contamination. A filtration series is interrupted when an interval of 30 min or longer elapses between sample filtrations. After such interruption, treat any further sample filtration as a new filtration series and sterilize all membrane filter holders in use. (See 9222B.1</w:t>
             </w:r>
             <w:r w:rsidRPr="0001064F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -16564,88 +17793,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for UV cleaning and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0001064F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>safety guidelines.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6C793705" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6C793705" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77351A54" w14:textId="302813A0" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B401109" w14:textId="17D634C3" w:rsidR="00775816" w:rsidRPr="00933A87" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the sample filtered under partial vacuum? </w:t>
             </w:r>
             <w:r w:rsidRPr="00D01824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16678,127 +17905,124 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B60E6F3" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F88C1A1" w14:textId="59A6A854" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00D01824">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ommonly used pressure: 81 kPa, 24 in. Hg, or 79% vacuum</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="4A7B8650" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="4A7B8650" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35031164" w14:textId="01682726" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51BEF36E" w14:textId="23BAA653" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">With the filter still in place, is the interior surface of the filter funnel rinsed with three 20-30mL portions of sterile dilution water? </w:t>
             </w:r>
             <w:r w:rsidRPr="00EE4DF9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -16831,129 +18055,126 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4876EB99" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="153918DD" w14:textId="6972B120" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use of squeeze bottle is acceptable </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> it has been sterilized along with water and does not become contaminated during use – cover tip of bottle with aluminum foil prior to sterilization.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="20E71DD7" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="20E71DD7" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="535ED67C" w14:textId="379F6296" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7857453C" w14:textId="665313F7" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E5136C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are absorbent pads used in conjunction with </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17002,266 +18223,258 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2BD0A6" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DF025CE" w14:textId="3FFDBE5B" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dispense liquid medium (at least 2.0 mL per plate) onto sterile absorbent pads (see 9222B.1h) and carefully remove excess medium by decanting plate. The broth may have a precipitate</w:t>
             </w:r>
             <w:r w:rsidR="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but this does not interfere with medium performance if pads are certified free of sulfite or other toxic agents at concentrations that could inhibit bacterial growth. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="486FEDBB" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="486FEDBB" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D7077F4" w14:textId="27A36A0F" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB6A3FB" w14:textId="502812AA" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00CE0241">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>While in the culture dish, is the pad saturated with at least 2.0 to 3.0 mL of m-Endo medium and the excess decanted from the dish? [SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="008D0065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>c</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FBDB3F0" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BAD03A3" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75E40A66" w14:textId="7F169177" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5CDD66C9" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5CDD66C9" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FFF062" w14:textId="02E97076" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DB5A416" w14:textId="2AD600F0" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are prepared filters aseptically placed directly on the selected medium with a rolling motion to avoid entrapment of air? [SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="008D0065">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -17304,103 +18517,100 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F56B0C2" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BC7D905" w14:textId="0491E164" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="7CF8DB4E" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="7CF8DB4E" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BD2249" w14:textId="2A1E3AD5" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="58174179" w14:textId="4599F4DA" w:rsidR="00775816" w:rsidRDefault="00401299" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How a</w:t>
             </w:r>
             <w:r w:rsidR="00775816">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17541,51 +18751,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39A8E81C" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F06F689" w14:textId="33AC97E3" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place all prepared dishes in a sealed container with tight-fitting lid</w:t>
             </w:r>
             <w:r w:rsidR="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -17755,88 +18964,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Broth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidR="009E726E" w:rsidRPr="009E726E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Place sample filter directly on pad, invert dish, and incubate as specified above. If loose-lidded dishes are used, place them in a humid chamber (or humidified incubator)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0939A710" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0939A710" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="500DD8D4" w14:textId="45F989FA" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E441C40" w14:textId="4604A7CB" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the date and time samples are placed in the incubator documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -17909,131 +19116,128 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="565CF5F3" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C5538C8" w14:textId="08F23512" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="77D00826" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4754547A" w14:textId="567160AB" w:rsidR="00775816" w:rsidRPr="000B6859" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="71A84662" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="71A84662" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30F867EC" w14:textId="54C3B88F" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B7A831" w14:textId="3F526401" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples incubated at 35 ± 0.5 ºC? [SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00247682">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -18076,127 +19280,124 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5657BF17" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F4ABFAD" w14:textId="4D5F462E" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Invert </w:t>
             </w:r>
             <w:r w:rsidR="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dish and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> incubate at 35 ± 0.5 °C for 22 to 24 h for m-Endo LES or m-Endo MF.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="715CF447" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="715CF447" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C4750B6" w14:textId="63AEE2E7" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66F02DA2" w14:textId="7221B225" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples incubated for 22 - 24 hours? [SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00247682">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -18239,127 +19440,124 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="321642A1" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B06DD1A" w14:textId="2F5FD602" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Invert </w:t>
             </w:r>
             <w:r w:rsidR="00F802D6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dish and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> incubate at 35 ± 0.5 °C for 22 to 24 h for m-Endo LES or m-Endo MF.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0139AC90" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0139AC90" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="102D90ED" w14:textId="0A9C9EB7" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F1D81A8" w14:textId="671FC6C4" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the date and time samples are removed from the incubator documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00017307">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18416,111 +19614,108 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F0DD8EE" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4147F974" w14:textId="6D12B9B3" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The date and time that samples are placed into and removed from ovens, water baths, incubators and other equipment shall be documented if a time limit is required by the method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="228BAD9B" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="228BAD9B" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C9DC67D" w14:textId="4586D378" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BD46966" w14:textId="64843370" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are both typical and atypical colonies counted? [SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -18563,51 +19758,50 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="762A621A" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530283EB" w14:textId="5DE55717" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003104F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The angle of light on the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -18778,88 +19972,86 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>non</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="0003104F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>coliforms.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0E0660A5" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0E0660A5" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="638FE7FA" w14:textId="159A4B1F" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="628FC973" w14:textId="485BEE36" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What type of</w:t>
             </w:r>
             <w:r w:rsidR="00743892">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -18970,71 +20162,69 @@
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="384A4341" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1402EF5B" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FA52843" w14:textId="76161696" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0003104F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To count colony-forming units (CFU) on Endotype</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19093,85 +20283,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>device, with a cool white fluorescent light source directed to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0003104F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>provide optimal viewing of sheen.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2B251F5F" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2B251F5F" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3ED0A7E3" w14:textId="59577054" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65C595E4" w14:textId="37F8E129" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the density of CFU calculated according to the method? [SM 9222 B-2015 (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -19193,51 +20381,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69B36EBF" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FD3694A" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="0038523D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CFU</w:t>
             </w:r>
             <w:r w:rsidRPr="0038523D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19283,85 +20470,83 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                                  </w:t>
             </w:r>
             <w:r w:rsidRPr="0038523D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">mL sample </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>filtered</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="53E5221D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="53E5221D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A31427F" w14:textId="005731D1" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5ED0EACF" w14:textId="6B300BBF" w:rsidR="00775816" w:rsidRPr="00C52B9B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results reported according to the NC WW/GW LCB Fecal Coliform Reporting policy document?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -19383,66 +20568,65 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4634BC84" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0346F301" w14:textId="49A87073" w:rsidR="00775816" w:rsidRPr="000912EC" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0291A875" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0291A875" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A0AF017" w14:textId="3F2A78B5" w:rsidR="00775816" w:rsidRPr="00143226" w:rsidRDefault="00775816" w:rsidP="00143226">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
@@ -19529,82 +20713,80 @@
             <w:tcW w:w="4950" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0066CB4B" w14:textId="5C95EC1E" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="030942F6" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="030942F6" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2EF7C347" w14:textId="35638C20" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="720B50CF" w14:textId="62DD190A" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6202">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -19678,51 +20860,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="150C81B9" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00B77A49" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C1D1706" w14:textId="16BABA0A" w:rsidR="00775816" w:rsidRPr="00B77A49" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004E6202">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use sterile filtration</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -19783,82 +20964,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>procedures and Sections 9020B.4l and m for UV cleaning and</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004E6202">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>safety guidelines.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="19FBFC76" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="19FBFC76" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="155A7B8F" w14:textId="6DD23528" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B42EC86" w14:textId="075A3696" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the autoclave capable of reaching at least 121ºC within 15 minutes? [SM 9030 B-2015 (3)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -19874,105 +21053,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="701540C0" w14:textId="41B4D031" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A61EE32" w14:textId="2A5EB9CC" w:rsidR="00775816" w:rsidRPr="0067037E" w:rsidRDefault="00ED62D2" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED62D2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Use autoclaves large enough to prevent internal crowding; constructed to provide uniform temperatures within the chambers (up to and including the sterilizing temperature of 121 C); and capable of reaching the desired temperature within 15 min.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="72D6A34E" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="72D6A34E" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7310FDED" w14:textId="3774721E" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6DEA5CBD" w14:textId="699AFFB3" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is an autoclave log maintained that documents all required information? </w:t>
             </w:r>
             <w:r w:rsidRPr="00F4567C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -20028,105 +21204,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10458D50" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="574AFCF2" w14:textId="4BED847C" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F4567C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>During each use of an autoclave, the temperature, pressure, cycle time, and items autoclaved shall be checked, recorded, dated, and initialed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="094FDB41" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="094FDB41" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="162FFE46" w14:textId="10606967" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A3A831E" w14:textId="3C3F9BC7" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are all </w:t>
             </w:r>
             <w:r w:rsidR="00D51C30">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20285,51 +21458,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D729D35" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="0035714D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="029AFD8E" w14:textId="77777777" w:rsidR="00192BA1" w:rsidRDefault="00192BA1" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1C6D5B32" w14:textId="5DEEC52A" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20356,62 +21528,61 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00826336">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>IV: Time and Temperature for Autoclave Sterilization*</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblStyle w:val="TableGrid"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:tblBorders>
-              <w:tblLayout w:type="fixed"/>
               <w:tblCellMar>
                 <w:left w:w="29" w:type="dxa"/>
                 <w:right w:w="29" w:type="dxa"/>
               </w:tblCellMar>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
-              <w:gridCol w:w="3825"/>
-              <w:gridCol w:w="917"/>
+              <w:gridCol w:w="3320"/>
+              <w:gridCol w:w="863"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00775816" w14:paraId="2371FDCA" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="2371FDCA" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="539"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="01B9B219" w14:textId="792DDDD9" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00826336">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -20455,51 +21626,51 @@
                 <w:p w14:paraId="4BF22493" w14:textId="61779D07" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:b/>
                       <w:bCs/>
                       <w:i/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00826336">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:i/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>min</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="4F86295C" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="4F86295C" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="251"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6721E574" w14:textId="386A2C6E" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00826336">
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
@@ -20517,51 +21688,51 @@
                   </w:tcBorders>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="1A6C8064" w14:textId="35D7F42A" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>10</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="2C4C2930" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="2C4C2930" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="539"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="68ED8EA1" w14:textId="3EC87820" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Carbohydrate-containing media (lauryl </w:t>
@@ -20593,51 +21764,51 @@
                   <w:tcW w:w="917" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="7C859904" w14:textId="100CABA8" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>12-15†</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="785F59DC" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="785F59DC" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="576"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="00D4DE4C" w14:textId="3A9555E6" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Contaminated materials and discarded cultures</w:t>
@@ -20649,51 +21820,51 @@
                   <w:tcW w:w="917" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="0160C482" w14:textId="354CCF87" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>30</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="162026FE" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="162026FE" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="639"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="7D073FD2" w14:textId="360814A2" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Membrane filter assemblies (wrapped), sample collection bottles (empty)</w:t>
@@ -20705,51 +21876,51 @@
                   <w:tcW w:w="917" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="1A28465D" w14:textId="797916FC" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="6CF5C4B5" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="6CF5C4B5" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="341"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="6A84A381" w14:textId="1B3F8F45" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Buffered dilution water, 99 mL in screw-cap bottle</w:t>
@@ -20761,75 +21932,76 @@
                   <w:tcW w:w="917" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="7D8185C5" w14:textId="157B374F" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00775816" w14:paraId="08DB883D" w14:textId="77777777" w:rsidTr="00A85283">
+            <w:tr w:rsidR="00775816" w14:paraId="08DB883D" w14:textId="77777777" w:rsidTr="00D8463D">
               <w:trPr>
                 <w:trHeight w:val="359"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3825" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="2B88548F" w14:textId="27F7BFBB" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
+                    <w:lastRenderedPageBreak/>
                     <w:t>Rinse water, volume &gt;100 mL</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="917" w:type="dxa"/>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
                 <w:p w14:paraId="2820AEB8" w14:textId="46B933AF" w:rsidR="00775816" w:rsidRPr="00826336" w:rsidRDefault="00775816" w:rsidP="00775816">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -20861,82 +22033,80 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="7105DF2E" w14:textId="43D99E60" w:rsidR="00775816" w:rsidRPr="00AC0772" w:rsidRDefault="00775816" w:rsidP="00F9113F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A85283">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>† Certain media may require different sterilization conditions</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00682459" w:rsidRPr="00A0149B" w14:paraId="482E3F50" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00682459" w:rsidRPr="00A0149B" w14:paraId="482E3F50" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47922BA1" w14:textId="00495DC6" w:rsidR="00682459" w:rsidRPr="00AF1357" w:rsidRDefault="00682459" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DA0894B" w14:textId="3635F77E" w:rsidR="00682459" w:rsidRDefault="004A6D3A" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is media remove</w:t>
             </w:r>
             <w:r w:rsidR="001C312B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -20979,104 +22149,101 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34EF6F3A" w14:textId="77777777" w:rsidR="00682459" w:rsidRPr="0035714D" w:rsidRDefault="00682459" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="608ACED9" w14:textId="46E06683" w:rsidR="00682459" w:rsidRPr="0042605E" w:rsidRDefault="004D6443" w:rsidP="004A6D3A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:smallCaps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042605E">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Sterilize media in an autoclave at 121 ºC. Review method and manufacturer’s requirements. The required exposure time will vary with form and type of material, medium, presence of carbohydrates, and volume. Sterilize most carbohydrate broths at 121 ºC for 12 to 15 min; however, there are exceptions. For example, A-1 media must be autoclaved for 10 min at 121 ºC. When pressure reaches zero, remove medium from autoclave and cool quickly to avoid decomposition of sugars due to prolonged heat exposure. To permit uniform heating and rapid cooling, loosely pack materials into small containers. The maximum heat exposure for most carbohydrate broths (from closing loaded autoclave to unloading) is &lt;45 min. The maximum heat exposure or A-1 medium is &lt;30 min. Preferably use a double walled autoclave to permit preheating before loading to keep total heating time within the limit. Adjust autoclave times as volumes/loads increase. Presterilized media may be available commercially. Do not re-autoclave media.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="7102DECF" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="7102DECF" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F43EDE9" w14:textId="0B060223" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C0ABFD0" w14:textId="13E15003" w:rsidR="00775816" w:rsidRPr="00363625" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is heat indicating tape used with all materials each sterilizing cycle? </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="_Hlk77605120"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21124,51 +22291,50 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36793288" w14:textId="1C25D6BA" w:rsidR="00775816" w:rsidRPr="0035714D" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62945EBA" w14:textId="05D8B21C" w:rsidR="00775816" w:rsidRPr="00443367" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC0772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Not required but recommended</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -21198,82 +22364,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tape can quickly identify supplies and materials that have</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AC0772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>been sterilized.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5955AAC8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5955AAC8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="162A91DB" w14:textId="316DB9B8" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A2A2C56" w14:textId="63E4F86D" w:rsidR="00775816" w:rsidRPr="00E759B9" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the autoclave temperature checked weekly with a maximum registering thermometer </w:t>
             </w:r>
             <w:r w:rsidR="008E2115">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21359,51 +22523,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB60B67" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00F97435" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37C651B4" w14:textId="44F63FDE" w:rsidR="00C12875" w:rsidRPr="00D02D5E" w:rsidRDefault="008E2115" w:rsidP="00037240">
             <w:pPr>
               <w:pStyle w:val="pf0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D02D5E">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>For routine use, verify autoclave temperature weekly with a maximum registering thermometer (MRT) (generally a mercury-filled Teflon-coated device) or accurate HTDL</w:t>
             </w:r>
             <w:r w:rsidR="00037240" w:rsidRPr="00D02D5E">
               <w:rPr>
                 <w:rStyle w:val="cf01"/>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> (high-temperature data logger)</w:t>
             </w:r>
@@ -21439,82 +22602,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0077222A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Annual calibration is not required</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="3C5C9E7E" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="3C5C9E7E" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4685A6DA" w14:textId="4F9EC703" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105EDE21" w14:textId="76F1DEE9" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is glassware not in metal containers sterilized at ≥ 170ºC oven for at least 2 hours or autoclaved at 121°C for at least 30 min? [SM 9040-2013]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -21530,132 +22691,129 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13821BC3" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47059E4A" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:pStyle w:val="Heading1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00826336">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To sterilize glassware via dry heat, use a hot-air oven set at ≥170°C for 2 h or longer. Alternatively, sterilize glassware by autoclaving at 121°C for at least 30 min. For all bottles, loosen caps before autoclaving. If desired after autoclaving, remove moisture present in empty sterile containers by placing items in a drying oven.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4B86E902" w14:textId="77777777" w:rsidR="007712E5" w:rsidRPr="007712E5" w:rsidRDefault="007712E5" w:rsidP="007712E5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3743BAA8" w14:textId="47590B08" w:rsidR="007712E5" w:rsidRPr="007712E5" w:rsidRDefault="007712E5" w:rsidP="007712E5">
             <w:pPr>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007712E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Note: The term glassware refers to both borosilicate glass and heat-resistant plastic materials.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="41206E4B" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="41206E4B" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="899"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48391673" w14:textId="1F04AA13" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="511F08FA" w14:textId="4C13C429" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is glassware in metal containers sterilized at ≥ 170ºC oven for at least 2 hours? [SM 9040-2013]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -21677,133 +22835,120 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0689DD75" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="551B4404" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">For glass pipets in metal containers, </w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>For glass pipets in metal containers, sterilize</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720190E4" w14:textId="120D2C17" w:rsidR="00775816" w:rsidDel="00E8024E" w:rsidRDefault="00775816" w:rsidP="00775816">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="001D5F85">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>sterilize</w:t>
-[...17 lines deleted...]
-              </w:rPr>
               <w:t>using a hot-air oven set at ≥170°C for at least 2 h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="43BC402D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="43BC402D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="143409A4" w14:textId="6180C7BA" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="11BA3EC4" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3106A50B" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -21896,51 +23041,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1ED643B4" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CF024B0" w14:textId="0BBE293C" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC19FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>To sterilize glassware via dry heat, use a hot-air oven set at</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -21951,82 +23095,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>170°C for 2 h or longer. Alternatively, sterilize glassware by autoclaving at 121°C for at least 30 min. For all bottles, loosen caps before autoclaving. If desired after autoclaving, remove moisture present in empty sterile containers by placing items in</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> a dr</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC19FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ying oven.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B51A73" w:rsidRPr="00A0149B" w14:paraId="65EF98AD" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00B51A73" w:rsidRPr="00A0149B" w14:paraId="65EF98AD" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDED681" w14:textId="369B907C" w:rsidR="00B51A73" w:rsidRPr="00AF1357" w:rsidRDefault="00B51A73" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="30A5808E" w14:textId="77777777" w:rsidR="00B51A73" w:rsidRDefault="00B51A73" w:rsidP="00B51A73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00794FA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the laboratory purchasing pre-sterilized sample vessels or sterilizing reusable bottles?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7306E465" w14:textId="77777777" w:rsidR="00B51A73" w:rsidRDefault="00B51A73" w:rsidP="00B51A73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -22109,222 +23251,226 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12329CCA" w14:textId="77777777" w:rsidR="00B51A73" w:rsidRPr="00A0149B" w:rsidRDefault="00B51A73" w:rsidP="00B51A73">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3AB5A7B5" w14:textId="77777777" w:rsidR="00B51A73" w:rsidRPr="00EC19FA" w:rsidRDefault="00B51A73" w:rsidP="00B51A73">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="04E58069" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="04E58069" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="27F6E470" w14:textId="47A17050" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="204B2ABA" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7EB2D9FD" w14:textId="23A68AA1" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Are </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Are</w:t>
+              <w:t>laboratory sterilized</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> laboratory sterilized bottles checked for sterility? [SM 9020 B-2015 (5) (</w:t>
+              <w:t xml:space="preserve"> bottles checked for sterility? [SM 9020 B-2015 (5) (</w:t>
             </w:r>
             <w:r w:rsidRPr="000F4772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)] [NC WW/GW LCB Bacteriological Sample Bottle Sterility Test Policy]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75A2FC14" w14:textId="59E5B355" w:rsidR="00775816" w:rsidRPr="009F6F7E" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45A67601" w14:textId="36C435A7" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E09CB9F" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78D562A2" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01039801" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="000F4772" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM States:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22365,51 +23511,60 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000F4772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>or of each pre</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="000F4772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>sterilized lot purchased from a vendor.</w:t>
+              <w:t xml:space="preserve">sterilized lot purchased </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000F4772">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>from a vendor.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="000F4772">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Document results. If growth occurs, discard entire batch or lot.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2F85F465" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -22424,82 +23579,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>We will accept Certificate of Analysis for store bought bottles or sample bags in lieu of the above testing.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2D35D2D2" w14:textId="08AD7239" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2BD4186A" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2BD4186A" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="737BDF82" w14:textId="1EF46E68" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6136D1D5" w14:textId="77777777" w:rsidR="005D2867" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are Ultra-Violet (UV) lamps used to sanitize the filtering apparatus between samples? </w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Hlk77674289"/>
             <w:r w:rsidRPr="00A81C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -22619,51 +23772,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19C5A60F" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E8051EF" w14:textId="348D2E3B" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00310DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Optionally, to sanitize funnels</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -22690,82 +23842,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>previously cleaned and sterilized assembly to UV radiation for</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00310DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2 min before reusing units for successive filtrations.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="57C483D5" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="57C483D5" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02B96524" w14:textId="7C0E9BC0" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DE7A3F2" w14:textId="273352D2" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs cleaned monthly with a soft cloth moistened with ethanol? [SM 9020 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="002079BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -22807,105 +23957,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4913CAC0" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1755F5D4" w14:textId="76FCFD68" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ultraviolet lamps: Disconnect lamps monthly and clean bulbs with a soft cloth moistened with ethanol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="11FF3E22" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="11FF3E22" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2902569A" w14:textId="7F048318" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5DEB470B" w14:textId="252D689D" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs tested quarterly with an appropriate UV light meter? [SM 9020 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="002079BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -22946,105 +24093,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="003D07BF" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="405EDADE" w14:textId="2A509F5A" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Test lamps quarterly with an appropriate UV light meter.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="18C3E20A" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="18C3E20A" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07FF6B28" w14:textId="3323213E" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CBE97F9" w14:textId="3B4ED824" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are UV lamp bulbs replaced if the output is less than 70% of the original? [SM 9020 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="002079BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -23086,105 +24230,102 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3295595A" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7469C552" w14:textId="14A923F1" w:rsidR="00775816" w:rsidRPr="001D5F85" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Replace bulbs if the output is less than 70% of the original.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="60DC9C79" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="60DC9C79" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DC347DD" w14:textId="70923CE7" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37A8C5E6" w14:textId="7122033A" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the incubator temperature </w:t>
             </w:r>
             <w:r w:rsidRPr="00801457">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23300,121 +24441,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4671AEF4" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1251A2BB" w14:textId="3AC7BB4B" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00801457">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Verify that incubators maintain the set temperature. When incubator is in use (i.e., samples are being incubated), monitor and record corrected</w:t>
             </w:r>
             <w:r w:rsidR="00745937">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00801457">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>twice daily separated by 4 h.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="477E9030" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="477E9030" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A6BC52C" w14:textId="28344CED" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6377DC15" w14:textId="644DF9C9" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the thermometer/temperature measuring device graduated in 0.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23446,143 +24584,130 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F5DB212" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3403E3F8" w14:textId="429D5576" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Thermometers must be graduated in appropriate increments; for example, use thermometers graduated to 0.1 °C for incubators operated &gt;35 °</w:t>
-[...10 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>Thermometers must be graduated in appropriate increments; for example, use thermometers graduated to 0.1 °C for incubators operated &gt;35 °C</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="35F04916" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="188528E5" w14:textId="410E6B77" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(Note for auditor) Be sure to check thermometer in water bath to ensure tip is not sitting on bottom of incubator. Check thermometer immersion type (total vs. partial) and line.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="59666618" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="59666618" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D6E67B7" w14:textId="0915B0E0" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F8DAEFE" w14:textId="0CC14F58" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is accuracy of the thermometer/ temperature measuring device verified against a </w:t>
             </w:r>
             <w:r w:rsidRPr="00DE7D02">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23694,51 +24819,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13A57DB9" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B925DE" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00F75A84" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AF1E49">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -23805,82 +24929,80 @@
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">E. coli </w:t>
             </w:r>
             <w:r w:rsidRPr="00F75A84">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>incubators) must have temperature measuring devices with a stated accuracy of at least ± 0.2 °C. These devices must be able to distinguish temperature changes of 0.1°C and equilibrate rapidly. If the temperature-measuring device reading differs from the Reference Temperature-Measuring Device reading by more than 1.0 °C during subsequent verifications, the temperature-measuring device must be replaced.</w:t>
             </w:r>
             <w:r w:rsidRPr="004B79CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5CE6FA13" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="5CE6FA13" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48678C06" w14:textId="4CC96F5A" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47738BD6" w14:textId="0D628E17" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the temperature correction posted? [SM 9020 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="004B79CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
@@ -23914,51 +25036,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F1B656B" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="190E83E7" w14:textId="4DBD799D" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B79CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If a correction calculation is necessary,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -23969,82 +25090,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mark the appropriate correction factor on the device so only</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004B79CC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>corrected temperature values are recorded.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0ACBEE90" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0ACBEE90" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="24149DD8" w14:textId="2EAE7D26" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45F8335F" w14:textId="10EC41FB" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a culture positive analyzed with each batch of prepared media? [SM 9222 B-2015 (2)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
@@ -24060,121 +25179,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33BF373D" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49B6F46E" w14:textId="2A5BABF6" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574C87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Before use, test each batch of laboratory-prepared MF medium</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00574C87">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>for performance with positive and negative culture controls.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2980EAC5" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2980EAC5" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8BD28B" w14:textId="6D4EB54D" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B18FC3C" w14:textId="741E3CC7" w:rsidR="00775816" w:rsidRDefault="00F21717" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F21717">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Does the culture positive plate show individual colonies with proper morphology</w:t>
             </w:r>
             <w:r w:rsidR="00775816" w:rsidRPr="005B42BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24233,51 +25349,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="783E88B5" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59CA6D06" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3E9EAA5E" w14:textId="5189C1B6" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -24294,82 +25409,80 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D5BE584" w14:textId="70864B16" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005B42BF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The point of a culture positive is beyond just the ability to grow colonies but also to be able to discern individual colonies for proper morphology – that is color, shape, surface appearance, size etc. A sample (e.g., stream samples) may also serve as a culture positive if identified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="352ECD11" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="352ECD11" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7047B310" w14:textId="0F48E1B8" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54CAA031" w14:textId="429ECF19" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are at least</w:t>
             </w:r>
             <w:r w:rsidRPr="00552CD3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -24517,78 +25630,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="126BA395" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="536FD403" w14:textId="4C4A69AC" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA14C6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed. </w:t>
+              <w:t xml:space="preserve"> Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">samples per month shall analyze one duplicate during each month that samples are analyzed. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6CE4795E" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="466F4174" w14:textId="35AECED7" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005760CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -24605,82 +25726,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="005760CB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> we will follow our Rules for duplicate frequency</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (i.e., 5% or 1 per month when &lt;20 samples are analyzed per month).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="287C3A17" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="287C3A17" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F7DDB6B" w14:textId="2423080B" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23CA3514" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for duplicates?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F630A86" w14:textId="617BC553" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -24814,51 +25933,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BDAAD05" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79C1ABF3" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014569E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15EE7EFE" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="0014569E" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -24972,82 +26090,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> not the arithmetic mean. Keep in mind we are not talking about reporting the duplication of one dilution out of a series of dilutions. Those would be figured into the single result for that sample and not independently reported. This only applies if the entire sample was duplicated</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="0014569E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> or more than one sample was collected in single day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="05CB9F1D" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="05CB9F1D" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B9C3FEC" w14:textId="494FDE73" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="105F32F3" w14:textId="0CC0EDC4" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action does the laboratory take if the duplicate sample results are outside of established control limits or method precision</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -25227,97 +26343,94 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142E9566" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A262E50" w14:textId="5CA7D8DB" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1DE5A15F" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="1DE5A15F" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40CD586D" w14:textId="16975962" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20C61FCC" w14:textId="6A2BC321" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sterility checks (blanks) performed on the entire process at the beginning and end of each filtration series of samples, using sterile reagent or dilution water as the sample?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
@@ -25328,88 +26441,86 @@
               <w:t>[SM 9222 B-2015 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="009618BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BBE928C" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="090902F8" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39C38C2E" w14:textId="0031C1F8" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Check for sterility and coliform contamination</w:t>
             </w:r>
             <w:r w:rsidR="00435F69">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -25436,82 +26547,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>filtering 20 to 30 mL of dilution or rinse water through the filter</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(one funnel per sterilization batch).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0C78BDD1" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="0C78BDD1" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D6C7921" w14:textId="64197620" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="156FA2A2" w14:textId="16C259CB" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a 100 mL blank analyzed after every 10</w:t>
             </w:r>
             <w:r w:rsidRPr="006614B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -25568,155 +26677,150 @@
               <w:t>) (</w:t>
             </w:r>
             <w:r w:rsidRPr="009618BE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="006614B9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76BEEACE" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1542C565" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D9B5E2D" w14:textId="137EF728" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Additionally, to check for possible cross-contamination or contaminated rinse water, insert a sterile rinse-water sample (100 mL) after filtration of 10 samples. Incubate these QC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>samples under the same conditions as the samples being analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="76BF3ACE" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="76BF3ACE" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F16A9C2" w14:textId="02907F50" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B5FE55C" w14:textId="098E400B" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000B495F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -25879,68 +26983,66 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13F3440E" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="768686ED" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22433C70" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C00D6C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If controls indicate contamination, reject all data from affected samples and request new samples.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="087255A7" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -25948,82 +27050,80 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D6B4191" w14:textId="254CADA7" w:rsidR="00775816" w:rsidRPr="00B10C36" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Qualification is also acceptable if new samples cannot be obtained.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="319CE007" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="319CE007" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="213FD697" w14:textId="0F6A6712" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29182C1C" w14:textId="09AEAC2C" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On a monthly basis, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26048,51 +27148,60 @@
               <w:t>tryptose</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth and brilliant green lactose bile broth, followed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>by count adjustment</w:t>
+              <w:t xml:space="preserve">by count </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008408A0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>adjustment</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> based on these results</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? </w:t>
             </w:r>
@@ -26113,85 +27222,82 @@
               </w:rPr>
               <w:t>40 CFR 136.3 Table I</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B, Footnote 30</w:t>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F60EC11" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="644CFD00" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23941D3E" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On a monthly basis, at least ten sheen colonies from positive samples must be verified using lauryl </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26199,51 +27305,60 @@
               <w:t>tryptose</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth and brilliant green lactose bile broth, followed</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">by count adjustment based on these results; and representative non-sheen colonies should be verified using lauryl </w:t>
+              <w:t xml:space="preserve">by count adjustment based on these results; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003E0287">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">and representative non-sheen colonies should be verified using lauryl </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>tryptose</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="003E0287">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> broth. Where possible, verifications should</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -26282,82 +27397,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">See </w:t>
             </w:r>
             <w:r w:rsidRPr="00E57F40">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Total Coliform (Membrane Filter) Colony Verification Technical Assistance</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> document for guidance.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6E11DD89" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="6E11DD89" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A4B4196" w14:textId="393FE50F" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00541E8B" w14:textId="3A9AA70C" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008408A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">On a monthly basis, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26392,139 +27505,134 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00961F0D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table IB, Footnote 30]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36245B17" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BC75BB9" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A168C52" w14:textId="28B49B88" w:rsidR="00775816" w:rsidRPr="007952F4" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recommended, see above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2AC2EDC8" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="2AC2EDC8" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E6CB001" w14:textId="25F92A31" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE76923" w14:textId="2B0238A1" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is reagent water testing performed at least every 12 months? [SM 9020 B-2015 Table </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -26551,121 +27659,146 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[NC WW/GW LC</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B Bacteriological Reagent Water Testing</w:t>
             </w:r>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="71B93EE6" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6AAEFFED" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43DBAC58" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...6 lines deleted...]
-            </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:t>At this time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, it is required to test the reagent water for conductivity, TOC, Cd, Cr, Cu, </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
               <w:t>Ni ,Pb</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>, and Zn – reasons for less frequency at this time see question #1.</w:t>
+              <w:t xml:space="preserve">, and Zn – reasons for less frequency </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>at this time</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> see question #1.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D6F97B7" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1D1C28F7" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A65626" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -26749,126 +27882,132 @@
           <w:p w14:paraId="4959AE60" w14:textId="77777777" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1083847A" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A65626" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">If the facility is using vendor purchased reagent water or dilution/rinse water, this testing is not required as long as the Certificate of Analysis from the manufacturer meets </w:t>
+              <w:t xml:space="preserve">If the facility is using vendor purchased reagent water or dilution/rinse water, this testing is not required </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>these</w:t>
+              <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A65626">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the Certificate of Analysis from the manufacturer meets these</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="207DE981" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A65626" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A65626">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>requirements and is kept on file.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4062D645" w14:textId="3D0D5752" w:rsidR="00775816" w:rsidRPr="005760CB" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="334DC98C" w14:textId="77777777" w:rsidTr="007F69B0">
+      <w:tr w:rsidR="00775816" w:rsidRPr="00A0149B" w14:paraId="334DC98C" w14:textId="77777777" w:rsidTr="00D8463D">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="443" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B60B798" w14:textId="06FE5EF3" w:rsidR="00775816" w:rsidRPr="00AF1357" w:rsidRDefault="00775816" w:rsidP="00116FC2">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:ind w:left="217" w:hanging="152"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5870116B" w14:textId="0AC8D6E9" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results qualified to indicate quality control failures or sample anomalies</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -26882,85 +28021,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? [15A NCAC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (e) (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E590F7C" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="19B3EB2E" w14:textId="77777777" w:rsidR="00775816" w:rsidRPr="00A0149B" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4950" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2652031A" w14:textId="147EBAE8" w:rsidR="00775816" w:rsidRDefault="00775816" w:rsidP="00775816">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with quality control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2CD6DC9F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -27279,200 +28415,214 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="NeutralizeTRC"/>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A" w:rsidSect="00F97435">
-      <w:headerReference w:type="default" r:id="rId13"/>
-[...1 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7A5161AE" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91">
+    <w:p w14:paraId="7E0715D5" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43BF5787" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91">
+    <w:p w14:paraId="0035CCFC" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3B007587" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91"/>
+    <w:p w14:paraId="0E25B308" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Times-Roman">
+    <w:altName w:val="Yu Gothic"/>
+    <w:panose1 w:val="00000000000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:notTrueType/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="185AE79E" w14:textId="794E50FE" w:rsidR="002E4BA0" w:rsidRDefault="002E4BA0">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="7538E365" w14:textId="328EC8F4" w:rsidR="002E4BA0" w:rsidRPr="00DE4952" w:rsidRDefault="002E4BA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00CA2043">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
     <w:r w:rsidR="007D4607">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00CA2043">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/1</w:t>
     </w:r>
     <w:r w:rsidR="007D4607">
@@ -27485,145 +28635,142 @@
     </w:r>
     <w:r w:rsidR="00CA2043">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/20</w:t>
     </w:r>
     <w:r w:rsidR="00661A0E">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00CA2043">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="05FD241A" w14:textId="23F71DB9" w:rsidR="002E4BA0" w:rsidRPr="00B8487A" w:rsidRDefault="002E4BA0">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
     <w:r w:rsidR="00CA2043">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>01</w:t>
     </w:r>
     <w:r w:rsidR="00B56E2A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="001E6476">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="00821559">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r w:rsidR="001E6476">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/2023</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1411F57A" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91">
+    <w:p w14:paraId="3AFA50B2" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5FF63545" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91">
+    <w:p w14:paraId="1E526E92" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0BFBC528" w14:textId="77777777" w:rsidR="00FB2B91" w:rsidRDefault="00FB2B91"/>
+    <w:p w14:paraId="54042238" w14:textId="77777777" w:rsidR="009759F4" w:rsidRDefault="009759F4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="47C9BC61" w14:textId="6BF1316B" w:rsidR="002E4BA0" w:rsidRPr="0058752C" w:rsidRDefault="007D4607" w:rsidP="00382FC2">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47C9BC61" w14:textId="6BF1316B" w:rsidR="002E4BA0" w:rsidRPr="0058752C" w:rsidRDefault="009759F4" w:rsidP="00382FC2">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:right="18"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:pict w14:anchorId="09BAA26C">
         <v:shapetype id="_x0000_t136" coordsize="21600,21600" o:spt="136" adj="10800" path="m@7,l@8,m@5,21600l@6,21600e">
           <v:formulas>
             <v:f eqn="sum #0 0 10800"/>
             <v:f eqn="prod #0 2 1"/>
             <v:f eqn="sum 21600 0 @1"/>
             <v:f eqn="sum 0 0 @2"/>
             <v:f eqn="sum 21600 0 @3"/>
             <v:f eqn="if @0 @3 0"/>
@@ -27776,51 +28923,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="002E4BA0">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="002E4BA0" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="B29E6ACE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1599631A"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
@@ -28364,59 +29511,59 @@
   <w:num w:numId="1" w16cid:durableId="2044406740">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1961377902">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="46533301">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="551506939">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1212232297">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1356149262">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="143743323">
     <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
@@ -28888,50 +30035,51 @@
     <w:rsid w:val="004C746F"/>
     <w:rsid w:val="004D1721"/>
     <w:rsid w:val="004D310E"/>
     <w:rsid w:val="004D6443"/>
     <w:rsid w:val="004D6444"/>
     <w:rsid w:val="004D73CC"/>
     <w:rsid w:val="004E03B6"/>
     <w:rsid w:val="004E279B"/>
     <w:rsid w:val="004E3824"/>
     <w:rsid w:val="004E4773"/>
     <w:rsid w:val="004E6202"/>
     <w:rsid w:val="004E6394"/>
     <w:rsid w:val="004F3DAD"/>
     <w:rsid w:val="004F5ACA"/>
     <w:rsid w:val="004F5C51"/>
     <w:rsid w:val="004F75F8"/>
     <w:rsid w:val="005009CE"/>
     <w:rsid w:val="00501DAB"/>
     <w:rsid w:val="0050317D"/>
     <w:rsid w:val="005038E6"/>
     <w:rsid w:val="005077AF"/>
     <w:rsid w:val="00507AB4"/>
     <w:rsid w:val="00510A01"/>
     <w:rsid w:val="005124D1"/>
     <w:rsid w:val="00514AA7"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="00516C3D"/>
     <w:rsid w:val="005171E9"/>
     <w:rsid w:val="00520C6E"/>
     <w:rsid w:val="005217F2"/>
     <w:rsid w:val="00521A25"/>
     <w:rsid w:val="00522809"/>
     <w:rsid w:val="00525081"/>
     <w:rsid w:val="0052622A"/>
     <w:rsid w:val="0052641D"/>
     <w:rsid w:val="005275B4"/>
     <w:rsid w:val="00527F28"/>
     <w:rsid w:val="0053117A"/>
     <w:rsid w:val="00532389"/>
     <w:rsid w:val="00533D83"/>
     <w:rsid w:val="00534AC2"/>
     <w:rsid w:val="00534CC0"/>
     <w:rsid w:val="0053590A"/>
     <w:rsid w:val="00535F8C"/>
     <w:rsid w:val="005370A2"/>
     <w:rsid w:val="0053735C"/>
     <w:rsid w:val="0054012D"/>
     <w:rsid w:val="00543023"/>
     <w:rsid w:val="005451DD"/>
     <w:rsid w:val="005504CE"/>
     <w:rsid w:val="0055167B"/>
@@ -28962,50 +30110,51 @@
     <w:rsid w:val="00585FE5"/>
     <w:rsid w:val="00586A44"/>
     <w:rsid w:val="00587BE0"/>
     <w:rsid w:val="00590AE9"/>
     <w:rsid w:val="00593384"/>
     <w:rsid w:val="0059443F"/>
     <w:rsid w:val="00594DA9"/>
     <w:rsid w:val="00597A58"/>
     <w:rsid w:val="005A09EE"/>
     <w:rsid w:val="005A0A94"/>
     <w:rsid w:val="005A28EA"/>
     <w:rsid w:val="005A2C90"/>
     <w:rsid w:val="005A3E8B"/>
     <w:rsid w:val="005A4171"/>
     <w:rsid w:val="005A422E"/>
     <w:rsid w:val="005A7D06"/>
     <w:rsid w:val="005B08EE"/>
     <w:rsid w:val="005B2B51"/>
     <w:rsid w:val="005B42BF"/>
     <w:rsid w:val="005B70B0"/>
     <w:rsid w:val="005B7586"/>
     <w:rsid w:val="005C1759"/>
     <w:rsid w:val="005C2E4A"/>
     <w:rsid w:val="005C5DDE"/>
     <w:rsid w:val="005C69D8"/>
+    <w:rsid w:val="005C7148"/>
     <w:rsid w:val="005C7DC7"/>
     <w:rsid w:val="005D0C16"/>
     <w:rsid w:val="005D0C40"/>
     <w:rsid w:val="005D0F0E"/>
     <w:rsid w:val="005D2867"/>
     <w:rsid w:val="005D343F"/>
     <w:rsid w:val="005D3801"/>
     <w:rsid w:val="005D5A86"/>
     <w:rsid w:val="005E08D2"/>
     <w:rsid w:val="005E0A5C"/>
     <w:rsid w:val="005E0AAC"/>
     <w:rsid w:val="005E287C"/>
     <w:rsid w:val="005E341E"/>
     <w:rsid w:val="005E3E2E"/>
     <w:rsid w:val="005E4C9E"/>
     <w:rsid w:val="005F025A"/>
     <w:rsid w:val="005F2B74"/>
     <w:rsid w:val="005F52EF"/>
     <w:rsid w:val="005F5A13"/>
     <w:rsid w:val="005F5E86"/>
     <w:rsid w:val="005F69E4"/>
     <w:rsid w:val="005F6EEA"/>
     <w:rsid w:val="005F6EEC"/>
     <w:rsid w:val="005F78CD"/>
     <w:rsid w:val="006010A9"/>
@@ -29329,50 +30478,51 @@
     <w:rsid w:val="0093593D"/>
     <w:rsid w:val="00936CA2"/>
     <w:rsid w:val="00942461"/>
     <w:rsid w:val="00942B70"/>
     <w:rsid w:val="00943AD8"/>
     <w:rsid w:val="00943C40"/>
     <w:rsid w:val="00950987"/>
     <w:rsid w:val="009532F7"/>
     <w:rsid w:val="0095399F"/>
     <w:rsid w:val="00955406"/>
     <w:rsid w:val="009558CA"/>
     <w:rsid w:val="00955C80"/>
     <w:rsid w:val="009563E7"/>
     <w:rsid w:val="00960AA4"/>
     <w:rsid w:val="009618BE"/>
     <w:rsid w:val="00961F0D"/>
     <w:rsid w:val="00962CFA"/>
     <w:rsid w:val="00964387"/>
     <w:rsid w:val="00964399"/>
     <w:rsid w:val="009647AC"/>
     <w:rsid w:val="00966B9E"/>
     <w:rsid w:val="00967F89"/>
     <w:rsid w:val="00973079"/>
     <w:rsid w:val="00974EAF"/>
     <w:rsid w:val="00974EE5"/>
+    <w:rsid w:val="009759F4"/>
     <w:rsid w:val="00975B91"/>
     <w:rsid w:val="00976FFE"/>
     <w:rsid w:val="0097731E"/>
     <w:rsid w:val="00977595"/>
     <w:rsid w:val="0098192D"/>
     <w:rsid w:val="00986232"/>
     <w:rsid w:val="009903C9"/>
     <w:rsid w:val="009960BD"/>
     <w:rsid w:val="00996480"/>
     <w:rsid w:val="009978FF"/>
     <w:rsid w:val="009A0019"/>
     <w:rsid w:val="009A0385"/>
     <w:rsid w:val="009A0800"/>
     <w:rsid w:val="009A1CBE"/>
     <w:rsid w:val="009A2B39"/>
     <w:rsid w:val="009A50B1"/>
     <w:rsid w:val="009A5595"/>
     <w:rsid w:val="009A57A7"/>
     <w:rsid w:val="009A75BF"/>
     <w:rsid w:val="009B3579"/>
     <w:rsid w:val="009B4396"/>
     <w:rsid w:val="009B622A"/>
     <w:rsid w:val="009B67BA"/>
     <w:rsid w:val="009B7337"/>
     <w:rsid w:val="009B742D"/>
@@ -29705,50 +30855,51 @@
     <w:rsid w:val="00D329DA"/>
     <w:rsid w:val="00D3494D"/>
     <w:rsid w:val="00D40252"/>
     <w:rsid w:val="00D41D2E"/>
     <w:rsid w:val="00D448A9"/>
     <w:rsid w:val="00D46BC7"/>
     <w:rsid w:val="00D46F7C"/>
     <w:rsid w:val="00D50EA7"/>
     <w:rsid w:val="00D51C30"/>
     <w:rsid w:val="00D52693"/>
     <w:rsid w:val="00D55E5D"/>
     <w:rsid w:val="00D57128"/>
     <w:rsid w:val="00D604CD"/>
     <w:rsid w:val="00D64B45"/>
     <w:rsid w:val="00D6619A"/>
     <w:rsid w:val="00D66CFF"/>
     <w:rsid w:val="00D67A9E"/>
     <w:rsid w:val="00D7171E"/>
     <w:rsid w:val="00D72C9F"/>
     <w:rsid w:val="00D73D51"/>
     <w:rsid w:val="00D74558"/>
     <w:rsid w:val="00D75445"/>
     <w:rsid w:val="00D8116E"/>
     <w:rsid w:val="00D81E19"/>
     <w:rsid w:val="00D8310F"/>
+    <w:rsid w:val="00D8463D"/>
     <w:rsid w:val="00D85A69"/>
     <w:rsid w:val="00D91C3E"/>
     <w:rsid w:val="00D91EFB"/>
     <w:rsid w:val="00D91FEE"/>
     <w:rsid w:val="00D93DF6"/>
     <w:rsid w:val="00D952E1"/>
     <w:rsid w:val="00D9774D"/>
     <w:rsid w:val="00DA14C6"/>
     <w:rsid w:val="00DA5D50"/>
     <w:rsid w:val="00DA6C10"/>
     <w:rsid w:val="00DA6C18"/>
     <w:rsid w:val="00DA796C"/>
     <w:rsid w:val="00DB115E"/>
     <w:rsid w:val="00DB5A07"/>
     <w:rsid w:val="00DB6BED"/>
     <w:rsid w:val="00DB7612"/>
     <w:rsid w:val="00DC44E0"/>
     <w:rsid w:val="00DC4EAB"/>
     <w:rsid w:val="00DC52A1"/>
     <w:rsid w:val="00DD030A"/>
     <w:rsid w:val="00DD250A"/>
     <w:rsid w:val="00DD27EE"/>
     <w:rsid w:val="00DD5ACB"/>
     <w:rsid w:val="00DD606E"/>
     <w:rsid w:val="00DD78D1"/>
@@ -29768,50 +30919,51 @@
     <w:rsid w:val="00DF25B1"/>
     <w:rsid w:val="00DF2FFA"/>
     <w:rsid w:val="00DF3C8E"/>
     <w:rsid w:val="00DF66C8"/>
     <w:rsid w:val="00E014DE"/>
     <w:rsid w:val="00E04658"/>
     <w:rsid w:val="00E06606"/>
     <w:rsid w:val="00E0707B"/>
     <w:rsid w:val="00E108C7"/>
     <w:rsid w:val="00E11195"/>
     <w:rsid w:val="00E11F3E"/>
     <w:rsid w:val="00E125ED"/>
     <w:rsid w:val="00E13255"/>
     <w:rsid w:val="00E16ED1"/>
     <w:rsid w:val="00E2186B"/>
     <w:rsid w:val="00E23408"/>
     <w:rsid w:val="00E241C0"/>
     <w:rsid w:val="00E27EB5"/>
     <w:rsid w:val="00E313AB"/>
     <w:rsid w:val="00E35BB3"/>
     <w:rsid w:val="00E36AED"/>
     <w:rsid w:val="00E436FA"/>
     <w:rsid w:val="00E43F08"/>
     <w:rsid w:val="00E44719"/>
     <w:rsid w:val="00E448AE"/>
+    <w:rsid w:val="00E464C9"/>
     <w:rsid w:val="00E50F56"/>
     <w:rsid w:val="00E5136C"/>
     <w:rsid w:val="00E546EA"/>
     <w:rsid w:val="00E54DA3"/>
     <w:rsid w:val="00E54EA5"/>
     <w:rsid w:val="00E558B1"/>
     <w:rsid w:val="00E5633C"/>
     <w:rsid w:val="00E56D42"/>
     <w:rsid w:val="00E57D2B"/>
     <w:rsid w:val="00E57F40"/>
     <w:rsid w:val="00E60D9B"/>
     <w:rsid w:val="00E63EAE"/>
     <w:rsid w:val="00E64380"/>
     <w:rsid w:val="00E65057"/>
     <w:rsid w:val="00E65C2A"/>
     <w:rsid w:val="00E66359"/>
     <w:rsid w:val="00E670E8"/>
     <w:rsid w:val="00E67968"/>
     <w:rsid w:val="00E71C48"/>
     <w:rsid w:val="00E73918"/>
     <w:rsid w:val="00E74EB4"/>
     <w:rsid w:val="00E75406"/>
     <w:rsid w:val="00E759B9"/>
     <w:rsid w:val="00E76708"/>
     <w:rsid w:val="00E8024E"/>
@@ -29966,65 +31118,65 @@
     <w:rsid w:val="00FF1CDF"/>
     <w:rsid w:val="00FF28A8"/>
     <w:rsid w:val="00FF2BFD"/>
     <w:rsid w:val="00FF3E84"/>
     <w:rsid w:val="00FF477F"/>
     <w:rsid w:val="00FF615E"/>
     <w:rsid w:val="7F4C38CE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2052"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="0D5202E4"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7D0A4586-D61A-4358-A401-F66FBA00A407}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -30055,50 +31207,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -30361,50 +31514,51 @@
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="39"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
@@ -30558,51 +31712,51 @@
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008E2115"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="29307006">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -30735,51 +31889,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -31050,228 +32204,207 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -31330,132 +32463,118 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E183599-27E2-45D8-968A-360F89023CA8}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4AB4C45-CE4F-49A3-8276-27C58B6106C3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...3 lines deleted...]
-    <ds:schemaRef ds:uri="97c26e27-a340-4306-98a7-c36055956ab5"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F604D39D-708E-4B54-96F6-1E50D08B60B8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E4AB4C45-CE4F-49A3-8276-27C58B6106C3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6E183599-27E2-45D8-968A-360F89023CA8}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{91E90B48-F6B8-491E-931D-2F1EE49468AC}">
-[...15 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6FAF8AB7-2180-4817-BB52-003017C16AD6}"/>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>11</Pages>
-[...1 lines deleted...]
-  <Characters>35572</Characters>
+  <Pages>12</Pages>
+  <Words>6936</Words>
+  <Characters>36000</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>296</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>1500</Lines>
+  <Paragraphs>572</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>42068</CharactersWithSpaces>
+  <CharactersWithSpaces>42364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>T_ Crawford</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>