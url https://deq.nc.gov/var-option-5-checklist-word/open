--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="541B155A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -119,379 +119,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="1159B436" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12AAACDF" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38B69EFC" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50FDF752" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A05F375" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="397640E8" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396333E4" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DCA751D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AFBB7B8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35C3F40C" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5286AD74" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08A4E83D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="396E2B7A" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="771BA412" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13B91595" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E7DB1D2" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A723E1F" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -687,165 +675,159 @@
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="371"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="398"/>
         <w:gridCol w:w="3240"/>
         <w:gridCol w:w="424"/>
         <w:gridCol w:w="3318"/>
       </w:tblGrid>
       <w:tr w:rsidR="006262D7" w:rsidRPr="0054425D" w14:paraId="6BECF7E5" w14:textId="77777777" w:rsidTr="006262D7">
         <w:trPr>
           <w:trHeight w:val="272"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="371" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="293E01DB" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4ADA05A0" w14:textId="1A7EDCF1" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="0020192D" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Temperature measuring device </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2916A783" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3240" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65252501" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="424" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D097E17" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50371351" w14:textId="77777777" w:rsidR="006262D7" w:rsidRPr="0054425D" w:rsidRDefault="006262D7" w:rsidP="003D5D83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="045DFC80" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="0054425D" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="24AC7180" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -870,111 +852,107 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="417"/>
         <w:gridCol w:w="5714"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="3960"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="55213824" w14:textId="77777777" w:rsidTr="00132AEF">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10991" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068AFB6B" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CDBE907" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRPr="00450A6C" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
+          <w:p w14:paraId="1CDBE907" w14:textId="77777777" w:rsidR="00664CCC" w:rsidRPr="00CD0516" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00450A6C">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD0516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B876B03" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="009C3D45" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00450A6C">
+            <w:r w:rsidRPr="00CD0516">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="489E0BBD" w14:textId="77777777" w:rsidTr="008352D2">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7673A60D" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="008352D2" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
@@ -1259,70 +1237,68 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7E25CFE8" w14:textId="270AB117" w:rsidR="004D609D" w:rsidRPr="006D512C" w:rsidRDefault="004D609D" w:rsidP="001B6CAD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0BA6037A" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="006D512C" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AE00D19" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="006D512C" w:rsidRDefault="00CD61FE" w:rsidP="00560E41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02F07B82" w14:textId="77777777" w:rsidR="00CD61FE" w:rsidRPr="006D512C" w:rsidRDefault="00CD61FE" w:rsidP="00CD61FE">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -1543,70 +1519,68 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [Field:</w:t>
             </w:r>
             <w:r w:rsidR="00CF5EC2" w:rsidRPr="007741AB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 15A NCAC 2H .0805</w:t>
             </w:r>
             <w:r w:rsidR="00CF5EC2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (g) (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0871148D" w14:textId="77777777" w:rsidR="00834760" w:rsidRPr="006D512C" w:rsidRDefault="00834760" w:rsidP="00834760">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752E1ED7" w14:textId="77777777" w:rsidR="00834760" w:rsidRPr="006D512C" w:rsidRDefault="00834760" w:rsidP="00834760">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05621219" w14:textId="46348B97" w:rsidR="00834760" w:rsidRPr="006D512C" w:rsidRDefault="00834760" w:rsidP="00834760">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -3915,85 +3889,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="6AB3D487" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7C69B4A5" w14:textId="3B21C108" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E441141" w14:textId="58E6778B" w:rsidR="00F575EA" w:rsidRPr="00E20935" w:rsidRDefault="00E20935" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are the samples analyzed </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
@@ -4041,143 +4013,138 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="002334FD" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidR="002334FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1456D96F" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="00A0149B" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62E043AD" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="00A0149B" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50912135" w14:textId="1F25DB3B" w:rsidR="00F575EA" w:rsidRPr="00E03A85" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="3F42129B" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="465692B9" w14:textId="18F717B1" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="02479927" w14:textId="112D557A" w:rsidR="00F575EA" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are date and time of sample analysis documented? [Non-field:15A NCAC 2H .0805 (a) (7) (F) (vii) and (viii)] [Field:15A NCAC 2H .0805</w:t>
             </w:r>
             <w:r w:rsidRPr="005337E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4190,85 +4157,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>G</w:t>
             </w:r>
             <w:r w:rsidRPr="005337E4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FCB2DC2" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="00A0149B" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="00A734FD" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="00A0149B" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29A8794C" w14:textId="1C84F04E" w:rsidR="00F575EA" w:rsidRPr="00A0149B" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="0DE1AC3C" w14:textId="77777777" w:rsidTr="008352D2">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0FED3CED" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="004E623A">
@@ -4404,82 +4368,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3306" w:rsidRPr="00A0149B" w14:paraId="4A0C12FF" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="507F53B7" w14:textId="6D4C7857" w:rsidR="00DC3306" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FBB7244" w14:textId="29E0DBAC" w:rsidR="00DC3306" w:rsidRPr="00235FA9" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the compliance temperature-measuring device have a valid NIST certificate? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -4520,85 +4482,82 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="00183785" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151B6BEE" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5808390A" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4E811B95" w14:textId="00011F5E" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="005F1807" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">“Valid” </w:t>
             </w:r>
             <w:r w:rsidR="00741DAF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is considered as</w:t>
@@ -4631,82 +4590,80 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ing</w:t>
             </w:r>
             <w:r w:rsidR="00BC195D" w:rsidRPr="00BC195D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> within its expiration date</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3306" w:rsidRPr="00A0149B" w14:paraId="7D71B20E" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7927D464" w14:textId="1C4C0E89" w:rsidR="00DC3306" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="080BF49F" w14:textId="6BE43ABD" w:rsidR="00DC3306" w:rsidRPr="00235FA9" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the compliance temperature-measuring device does not have a valid NIST certificate, is the device checked initially before use and every 12 months thereafter against </w:t>
             </w:r>
             <w:r w:rsidR="00F14A39">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -4770,85 +4727,82 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="00183785" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DB427A4" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="13619B0B" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C6CFD1D" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Date of verification: ___________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7F192C6E" w14:textId="77777777" w:rsidR="00B81CA9" w:rsidRDefault="00B81CA9" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4924,82 +4878,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2285AE05" w14:textId="179E1F1F" w:rsidR="00B81CA9" w:rsidRPr="00A0149B" w:rsidRDefault="00B81CA9" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3306" w:rsidRPr="00A0149B" w14:paraId="116FCCAE" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="448D2A03" w14:textId="639FDB74" w:rsidR="00DC3306" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76918077" w14:textId="0AB48CE7" w:rsidR="00DC3306" w:rsidRPr="00235FA9" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the </w:t>
             </w:r>
             <w:r w:rsidR="00134E9F" w:rsidRPr="00134E9F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5079,85 +5031,82 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="00183785" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46FA4B18" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B1FA6EC" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B7E59D2" w14:textId="77777777" w:rsidR="00B81CA9" w:rsidRPr="00B81CA9" w:rsidRDefault="00B81CA9" w:rsidP="00B81CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B81CA9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NIST traceable reference temperature-measuring device</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0948856A" w14:textId="77777777" w:rsidR="00B81CA9" w:rsidRPr="00B81CA9" w:rsidRDefault="00B81CA9" w:rsidP="00B81CA9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5202,82 +5151,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Expiration date: ___________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="58535EFC" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3306" w:rsidRPr="00A0149B" w14:paraId="0BF7B47C" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67E9D101" w14:textId="23A73CBF" w:rsidR="00DC3306" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1004093B" w14:textId="435CAC59" w:rsidR="00DC3306" w:rsidRPr="00235FA9" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the compliance temperature-measuring device checked at two temperatures that bracket the range of compliance samples? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5317,85 +5264,82 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="00183785" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05E2DC34" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B265A1B" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="555275D8" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Temperatures: </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="577FBCAE" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5440,82 +5384,80 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">            _______                         ________</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="395BA5E2" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DC3306" w:rsidRPr="00A0149B" w14:paraId="70FE6635" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BF6EF91" w14:textId="58F8AB44" w:rsidR="00DC3306" w:rsidRPr="0070436A" w:rsidRDefault="00DC3306" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0070436A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B516E54" w14:textId="5D6AC86F" w:rsidR="00DC3306" w:rsidRPr="00235FA9" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Do the readings from both devices agree within 0.5°C? </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5555,85 +5497,82 @@
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidR="00183785" w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E029901" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44B4AB62" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="621F975B" w14:textId="77777777" w:rsidR="00DC3306" w:rsidRPr="00A0149B" w:rsidRDefault="00DC3306" w:rsidP="00DC3306">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="2141D23B" w14:textId="77777777" w:rsidTr="008352D2">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21FA53AA" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="004E623A">
@@ -5763,74 +5702,72 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00EB59BA" w14:paraId="4226ADAD" w14:textId="77777777" w:rsidTr="00671F19">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752AE35E" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5596DBB6" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the sewage sludge type (e.g., composted, from aerobic digestion, etc.)? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00802BA4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5898,94 +5835,112 @@
               </w:rPr>
               <w:t xml:space="preserve">Sludge type: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7D9291C9" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AEFC327" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B1EA82D" w14:textId="68A4EC1F" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This Option must be used for composted sewage sludge. </w:t>
             </w:r>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">This option may also be applied to sewage sludge from other aerobic processes such as aerobic digestion </w:t>
+              <w:t xml:space="preserve">This option may also be applied to sewage </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="006D512C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>sludge</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="006D512C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from other aerobic processes such as aerobic digestion </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>as long as</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> temperature requirements can be met and the sewage sludge i</w:t>
             </w:r>
             <w:r w:rsidR="008E39D9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
@@ -6027,74 +5982,72 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">of </w:t>
             </w:r>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>sewage sludges.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="41957752" w14:textId="77777777" w:rsidTr="00E70B76">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60E18BD4" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47BE36E1" w14:textId="43EB2A2E" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the sewage sludge aerobically treated for at least 14 days? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00EE53E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6115,141 +6068,136 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Adobe Devanagari" w:hAnsi="Adobe Devanagari" w:cs="Adobe Devanagari"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>°</w:t>
             </w:r>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="674C4109" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7367D44D" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0746C8E4" w14:textId="64E948A7" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="56DC66F8" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E0F49E0" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B91DBFC" w14:textId="7CD64A3E" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the temperature measured</w:t>
             </w:r>
             <w:r w:rsidR="00E90F94">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6342,95 +6290,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67881494" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A8A4DED" w14:textId="612FA17B" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A93038" w:rsidRPr="00A0149B" w14:paraId="469BFB4B" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7AA240D8" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="0070436A" w:rsidRDefault="00A93038" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D9EA963" w14:textId="42067C73" w:rsidR="00A93038" w:rsidRPr="006D512C" w:rsidRDefault="00A93038" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the location documented?</w:t>
             </w:r>
             <w:r w:rsidR="00C91225">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6557,95 +6502,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A330407" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="006D512C" w:rsidRDefault="00A93038" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="022E55BE" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="006D512C" w:rsidRDefault="00A93038" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C559C7" w:rsidRPr="00A0149B" w14:paraId="2B8A42FC" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5063931D" w14:textId="77777777" w:rsidR="00C559C7" w:rsidRPr="0070436A" w:rsidRDefault="00C559C7" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="170FA24B" w14:textId="2FBDF1B7" w:rsidR="00C559C7" w:rsidRPr="006D512C" w:rsidRDefault="00C559C7" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the temperature measured within 0.3 M (1 foot) of the surface of the unfinished compost? </w:t>
             </w:r>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6714,51 +6656,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06AB123E" w14:textId="77777777" w:rsidR="00C559C7" w:rsidRPr="006D512C" w:rsidRDefault="00C559C7" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76F9FCD1" w14:textId="75966B53" w:rsidR="00C559C7" w:rsidRPr="00C559C7" w:rsidRDefault="00C559C7" w:rsidP="00C559C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C559C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>It has been found that points within 0.3 m (1 foot) of the surface of aerated static piles may be unable to reach these temperatures, and for this reason, it is recommended that a 0.3 m (1 foot) or greater layer of insulating</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -6824,74 +6765,72 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00214253" w:rsidRPr="00214253">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Regardless of whether an insulating layer is used, temperature measurements must be performed within 0.3 m (1 foot) of the surface of the unfinished compost.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A93038" w:rsidRPr="00A0149B" w14:paraId="5CDBB2EC" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7DB83AA4" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="0070436A" w:rsidRDefault="00A93038" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1FAEA09D" w14:textId="2EDA7FE1" w:rsidR="00A93038" w:rsidRDefault="00A93038" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="004E2C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7018,95 +6957,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="059C9432" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="006D512C" w:rsidRDefault="00A93038" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62EDEE4C" w14:textId="77777777" w:rsidR="00A93038" w:rsidRPr="00C559C7" w:rsidRDefault="00A93038" w:rsidP="00C559C7">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="1C896BA7" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="468D14BC" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D613DA0" w14:textId="24EECC81" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are sample temperatures during each measurement documented? [</w:t>
             </w:r>
             <w:r w:rsidR="008919B0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7271,95 +7207,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A21859D" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="530FB46C" w14:textId="7DE8BE9E" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="4F098F37" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="706C5957" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07AC5179" w14:textId="78282E3A" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are </w:t>
             </w:r>
             <w:r w:rsidR="00B12F4C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7500,99 +7433,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38A80FBC" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22707372" w14:textId="512E9637" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="588FFA84" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60672B2F" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70F083E9" w14:textId="38825E35" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the average temperature calculated for the 14 days? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00EE53E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7653,96 +7583,93 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11A5E1C1" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D25EEA" w14:textId="08DD9A75" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="462A4F69" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="268A8D0B" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="004E623A">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C51B8D6" w14:textId="7C64E9E5" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the average temperature for the 14 days documented? [</w:t>
             </w:r>
             <w:r w:rsidR="009C5B3A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7907,99 +7834,96 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D1EAAE7" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C8F07C7" w14:textId="112736BE" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="7E2E3B3E" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="33A9C1B8" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12797B00" w14:textId="466E03CE" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="004E623A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the average temperature for the 14 days greater than 45</w:t>
             </w:r>
             <w:r w:rsidR="00CC0BA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8108,95 +8032,92 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="488FC7B5" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EED3C46" w14:textId="7F7E54A8" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F575EA" w:rsidRPr="00A0149B" w14:paraId="0C57E969" w14:textId="77777777" w:rsidTr="00560E41">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="417" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="60353B32" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="0070436A" w:rsidRDefault="00F575EA" w:rsidP="000C459C">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="504"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5714" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="752CD503" w14:textId="0594DB5E" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006D512C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If composting is used to comply with Class A pathogen requirements, is the pathogen reduction time-temperature regime met with or before the VAR time-temperature regime? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00EE53E8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8257,67 +8178,64 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7116E349" w14:textId="77777777" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3960" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="161A5C69" w14:textId="2C82A89E" w:rsidR="00F575EA" w:rsidRPr="006D512C" w:rsidRDefault="00F575EA" w:rsidP="00F575EA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:before="100" w:after="100"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7CBDA49B" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1260B989" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
@@ -8523,278 +8441,279 @@
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00C37462" w:rsidRPr="00351E5A">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="217C2C1F" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB">
+    <w:p w14:paraId="190AF54B" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="50A88F80" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB">
+    <w:p w14:paraId="0CB0EF7A" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2FEEB239" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB"/>
+    <w:p w14:paraId="7715D964" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe Devanagari">
-    <w:altName w:val="Nirmala UI"/>
+    <w:panose1 w:val="02040503050201020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
+    <w:altName w:val="Calibri Light"/>
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="665FFCCC" w14:textId="3A065241" w:rsidR="00026092" w:rsidRPr="004E0CAB" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="009B388F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1/20/2022</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B720EBB" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2749606E" w14:textId="20AED1E4" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B8487A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="009B388F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1/20/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0910D8B7" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB">
+    <w:p w14:paraId="4839AFFE" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22302DC4" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB">
+    <w:p w14:paraId="65EF488B" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="36442B92" w14:textId="77777777" w:rsidR="00164DEB" w:rsidRDefault="00164DEB"/>
+    <w:p w14:paraId="634AA3B5" w14:textId="77777777" w:rsidR="00551CE2" w:rsidRDefault="00551CE2"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="62F454E2" w14:textId="2C224E0B" w:rsidR="007169D0" w:rsidRDefault="007169D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="57F72112" w14:textId="3B18D17D" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00897BBA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">VAR Option </w:t>
     </w:r>
     <w:r w:rsidR="00C94FBA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
@@ -8839,61 +8758,61 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00B72FA1">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="044671BF" w14:textId="5DE81960" w:rsidR="007169D0" w:rsidRDefault="007169D0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0942628B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="804C89F6"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9183,68 +9102,68 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1872066473">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1649281190">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="330958063">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1836527857">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -9351,58 +9270,60 @@
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="004212A2"/>
     <w:rsid w:val="00440E6A"/>
     <w:rsid w:val="00445963"/>
     <w:rsid w:val="00450A6C"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="004661A2"/>
     <w:rsid w:val="004664E9"/>
     <w:rsid w:val="0046729F"/>
     <w:rsid w:val="00480927"/>
     <w:rsid w:val="004811FF"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00482EF7"/>
     <w:rsid w:val="004A77AF"/>
     <w:rsid w:val="004B6645"/>
     <w:rsid w:val="004D4E6F"/>
     <w:rsid w:val="004D609D"/>
     <w:rsid w:val="004E2C6F"/>
     <w:rsid w:val="004E623A"/>
     <w:rsid w:val="004E7999"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="00501398"/>
     <w:rsid w:val="00514C0F"/>
+    <w:rsid w:val="00514FA4"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00524884"/>
     <w:rsid w:val="00535E34"/>
     <w:rsid w:val="00537F12"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00545C37"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
+    <w:rsid w:val="00551CE2"/>
     <w:rsid w:val="005523C8"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="00572419"/>
     <w:rsid w:val="00592464"/>
     <w:rsid w:val="005A5CE7"/>
     <w:rsid w:val="005A60D9"/>
     <w:rsid w:val="005A7740"/>
     <w:rsid w:val="005B3B5A"/>
     <w:rsid w:val="005B717C"/>
     <w:rsid w:val="005C2BFB"/>
     <w:rsid w:val="005C52C2"/>
     <w:rsid w:val="005C7A2F"/>
     <w:rsid w:val="005D6A9A"/>
     <w:rsid w:val="005E53B2"/>
     <w:rsid w:val="005F1807"/>
     <w:rsid w:val="005F211E"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="005F74B9"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="00616F08"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="0062757B"/>
     <w:rsid w:val="0063613D"/>
     <w:rsid w:val="00643AFC"/>
@@ -9555,50 +9476,51 @@
     <w:rsid w:val="00BB2B5F"/>
     <w:rsid w:val="00BB419D"/>
     <w:rsid w:val="00BB59E6"/>
     <w:rsid w:val="00BC1942"/>
     <w:rsid w:val="00BC195D"/>
     <w:rsid w:val="00BC4775"/>
     <w:rsid w:val="00BC4BF7"/>
     <w:rsid w:val="00BD0625"/>
     <w:rsid w:val="00BD4343"/>
     <w:rsid w:val="00BE157D"/>
     <w:rsid w:val="00BE5113"/>
     <w:rsid w:val="00BF3F9B"/>
     <w:rsid w:val="00C02AA5"/>
     <w:rsid w:val="00C27149"/>
     <w:rsid w:val="00C31A77"/>
     <w:rsid w:val="00C34B65"/>
     <w:rsid w:val="00C37462"/>
     <w:rsid w:val="00C529DF"/>
     <w:rsid w:val="00C559C7"/>
     <w:rsid w:val="00C91225"/>
     <w:rsid w:val="00C94FBA"/>
     <w:rsid w:val="00CA030A"/>
     <w:rsid w:val="00CB3D76"/>
     <w:rsid w:val="00CC0882"/>
     <w:rsid w:val="00CC0BA2"/>
+    <w:rsid w:val="00CD0516"/>
     <w:rsid w:val="00CD3B9B"/>
     <w:rsid w:val="00CD3F65"/>
     <w:rsid w:val="00CD61FE"/>
     <w:rsid w:val="00CD7670"/>
     <w:rsid w:val="00CF12A9"/>
     <w:rsid w:val="00CF1EAC"/>
     <w:rsid w:val="00CF26CF"/>
     <w:rsid w:val="00CF3639"/>
     <w:rsid w:val="00CF5EC2"/>
     <w:rsid w:val="00D02C1F"/>
     <w:rsid w:val="00D12A3F"/>
     <w:rsid w:val="00D12D3C"/>
     <w:rsid w:val="00D13B4D"/>
     <w:rsid w:val="00D13CBC"/>
     <w:rsid w:val="00D37827"/>
     <w:rsid w:val="00D46984"/>
     <w:rsid w:val="00D47A16"/>
     <w:rsid w:val="00D546D4"/>
     <w:rsid w:val="00D60D36"/>
     <w:rsid w:val="00D65FA2"/>
     <w:rsid w:val="00D70E38"/>
     <w:rsid w:val="00D74937"/>
     <w:rsid w:val="00D80609"/>
     <w:rsid w:val="00D81945"/>
     <w:rsid w:val="00DB056B"/>
@@ -9664,51 +9586,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="014CDE16"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6EF424EA-8847-4B8E-A58F-A0F534EB8422}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -10007,50 +9929,51 @@
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:u w:val="single"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
@@ -10193,51 +10116,51 @@
     <w:name w:val="Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="002334FD"/>
     <w:rPr>
       <w:color w:val="2B579A"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="007D0D8B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10607,194 +10530,182 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...16 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
-      </xsd:simpleType>
-[...56 lines deleted...]
-        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -10853,137 +10764,143 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-    <PublishingStartDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A99E70-634F-469C-80EC-5C3E4EC81A63}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8786ABAF-E809-4DE4-B73B-6E4817A2C1F1}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60748D0F-3BAD-4685-9761-FAF3C4B06345}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{775B3E15-01F4-4C32-AD43-D10E3D05BAE4}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6A99E70-634F-469C-80EC-5C3E4EC81A63}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6CDA75C3-3D0A-4804-8C33-012DB3B4B0A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>8955</Characters>
+  <Pages>3</Pages>
+  <Words>1519</Words>
+  <Characters>8774</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>21</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>409</Lines>
+  <Paragraphs>127</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10504</CharactersWithSpaces>
+  <CharactersWithSpaces>10281</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>