--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -1,60 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="61076155" w14:textId="5B157869" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00D81945">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -127,379 +126,367 @@
           <w:left w:w="115" w:type="dxa"/>
           <w:right w:w="115" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2135"/>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="3670"/>
         <w:gridCol w:w="990"/>
         <w:gridCol w:w="1305"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="1BE72B04" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="40930658" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="63672C1E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0814660D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="119BAA76" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="28667D26" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E69EA22" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6550" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1047DE3D" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="990" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3025935E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C934262" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="43F6C3DA" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EDBE295" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00550967">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54906EC8" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C37462" w:rsidRPr="00A0149B" w14:paraId="5ED3F195" w14:textId="77777777" w:rsidTr="00F23DA3">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5015" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6CC449D3" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F23DA3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5965" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4151165E" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00F23DA3" w:rsidRDefault="00C37462" w:rsidP="00F23DA3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="03E7CE61" w14:textId="77777777" w:rsidR="00C37462" w:rsidRPr="00A0149B" w:rsidRDefault="00C37462">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -651,78 +638,76 @@
       </w:r>
       <w:r w:rsidR="00D54FE8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Reagents:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="236"/>
-        <w:gridCol w:w="5452"/>
+        <w:gridCol w:w="5447"/>
         <w:gridCol w:w="270"/>
-        <w:gridCol w:w="5130"/>
+        <w:gridCol w:w="5125"/>
       </w:tblGrid>
       <w:tr w:rsidR="00196AAA" w:rsidRPr="00CE7F42" w14:paraId="72FB28D9" w14:textId="77777777" w:rsidTr="00917B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1E343279" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00CE7F42" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5380FED5" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Automated continuous-flow analyzer.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16BD1809" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
@@ -739,553 +724,527 @@
               <w:t>Make/Model:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F4FBEE6" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="615B6F25" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BC3C65F" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00196AAA" w:rsidP="00196AAA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="709DDB83" w14:textId="77777777" w:rsidR="00196AAA" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Balance -- Analytical, capable of accurately weighing to the nearest 0.0001 g.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="0C4CA86E" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="494"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="285AFB34" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4563C2CC" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Granulated cadmium: 40-60 mesh (CASRN 7440-43-9). Other mesh sizes may be used.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1F34DBD6" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49E25E68" w14:textId="16D05871" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reagent water</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="35D23B8B" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="269"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="73E645F8" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A700299" w14:textId="5C3B5B1E" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Color reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6620981F" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0B78D6B9" w14:textId="74DE915F" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="000004E5" w:rsidP="001F3C8C">
             <w:pPr>
               <w:pStyle w:val="CommentText"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F50F45">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Copper-cadmium</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w14:paraId="1C1BAAD7" w14:textId="77777777" w:rsidTr="00917B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5D431025" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00CE7F42" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70CF54AC" w14:textId="67F2A18A" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Copper sulfate solution, 2%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CF046A4" w14:textId="77777777" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00D54FE8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08D2DAAC" w14:textId="6028C311" w:rsidR="00D54FE8" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Wash solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B04AA0" w:rsidRPr="00CE7F42" w14:paraId="2B0897CE" w14:textId="77777777" w:rsidTr="00917B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6C75AFFA" w14:textId="77777777" w:rsidR="00B04AA0" w:rsidRPr="00CE7F42" w:rsidRDefault="00B04AA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79ECFAA9" w14:textId="622C08B7" w:rsidR="00B04AA0" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ammonium chloride-EDTA solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="13591484" w14:textId="77777777" w:rsidR="00B04AA0" w:rsidRPr="00654EA2" w:rsidRDefault="00B04AA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B74CDD0" w14:textId="4E574FA9" w:rsidR="00B04AA0" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654EA2" w:rsidRPr="00CE7F42" w14:paraId="617937A4" w14:textId="77777777" w:rsidTr="00917B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="03B47B41" w14:textId="77777777" w:rsidR="00654EA2" w:rsidRPr="00CE7F42" w:rsidRDefault="00654EA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DE90FAE" w14:textId="40ACC03D" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Stock nitrite solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="310B605A" w14:textId="77777777" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C7C23E1" w14:textId="0697F7EA" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard nitrate solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00654EA2" w:rsidRPr="00CE7F42" w14:paraId="2DB43D77" w14:textId="77777777" w:rsidTr="00917B30">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="236" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="025884AB" w14:textId="77777777" w:rsidR="00654EA2" w:rsidRPr="00CE7F42" w:rsidRDefault="00654EA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5452" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18E651CA" w14:textId="3B4E9D6F" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Standard nitrite solution</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="270" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="56DC78AB" w14:textId="77777777" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="00654EA2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="630E1122" w14:textId="0F0E869B" w:rsidR="00654EA2" w:rsidRPr="00654EA2" w:rsidRDefault="000004E5" w:rsidP="001F3C8C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654EA2">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Dilute hydrochloric acid, 6</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA0BFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1327,112 +1286,107 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="461"/>
         <w:gridCol w:w="4860"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="450"/>
         <w:gridCol w:w="4770"/>
       </w:tblGrid>
       <w:tr w:rsidR="00157C6C" w:rsidRPr="00A0149B" w14:paraId="6A88DC86" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10991" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="28E1B18D" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="000808F0" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="000808F0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75653DB8" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRPr="00FB7FC2" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
+          <w:p w14:paraId="75653DB8" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRPr="005A1CFF" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00FB7FC2">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005A1CFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="47FDB155" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="009C3D45" w:rsidRDefault="00157C6C" w:rsidP="00157C6C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00FB7FC2">
+            <w:r w:rsidRPr="005A1CFF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="13099643" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1F80E7EF" w14:textId="77777777" w:rsidR="00157C6C" w:rsidRPr="008352D2" w:rsidRDefault="00157C6C" w:rsidP="00221DE8">
             <w:pPr>
               <w:ind w:left="450"/>
@@ -2310,77 +2264,75 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="0C8EB69A" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08C0B07C" w14:textId="41871AD4" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="633F275D" w14:textId="456B9A35" w:rsidR="007D7F7D" w:rsidRPr="00713C15" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples collected and stored in polyethylene, Teflon®, or glass containers? </w:t>
             </w:r>
             <w:r w:rsidRPr="0005342B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2401,135 +2353,130 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136</w:t>
             </w:r>
             <w:r w:rsidR="003D33FD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08D5FBF9" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="14302320" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15C047C9" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="5CDA0D64" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59FFD77C" w14:textId="771D0CCE" w:rsidR="00167069" w:rsidRPr="00A0149B" w:rsidRDefault="00167069" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="46FA89F6" w14:textId="10C05E31" w:rsidR="00167069" w:rsidRDefault="00167069" w:rsidP="00167069">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -2584,132 +2531,127 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136</w:t>
             </w:r>
             <w:r w:rsidR="006A6EEF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="148B7B03" w14:textId="77777777" w:rsidR="00167069" w:rsidRPr="00A0149B" w:rsidRDefault="00167069" w:rsidP="00167069">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45FAD0FF" w14:textId="77777777" w:rsidR="00167069" w:rsidRPr="00A0149B" w:rsidRDefault="00167069" w:rsidP="00167069">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4230953D" w14:textId="77777777" w:rsidR="00167069" w:rsidRPr="00A0149B" w:rsidRDefault="00167069" w:rsidP="00167069">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="1543AB07" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34409311" w14:textId="30813A37" w:rsidR="00635F6B" w:rsidRPr="00A0149B" w:rsidRDefault="00635F6B" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2C56AF92" w14:textId="2D6130DC" w:rsidR="00635F6B" w:rsidRPr="0067392B" w:rsidRDefault="00635F6B" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples iced</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2830,131 +2772,124 @@
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="149A36F4" w14:textId="77777777" w:rsidR="00635F6B" w:rsidRPr="00A0149B" w:rsidRDefault="00635F6B" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7B3AE9FB" w14:textId="77777777" w:rsidR="00635F6B" w:rsidRPr="00A0149B" w:rsidRDefault="00635F6B" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1E2F3CFE" w14:textId="77777777" w:rsidR="00635F6B" w:rsidRPr="00A0149B" w:rsidRDefault="00635F6B" w:rsidP="00635F6B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="54794A5E" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6004DB58" w14:textId="68A321BA" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="355FBAD4" w14:textId="049C21D8" w:rsidR="007D7F7D" w:rsidRPr="0067392B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007E6DD9">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00B31ECE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3037,135 +2972,130 @@
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="348F1428" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="700524C2" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="10602BB4" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="2E09ADB5" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C26D7E8" w14:textId="5551BCED" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0935BE5E" w14:textId="694C40DC" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00B04AA0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0067392B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within </w:t>
             </w:r>
             <w:r w:rsidR="00CC7B46">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -3231,91 +3161,88 @@
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6DD4E2E1" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B10BD90" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6C44FF79" w14:textId="77777777" w:rsidR="007D7F7D" w:rsidRPr="00A0149B" w:rsidRDefault="007D7F7D" w:rsidP="00CE7F42">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="49B32EB8" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
@@ -3459,73 +3386,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="3E324B0F" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A141425" w14:textId="3BC9C091" w:rsidR="007B7054" w:rsidRDefault="007B7054" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F55BE55" w14:textId="77777777" w:rsidR="007B7054" w:rsidRPr="00414BED" w:rsidRDefault="007B7054" w:rsidP="0090682C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="0090682C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3629,119 +3554,116 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E12D9C2" w14:textId="77777777" w:rsidR="007B7054" w:rsidRPr="00A0149B" w:rsidRDefault="007B7054" w:rsidP="007B7054">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7438B2DA" w14:textId="77777777" w:rsidR="007B7054" w:rsidRPr="00A0149B" w:rsidRDefault="00167069" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Set up manifold as shown in Figure 1. Care should be taken not to introduce</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>air into the reduction column.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="3954ECCC" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A764DA6" w14:textId="45ED46CE" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="178DB2EC" w14:textId="207552B1" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="002F5453">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the instrument calibrated with at </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7054">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3857,89 +3779,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[EPA Method 353.2, Rev. 2.0 (1993), Section 10.</w:t>
             </w:r>
             <w:r w:rsidR="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="0036721B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3215C481" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08204842" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A013C65" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="00167069" w:rsidP="00CA19F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Prepare a series of at least three standards, covering the desired range, and a</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -3969,73 +3888,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Held curves are not permitted.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="2802DF62" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1737F8EC" w14:textId="77777777" w:rsidR="009C23E2" w:rsidRDefault="009C23E2" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5E5E82D9" w14:textId="58E40DFE" w:rsidR="009C23E2" w:rsidRPr="001B7EB4" w:rsidRDefault="009C23E2" w:rsidP="009C23E2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B7EB4">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is</w:t>
             </w:r>
             <w:r w:rsidR="002B4D6E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4112,122 +4029,118 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="357F12BE" w14:textId="77777777" w:rsidR="009C23E2" w:rsidRDefault="009C23E2" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66FEE0FB" w14:textId="77777777" w:rsidR="009C23E2" w:rsidRDefault="009C23E2" w:rsidP="00095EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B09F4D8" w14:textId="17CACED3" w:rsidR="009C23E2" w:rsidRPr="00167069" w:rsidRDefault="009C23E2" w:rsidP="00CA19F6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC2B9E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>For analytical procedures requiring analysis of a series of standards, the concentrations of these standards shall bracket the range of the sample concentrations measured. One of the standards shall have a concentration equal to or less than the laboratory's lowest reporting concentration for the parameter involved.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="29D418A6" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23D272ED" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37DE487A" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="001B7EB4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What are the concentrations of the standards used to calibrate the instrument?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="658F5300" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="001B7EB4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -4280,112 +4193,108 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3321B473" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F147BDE" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FE0B031" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRPr="00037FDA" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="28B6003F" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="288CD141" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D4476D1" w14:textId="24F082DE" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are standards analyzed in order of decreasing concentration? </w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4407,89 +4316,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00167069">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="068EFF5B" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36E6E7DA" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0245F3DC" w14:textId="77777777" w:rsidR="001B7EB4" w:rsidRDefault="001B7EB4" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00796186">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Place appropriate standards in the sampler in order of decreasing concentration and perform analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="79B903A2" w14:textId="77777777" w:rsidR="00ED1E5C" w:rsidRDefault="00ED1E5C" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -4543,73 +4449,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> this practice </w:t>
             </w:r>
             <w:r w:rsidR="002F0363">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">must be followed. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="622BD8FE" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A0D318B" w14:textId="3AC2154B" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37325665" w14:textId="6EB8AF3E" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4688,158 +4592,153 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Policy</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="212943AD" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4715F54D" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30706051" w14:textId="77777777" w:rsidR="00095EFF" w:rsidRPr="007B7054" w:rsidRDefault="00095EFF" w:rsidP="00095EFF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>When linear regression is used, use the minimum correlation coefficient specified in the method. If the minimum correlation coefficient is not specified, then a minimum value of 0.995 (or a coefficient of determination, r</w:t>
             </w:r>
             <w:r w:rsidRPr="00B212B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="00037FDA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, of 0.99) is required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="3514B3F8" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="473072BF" w14:textId="42B7AA86" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="28AEE780" w14:textId="12010626" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">each initial calibration </w:t>
@@ -5007,89 +4906,86 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4053CF5E" w14:textId="77777777" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A4721B6" w14:textId="77777777" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="45E537C8" w14:textId="77777777" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E7B68">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5227,73 +5123,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>the source of calibration standards.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="28ED5CFA" w14:textId="77777777" w:rsidR="0072500A" w:rsidRPr="00037FDA" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="3C4EB7FC" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76490011" w14:textId="1B15AD13" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6994773F" w14:textId="3154ACAE" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the second source standard (QCS)?</w:t>
             </w:r>
             <w:r w:rsidRPr="000B000E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5383,68 +5277,66 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21D5030A" w14:textId="2F0D8A7A" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="03E24AB6" w14:textId="77777777" w:rsidR="0072500A" w:rsidRDefault="0072500A" w:rsidP="0072500A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1B58E4D0" w14:textId="77777777" w:rsidR="0072500A" w:rsidRPr="00037FDA" w:rsidRDefault="0072500A" w:rsidP="00DA0478">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0072500A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If measurements exceed ±10% of the</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5494,73 +5386,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0072500A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>check.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00311157" w:rsidRPr="00A0149B" w14:paraId="2326A296" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32F50FC5" w14:textId="299D75F0" w:rsidR="00DA0478" w:rsidRDefault="00DA0478" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="7E6ACE81" w14:textId="097C1610" w:rsidR="00DA0478" w:rsidRDefault="00DA0478" w:rsidP="00DA0478">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -5704,69 +5594,67 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15130233" w14:textId="77777777" w:rsidR="00DA0478" w:rsidRPr="00A0149B" w:rsidRDefault="00DA0478" w:rsidP="00DA0478">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1548288F" w14:textId="77777777" w:rsidR="00DA0478" w:rsidRPr="00A0149B" w:rsidRDefault="00DA0478" w:rsidP="00DA0478">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C48BB1D" w14:textId="77777777" w:rsidR="00DA0478" w:rsidRDefault="00DA0478" w:rsidP="00DA0478">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00085909">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rule:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -5996,73 +5884,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="5E032479" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2720264A" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1769AA92" w14:textId="52919052" w:rsidR="0010240A" w:rsidRPr="00560E41" w:rsidRDefault="0010240A" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples high in particulate matter filtered prior to analysis? </w:t>
             </w:r>
             <w:r w:rsidRPr="0017396B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6073,89 +5959,86 @@
               <w:t xml:space="preserve">[EPA Method 353.2, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="0017396B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.1]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4BC153AB" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52B39C8A" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F8936AB" w14:textId="7B221BB2" w:rsidR="0010240A" w:rsidRPr="00560E41" w:rsidRDefault="0010240A" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED0D6A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Buildup</w:t>
             </w:r>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -6188,153 +6071,148 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pre-filtered.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="591E820E" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A4920F9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0282B76B" w14:textId="7FDB971B" w:rsidR="0010240A" w:rsidRPr="00BD2A0A" w:rsidRDefault="0010240A" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BD2A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples with residual chlorine concentrations greater than 0.5 mg/L at a neutral pH treated with sodium thiosulfate prior to analysis? [EPA Method 353.2, Rev. 2.0 (1993), Section 4.</w:t>
             </w:r>
             <w:r w:rsidR="00521685">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00BD2A0A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BC337DE" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B43421A" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1E4BB2FE" w14:textId="6DBEB46D" w:rsidR="0010240A" w:rsidRPr="00BD2A0A" w:rsidRDefault="0010240A" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Residual chlorine can produce a negative interference by limiting reduction</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -6358,137 +6236,132 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007115A3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>dechlorinated with sodium thiosulfate.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="4C192542" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F3EC87F" w14:textId="77777777" w:rsidR="00521685" w:rsidRDefault="00521685" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="569EB270" w14:textId="45CD2B83" w:rsidR="00521685" w:rsidRPr="00BD2A0A" w:rsidRDefault="00B37885" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples high in oil and grease treated by pre-extracting the sample with an organic solvent? [EPA Method 353.2, Rev. 2.0 (1993), Section 4.4]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="213047BC" w14:textId="77777777" w:rsidR="00521685" w:rsidRDefault="00521685" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="543CB0FE" w14:textId="77777777" w:rsidR="00521685" w:rsidRDefault="00521685" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="375ED4DE" w14:textId="29153D3B" w:rsidR="00521685" w:rsidRPr="007115A3" w:rsidRDefault="00B37885" w:rsidP="00BD2A0A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Large concentrations of oil and grease will coat the surface of the cadmium</w:t>
             </w:r>
             <w:r w:rsidR="0036721B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
@@ -6655,73 +6528,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="4EE3A4A3" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="06514CFF" w14:textId="18C24F55" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78038E0D" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not already, is sample pH adjusted to between 5 and 9 standard units with either conc. HCl or conc. NH</w:t>
             </w:r>
             <w:r w:rsidRPr="00276760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -6786,51 +6657,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74671B0D" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3285B7A9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="003E538F" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If sample pH is below 5 or above 9, </w:t>
             </w:r>
             <w:r w:rsidRPr="00276760">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6865,73 +6735,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>OH</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="7C072EB0" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E2FDDAE" w14:textId="716A2CDE" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5D58153B" w14:textId="792775BA" w:rsidR="0010240A" w:rsidRPr="00DD4723" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are the initial and adjusted pH values documented? [</w:t>
             </w:r>
             <w:r w:rsidRPr="00CE29D7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7000,103 +6868,100 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="283869F9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1746390C" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042068E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>All analytical records, including original observations and information necessary to facilitate historical reconstruction of the calculated results, shall be maintained for five years. All analytical data and records pertinent to each certified analysis shall be available for inspection upon request.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="31FD847B" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A971205" w14:textId="11483B4F" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="509B1BDD" w14:textId="5AD1D2AD" w:rsidR="0010240A" w:rsidRPr="00DD4723" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624FE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is analysis performed according </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7173,51 +7038,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB38F27" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="098798CC" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0042068E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Allow system to equilibrate as required. Obtain a stable baseline with all</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7377,51 +7241,50 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00560E41">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="60985D7E" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F3DC1EF" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7429,151 +7292,147 @@
             </w:tcBorders>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F45CF61" w14:textId="4765884D" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025632A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are MDLs determined prior to performing analyses by this method? EPA Method 353.2, Rev. 2.0 (1993), Section 9.2.1 and 9.2.4] [EPA MDL Procedure, Rev. 2 (December 2016)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1431A91D" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="50316E17" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E8074BD" w14:textId="77777777" w:rsidR="00081B83" w:rsidRPr="0025632A" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025632A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The initial demonstration of performance is used to characterize instrument performance (determination of LCR and analysis of QCS) and laboratory performance (determination of MDLs) prior to performing analyses by this method. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="135936CF" w14:textId="4503131F" w:rsidR="00081B83" w:rsidRPr="002B67D8" w:rsidRDefault="00081B83" w:rsidP="001102EB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025632A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Method Detection Limit (MDL) -- MDLs must be established for all analytes, using reagent water (blank) fortified at a concentration of two to three times the estimated instrument detection limit.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="76D98CBD" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46649B82" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -7592,101 +7451,98 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is ongoing quarterly MDL data being analyzed and documented?</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [EPA MDL Procedure, Rev. 2 (December 2016), Section (3) (a)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70E7A838" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="022D5C24" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="213484DB" w14:textId="3C2E3A46" w:rsidR="00081B83" w:rsidRPr="002B67D8" w:rsidRDefault="00081B83" w:rsidP="001102EB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">MDL Procedure: </w:t>
             </w:r>
             <w:r w:rsidRPr="00F80151">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -7698,181 +7554,174 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F80151">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>analyzed with each batch during the course of sample analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="256107F0" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03578E06" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50F03354" w14:textId="46E46BE1" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0025632A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the MDL evaluated at least every 13 months and updated, if required? [EPA MDL Procedure, Rev. 2 (December 2016), Section (4)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29EDEB5E" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="276B446D" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="592CC3D1" w14:textId="77777777" w:rsidR="00081B83" w:rsidRPr="002B67D8" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="7C5365B8" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="781EE9A2" w14:textId="1B180684" w:rsidR="0010240A" w:rsidRPr="008C0C53" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54F5E529" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00560E41" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the efficiency of the reduction column evaluated by analyzing a Nitrite standard at the same concentration as one of the calibration standards? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7902,89 +7751,86 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>10.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="786532BA" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D580BCB" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15C95F43" w14:textId="64E767D2" w:rsidR="0010240A" w:rsidRPr="002B67D8" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B67D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">This </w:t>
             </w:r>
             <w:r w:rsidR="00130CBA">
               <w:rPr>
@@ -8061,73 +7907,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002B67D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>same concentration to verify the efficiency of the reduction column.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="080FFE06" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="26724AB7" w14:textId="03BEAE01" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="09A92686" w14:textId="7E2E37BF" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the column efficiency? </w:t>
             </w:r>
             <w:r w:rsidRPr="002B67D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
@@ -8205,122 +8049,118 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D306C9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="78B83B3C" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EC5746B" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="002B67D8" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002B67D8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses. Each laboratory shall calculate and document the precision and accuracy of all quality control analyses with each sample set. When the method of choice specifies performance acceptance criteria for precision and accuracy, and the laboratory chooses to develop laboratory-specific limits, the laboratory-specific limits shall not be less stringent than the criteria stated in the approved method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="3AA70479" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6890D4CA" w14:textId="45260ABE" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="17403475" w14:textId="14AE4F8B" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="576"/>
                 <w:tab w:val="left" w:pos="936"/>
                 <w:tab w:val="left" w:pos="1152"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="5040"/>
                 <w:tab w:val="left" w:pos="5760"/>
                 <w:tab w:val="left" w:pos="6120"/>
                 <w:tab w:val="left" w:pos="6480"/>
                 <w:tab w:val="left" w:pos="6840"/>
                 <w:tab w:val="left" w:pos="7200"/>
                 <w:tab w:val="left" w:pos="7848"/>
                 <w:tab w:val="left" w:pos="8640"/>
                 <w:tab w:val="left" w:pos="9360"/>
                 <w:tab w:val="left" w:pos="10080"/>
                 <w:tab w:val="left" w:pos="10800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -8446,122 +8286,118 @@
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="39FE7E1A" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="73388941" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AF66C56" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="002B67D8" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00DA0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="4DAC93E7" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="346358A5" w14:textId="5F770592" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="624C7EBE" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a laboratory reagent blank (LRB) analyzed with each batch of samples?</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -8583,87 +8419,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.1</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BA71FD5" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="457CFBEE" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66D9B339" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least one LRB with each batch of samples.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48BD82C6" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="005146AF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8676,93 +8509,100 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Definition of LRB (Section3.6):</w:t>
             </w:r>
             <w:r w:rsidRPr="00BF56E0">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>An aliquot of reagent water or other blank matrices that are treated exactly as a sample including exposure to all glassware, equipment, solvents, reagents, internal standards, and surrogates that are used with other samples. The LRB is used to determine if method analytes or other interferences are present in the laboratory environment, the reagents, or the apparatus</w:t>
+              <w:t xml:space="preserve">An aliquot of reagent water or other blank matrices that are treated exactly as a sample including exposure to all glassware, equipment, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF56E0">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>solvents, reagents, internal standards, and surrogates that are used with other samples. The LRB is used to determine if method analytes or other interferences are present in the laboratory environment, the reagents, or the apparatus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="39D8BB18" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70B2D431" w14:textId="741D971D" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17833C63" w14:textId="45034F14" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion of the LRB</w:t>
             </w:r>
             <w:r w:rsidRPr="007A0478">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8915,96 +8755,86 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5B601D00" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="11456AC9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="323C0021" w14:textId="3893BAD9" w:rsidR="006552A6" w:rsidRDefault="006552A6" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>The laboratory may choose which acceptance criterion to follow</w:t>
-[...7 lines deleted...]
-              <w:t>, either the Rule or the method.</w:t>
+              <w:t>The laboratory may choose which acceptance criterion to follow, either the Rule or the method.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="505A6746" w14:textId="77777777" w:rsidR="006552A6" w:rsidRDefault="006552A6" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="41426C83" w14:textId="42DDC1A3" w:rsidR="0010240A" w:rsidRDefault="00EF3A15" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EF3A15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9063,73 +8893,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00EF3A15" w:rsidRPr="00EF3A15">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must analyze at least one LRB with each batch of samples. Data produced are used to assess contamination from the laboratory environment. Values that exceed the MDL indicate laboratory or reagent contamination should be suspected and corrective actions must be taken before continuing the analysis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="0DDFDF61" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="750372DA" w14:textId="77777777" w:rsidR="00B73235" w:rsidRDefault="00B73235" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="193CE591" w14:textId="2E68F383" w:rsidR="00B73235" w:rsidRDefault="00B73235" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion of the Calibration </w:t>
             </w:r>
             <w:r w:rsidR="00213896">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9282,69 +9110,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="38B4D5AB" w14:textId="77777777" w:rsidR="00B73235" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00B73235" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C75CDB4" w14:textId="77777777" w:rsidR="00B73235" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00B73235" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6726A274" w14:textId="1A38D33B" w:rsidR="004A2A28" w:rsidRDefault="004A2A28" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Since the method does not </w:t>
             </w:r>
             <w:r w:rsidR="005A393D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9434,73 +9260,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006C6D4F" w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The concentration of reagent, method, and calibration blanks shall not exceed 50 percent of the lowest reporting concentration or as otherwise specified by the reference method.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="22557285" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A8E574B" w14:textId="2E3B3503" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="51B7AE57" w14:textId="5A40749E" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00893E48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>blanks do not meet the acceptance criterion</w:t>
@@ -9624,121 +9448,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="682EEA0C" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6AD5C4AB" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="25E6CD0F" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A47004" w:rsidRDefault="0010240A" w:rsidP="00C9687D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A47004">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="2B210FEE" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43172964" w14:textId="306D8922" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A9BA955" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a mid-range I</w:t>
             </w:r>
             <w:r w:rsidRPr="00DD0ADE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9828,155 +9648,150 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.4</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70BC1112" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="79E7CEA8" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CEFEB42" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">For all determinations the laboratory must analyze the IPC </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">(instrument performance check) </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(a mid-range check standard) and a calibration blank immediately following daily calibration, after every 10th sample (or more frequently, if required) and at the end of the sample run.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="09148DBC" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E6CE5D8" w14:textId="7532BD68" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22BA54C8" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the mid-range IPC standard? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10073,69 +9888,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="736CD6A3" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31731CF5" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="282AB2A8" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Analysis of the IPC solution immediately following calibration must verify that the instrument is</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10153,73 +9966,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001B4800">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>must verify the calibration is still within ±10%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="75A02990" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="748E0956" w14:textId="369939BD" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0809103F" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00395F77">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>mid-range IPC standard</w:t>
@@ -10325,121 +10136,117 @@
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2AA0E456" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="79647594" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1DFFB3C4" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00F10B09">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the calibration cannot be verified within the specified limits, reanalyze the IPC solution. If the second analysis of the IPC solution confirms calibration to be outside the limits, sample analysis must be discontinued, the cause determined and/or in the case of drift, the instrument recalibrated. All samples following the last acceptable IPC solution must be reanalyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w14:paraId="3729B9B9" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C675E78" w14:textId="2F48E459" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449FDD76" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a laboratory fortified blank (LFB) analyzed with each batch of samples? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10461,87 +10268,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">, Rev. 2.0 (1993), Section </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>9.3.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43FFD6BA" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="48DD75C3" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="72FB8BA9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="007C5EB6" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Definition of LFB (Section 3.4): </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10599,73 +10403,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00BF56E0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>is capable of making accurate and precise measurements.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="1A37B959" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="467"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56C6B444" w14:textId="1A6CF843" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1FFE682D" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the LFB? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10759,129 +10561,125 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="08FEF8D1" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="389C28A4" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="59CFF6B1" w14:textId="56FDC1DC" w:rsidR="0010240A" w:rsidRPr="00A23CF5" w:rsidRDefault="00081B83" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recovery within 90%-110%, or optional control limits may be developed when sufficient internal data (usually a minimum of 20-30 analyses) become available. The optional control limits must be equal or better than the required control limits of 90-110%</w:t>
             </w:r>
             <w:r w:rsidR="005D1C3D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="417C268E" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66CE4506" w14:textId="617CD238" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="123AF224" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the LFB does not meet specified limits? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[EPA Method </w:t>
@@ -10970,69 +10768,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="348B112C" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="561E9635" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23EC761E" w14:textId="3E290A58" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the</w:t>
             </w:r>
             <w:r w:rsidR="002F2A96">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11066,73 +10862,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>continuing analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="301CCF57" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="52DFDE44" w14:textId="0C998ACF" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="715EB7E2" w14:textId="267BD349" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Does the laboratory analyze </w:t>
             </w:r>
             <w:r w:rsidRPr="00260DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11186,87 +10980,84 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (C)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="59C1497E" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="672D524B" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50BAFA2F" w14:textId="33FC6397" w:rsidR="0010240A" w:rsidRPr="007C5EB6" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Except where otherwise specified in an analytical method, laboratories shall analyze five percent of all samples in duplicate to document precision. Laboratories analyzing fewer than 20 samples per month shall analyze one duplicate during each month that samples are analyzed.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11310,73 +11101,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> but should be analyzed at the same frequency as the LFM.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="36799FAB" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45B14645" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CE1AA98" w14:textId="776551D0" w:rsidR="00081B83" w:rsidRPr="00A0149B" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If no sample duplicate is analyzed, is a </w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -11438,139 +11227,134 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00DD16A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00A31499">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (C)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="385A67C7" w14:textId="77777777" w:rsidR="00081B83" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7F4C1FF8" w14:textId="77777777" w:rsidR="00081B83" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="267375C4" w14:textId="588A3F94" w:rsidR="00081B83" w:rsidRPr="003A4A4D" w:rsidRDefault="00081B83" w:rsidP="00081B83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Note above.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="17F080E9" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C4B1685" w14:textId="796EE037" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="47ABC4F5" w14:textId="05007E8B" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00260DAC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11738,121 +11522,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DB3999C" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E18BFA0" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="767C41AD" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="0099357C" w:rsidRDefault="0010240A" w:rsidP="00204CBA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="2EF61FEB" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="008E3640" w14:textId="2D9CA6F3" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6AC3F34A" w14:textId="7F035636" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What corrective action d</w:t>
             </w:r>
             <w:r w:rsidRPr="00A0149B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11962,121 +11742,117 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A88BFD9" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B34BCE0" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="113EBD70" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="0099357C" w:rsidRDefault="0010240A" w:rsidP="00FF6A7F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A2333">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w:rsidRPr="00A0149B" w14:paraId="23C7F095" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="333356FC" w14:textId="6DBD939D" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="539CC881" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>At what frequency is a Matrix Spike (MS) analyzed?</w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12164,69 +11940,67 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F343E89" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="724FE73B" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidDel="0093490C" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E66BDFD" w14:textId="77777777" w:rsidR="004A1F2C" w:rsidRPr="004A1F2C" w:rsidRDefault="0010240A" w:rsidP="004A1F2C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Also called Laboratory Fortified Matrix (LFM).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F08BD6A" w14:textId="77777777" w:rsidR="00D848DE" w:rsidRDefault="00D848DE" w:rsidP="00AE78CA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -12240,73 +12014,71 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The laboratory must add a known amount of analyte to a minimum of 10% of the routine samples.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w14:paraId="2B8DF33F" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48653DF9" w14:textId="1CD4D7FC" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F075BFC" w14:textId="15E4FDC1" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the MS prepared? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00DD16A0">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12426,122 +12198,118 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CE83849" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="13C3F927" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6039FC39" w14:textId="20AA706F" w:rsidR="0010240A" w:rsidRPr="00A23CF5" w:rsidRDefault="0024078D" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0024078D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">The volume of spike solution used in MS preparation must in all cases be ≤ 5% of the total MS volume. It is preferable that the spike solution constitutes ≤ 1% of the total MS volume so that the MS can be considered a whole volume sample with no adjustment (i.e., volume correction) by calculation necessary. If the spike solution volume constitutes &gt;1% of the total sample volume, the sample concentration must be adjusted by calculation. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w14:paraId="5F2D22DF" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7EF5EC26" w14:textId="77777777" w:rsidR="0096490C" w:rsidRDefault="0096490C" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk101439763"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk101439763"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B71688A" w14:textId="4083E1F3" w:rsidR="0096490C" w:rsidRDefault="0096490C" w:rsidP="0096490C">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">If the </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12594,164 +12362,159 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006D6A48">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Matrix Spiking </w:t>
             </w:r>
             <w:r w:rsidRPr="002370C1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Policy]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08C43DFE" w14:textId="77777777" w:rsidR="0096490C" w:rsidRPr="00A0149B" w:rsidRDefault="0096490C" w:rsidP="0096490C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6B8AF42A" w14:textId="77777777" w:rsidR="0096490C" w:rsidRPr="00A0149B" w:rsidRDefault="0096490C" w:rsidP="0096490C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4CC5E69E" w14:textId="23E8512E" w:rsidR="0096490C" w:rsidRPr="001C0346" w:rsidRDefault="0096490C" w:rsidP="00895167">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">It is preferable that the spike solution constitutes </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>&lt;</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="eastAsia"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1% of the total MS volume so that the MS can be considered a whole volume sample with no adjustment (i.e., volume correction) by calculation necessary. If the spike solution volume constitutes &gt;1% of t</w:t>
             </w:r>
             <w:r w:rsidRPr="003A4A4D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>he total sample volume, the sample concentration must be adjusted by calculation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00917B30" w14:paraId="27655D05" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="503"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7FB977DF" w14:textId="2C6EB265" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0938AADD" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for MS recovery? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12838,137 +12601,133 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F67C019" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A416A4F" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2A9814DE" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00AE78CA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C0346">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculate the percent recovery for each analyte, corrected for concentrations measured in the unfortified sample, and compare these</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001C0346">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>values to the designated LFM recovery range 90-110%.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w14:paraId="776B5929" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="692"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76AE5085" w14:textId="2DBE89FC" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1853F801" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action does the laboratory take if the MS results are outside of established control limits? </w:t>
             </w:r>
             <w:r w:rsidRPr="00C32A27">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13080,99 +12839,96 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1C250FB0" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="54D7A535" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FE9CD06" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099357C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the recovery of any analyte falls outside the designated LFM recovery range and the laboratory performance for that analyte is shown to be in control (Section 9.3), the recovery problem encountered with the LFM is judged to be either matrix or solution related, not system related.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00221DE8" w:rsidRPr="00A0149B" w14:paraId="5AEBD391" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C486F01" w14:textId="01C0525B" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -13197,128 +12953,124 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a lower reporting limit standard analyzed or back-calculated with each analysis? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="000A5F1A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="004E0048">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (H)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D587A2" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67C111D7" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="74D64396" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F09EE">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Laboratories shall analyze or back-calculate a standard at the same concentration as the lowest reporting concentration each day samples are analyzed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w14:paraId="05D4D8C7" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2420481B" w14:textId="4A241D50" w:rsidR="0010240A" w:rsidRPr="00F5366E" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -13428,105 +13180,102 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75BBE67D" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="44863216" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B3C5D51" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003F72A5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unless specified by the method or this Rule, each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w14:paraId="19476DCD" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="518CF095" w14:textId="66855F01" w:rsidR="0010240A" w:rsidRPr="00F5366E" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
@@ -13639,127 +13388,123 @@
             <w:tcW w:w="450" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F006CAE" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2E56429A" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E45DD4B" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recalibrate/re-verify the curve</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00917B30" w14:paraId="6B44A368" w14:textId="77777777" w:rsidTr="00917B30">
         <w:trPr>
           <w:trHeight w:val="710"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="461" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="399A55EA" w14:textId="34D8E5DB" w:rsidR="0010240A" w:rsidRPr="00F821A6" w:rsidRDefault="0010240A" w:rsidP="00221DE8">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:ind w:left="450"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="70DEC6C0" w14:textId="35B99DD9" w:rsidR="0010240A" w:rsidRPr="00DD60A9" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the data qualified on the Discharge Monitoring Report (DMR) or client report if Quality Control (QC) requirements are not met?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
@@ -13775,86 +13520,83 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">[15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00FD73C5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="00FD73C5" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (e) (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D7B9E4D" w14:textId="77777777" w:rsidR="0010240A" w:rsidRPr="00A0149B" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A74AED6" w14:textId="77777777" w:rsidR="0010240A" w:rsidRDefault="0010240A" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="43B0A8B3" w14:textId="0D296D50" w:rsidR="0010240A" w:rsidRDefault="00434A23" w:rsidP="0010240A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with Quality Control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="433DB874" w14:textId="77777777" w:rsidR="00C37462" w:rsidRDefault="00C37462">
       <w:pPr>
@@ -14079,52 +13821,52 @@
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00A0149B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="7EA30BA0" w14:textId="77777777" w:rsidR="00624FE5" w:rsidRDefault="00624FE5">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5001F535" w14:textId="77777777" w:rsidR="00167069" w:rsidRDefault="00167069">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7628C44C" w14:textId="77777777" w:rsidR="001C0346" w:rsidRDefault="001C0346">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
@@ -14252,260 +13994,282 @@
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5901D2FA" w14:textId="77777777" w:rsidR="001C0346" w:rsidRDefault="001C0346">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3607A6A6" w14:textId="77777777" w:rsidR="001C0346" w:rsidRDefault="001C0346">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E91025F" w14:textId="77777777" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="008616B9">
+    <w:p w14:paraId="5E91025F" w14:textId="0CBD7742" w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidRDefault="005A1CFF">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:pict w14:anchorId="61C48429">
-[...22 lines deleted...]
-        </w:pict>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="61C48429" wp14:editId="7CAC2CE5">
+            <wp:extent cx="7037070" cy="4522470"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="1" name="Picture 1" descr="image of the nitrate-nitrite manifold"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name="Picture 1" descr="image of the nitrate-nitrite manifold"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7037070" cy="4522470"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00624FE5" w:rsidRPr="00351E5A" w:rsidSect="00C71CDB">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="576" w:right="576" w:bottom="576" w:left="576" w:header="288" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/commentsExtensible.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="32E24F76" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411">
+    <w:p w14:paraId="41CD1764" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74251AEF" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411">
+    <w:p w14:paraId="543801CF" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="36319492" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411"/>
+    <w:p w14:paraId="34949FE4" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier 10cpi">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="10E8A9E0" w14:textId="77777777" w:rsidR="002567FE" w:rsidRPr="00B8487A" w:rsidRDefault="002567FE" w:rsidP="002567FE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev. 11/30/2022</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="41CFB6F6" w14:textId="77777777" w:rsidR="00EA3E48" w:rsidRDefault="00EA3E48">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2AE21986" w14:textId="1A250887" w:rsidR="00EA3E48" w:rsidRPr="00B8487A" w:rsidRDefault="00887BDE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Rev. 11/30/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="53692B20" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411">
+    <w:p w14:paraId="0C59FE1A" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46AAB727" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411">
+    <w:p w14:paraId="0BC7D77B" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="44AD9FCE" w14:textId="77777777" w:rsidR="00F51411" w:rsidRDefault="00F51411"/>
+    <w:p w14:paraId="4567B2B5" w14:textId="77777777" w:rsidR="004A115F" w:rsidRDefault="004A115F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4E73EB3E" w14:textId="341733B5" w:rsidR="00EA3E48" w:rsidRPr="0058752C" w:rsidRDefault="00B212B8" w:rsidP="00917B30">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="10800"/>
       </w:tabs>
       <w:ind w:right="115"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B212B8">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Nitrogen</w:t>
     </w:r>
     <w:r w:rsidR="00C07BA6">
       <w:rPr>
@@ -14635,51 +14399,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00ED77AB">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00EA3E48" w:rsidRPr="0058752C">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1701374A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="A746B6A8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:legacy w:legacy="1" w:legacySpace="0" w:legacyIndent="360"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21156698"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E3086350"/>
     <w:lvl w:ilvl="0" w:tplc="04090011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -14856,105 +14620,91 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="133986392">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="158692526">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="353846488">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-    <w:growAutofit/>
     <w:useFELayout/>
-    <w:useNormalStyleForList/>
-[...15 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B666B8"/>
     <w:rsid w:val="00000320"/>
     <w:rsid w:val="000004E5"/>
     <w:rsid w:val="00012728"/>
     <w:rsid w:val="00022BAE"/>
     <w:rsid w:val="00024F2C"/>
     <w:rsid w:val="00026092"/>
     <w:rsid w:val="00032566"/>
     <w:rsid w:val="00037FDA"/>
     <w:rsid w:val="00056D5A"/>
     <w:rsid w:val="00064C12"/>
     <w:rsid w:val="00077FEB"/>
     <w:rsid w:val="000805C7"/>
     <w:rsid w:val="00080D7D"/>
     <w:rsid w:val="00081B83"/>
     <w:rsid w:val="000835A6"/>
     <w:rsid w:val="00085909"/>
     <w:rsid w:val="00095EFF"/>
     <w:rsid w:val="000A3911"/>
     <w:rsid w:val="000A5F1A"/>
     <w:rsid w:val="000B4189"/>
     <w:rsid w:val="000B79CC"/>
     <w:rsid w:val="000C1AF1"/>
@@ -15002,50 +14752,51 @@
     <w:rsid w:val="001F274A"/>
     <w:rsid w:val="001F3C8C"/>
     <w:rsid w:val="002014C2"/>
     <w:rsid w:val="00204CBA"/>
     <w:rsid w:val="002075D4"/>
     <w:rsid w:val="00211E01"/>
     <w:rsid w:val="0021201C"/>
     <w:rsid w:val="00213896"/>
     <w:rsid w:val="002206F0"/>
     <w:rsid w:val="00221DE8"/>
     <w:rsid w:val="00224B3A"/>
     <w:rsid w:val="00224B92"/>
     <w:rsid w:val="0024078D"/>
     <w:rsid w:val="002421F8"/>
     <w:rsid w:val="002458FF"/>
     <w:rsid w:val="002545BE"/>
     <w:rsid w:val="0025632A"/>
     <w:rsid w:val="002567FE"/>
     <w:rsid w:val="00256CCE"/>
     <w:rsid w:val="002614F6"/>
     <w:rsid w:val="0026780D"/>
     <w:rsid w:val="00274527"/>
     <w:rsid w:val="00276760"/>
     <w:rsid w:val="0028276B"/>
     <w:rsid w:val="002909E2"/>
+    <w:rsid w:val="0029190E"/>
     <w:rsid w:val="00295D39"/>
     <w:rsid w:val="00297CE1"/>
     <w:rsid w:val="002A0551"/>
     <w:rsid w:val="002A134E"/>
     <w:rsid w:val="002A74BF"/>
     <w:rsid w:val="002A74F0"/>
     <w:rsid w:val="002B1C32"/>
     <w:rsid w:val="002B4D6E"/>
     <w:rsid w:val="002B67D8"/>
     <w:rsid w:val="002C02F7"/>
     <w:rsid w:val="002C1882"/>
     <w:rsid w:val="002C36A9"/>
     <w:rsid w:val="002C5540"/>
     <w:rsid w:val="002C5B25"/>
     <w:rsid w:val="002D0950"/>
     <w:rsid w:val="002D66AB"/>
     <w:rsid w:val="002D739D"/>
     <w:rsid w:val="002E0D22"/>
     <w:rsid w:val="002F0363"/>
     <w:rsid w:val="002F0628"/>
     <w:rsid w:val="002F1B3D"/>
     <w:rsid w:val="002F2A96"/>
     <w:rsid w:val="002F334A"/>
     <w:rsid w:val="002F419D"/>
     <w:rsid w:val="002F5453"/>
@@ -15082,87 +14833,89 @@
     <w:rsid w:val="003D5D83"/>
     <w:rsid w:val="003E538F"/>
     <w:rsid w:val="003F290C"/>
     <w:rsid w:val="004058C1"/>
     <w:rsid w:val="0041037E"/>
     <w:rsid w:val="00410449"/>
     <w:rsid w:val="0042068E"/>
     <w:rsid w:val="0042694B"/>
     <w:rsid w:val="00434A23"/>
     <w:rsid w:val="00453618"/>
     <w:rsid w:val="00457F6C"/>
     <w:rsid w:val="00457FE3"/>
     <w:rsid w:val="00463155"/>
     <w:rsid w:val="00463FDF"/>
     <w:rsid w:val="00464CD7"/>
     <w:rsid w:val="00466B5D"/>
     <w:rsid w:val="00470BA0"/>
     <w:rsid w:val="00474FE5"/>
     <w:rsid w:val="004771A2"/>
     <w:rsid w:val="00481CBE"/>
     <w:rsid w:val="00481E99"/>
     <w:rsid w:val="00481F43"/>
     <w:rsid w:val="00483C2D"/>
     <w:rsid w:val="00490F8A"/>
     <w:rsid w:val="00492D5A"/>
+    <w:rsid w:val="004A115F"/>
     <w:rsid w:val="004A1F2C"/>
     <w:rsid w:val="004A2A28"/>
     <w:rsid w:val="004B2A23"/>
     <w:rsid w:val="004C0B6E"/>
     <w:rsid w:val="004C7681"/>
     <w:rsid w:val="004D358D"/>
     <w:rsid w:val="004D539E"/>
     <w:rsid w:val="004E0A77"/>
     <w:rsid w:val="004E3D71"/>
     <w:rsid w:val="004E540F"/>
     <w:rsid w:val="004E68EE"/>
     <w:rsid w:val="004F0114"/>
     <w:rsid w:val="004F3B03"/>
     <w:rsid w:val="004F5487"/>
     <w:rsid w:val="00502CCD"/>
     <w:rsid w:val="00504285"/>
     <w:rsid w:val="00510D6B"/>
     <w:rsid w:val="00513D22"/>
     <w:rsid w:val="005141EB"/>
     <w:rsid w:val="005146AF"/>
     <w:rsid w:val="00517E3E"/>
     <w:rsid w:val="00521685"/>
     <w:rsid w:val="00521A98"/>
     <w:rsid w:val="00526669"/>
     <w:rsid w:val="00533E62"/>
     <w:rsid w:val="00542CDF"/>
     <w:rsid w:val="0054425D"/>
     <w:rsid w:val="00550967"/>
     <w:rsid w:val="00551463"/>
     <w:rsid w:val="00560E41"/>
     <w:rsid w:val="005613CA"/>
     <w:rsid w:val="005744D8"/>
     <w:rsid w:val="00583898"/>
     <w:rsid w:val="00586AFC"/>
     <w:rsid w:val="00586D42"/>
     <w:rsid w:val="00586EEE"/>
     <w:rsid w:val="00590CA0"/>
+    <w:rsid w:val="005A1CFF"/>
     <w:rsid w:val="005A393D"/>
     <w:rsid w:val="005A5F64"/>
     <w:rsid w:val="005B2605"/>
     <w:rsid w:val="005B7E7B"/>
     <w:rsid w:val="005C5420"/>
     <w:rsid w:val="005D1C3D"/>
     <w:rsid w:val="005D44BF"/>
     <w:rsid w:val="005D79DC"/>
     <w:rsid w:val="005E1242"/>
     <w:rsid w:val="005E3D3C"/>
     <w:rsid w:val="005E46B8"/>
     <w:rsid w:val="005F46C0"/>
     <w:rsid w:val="005F50A6"/>
     <w:rsid w:val="00600433"/>
     <w:rsid w:val="00600659"/>
     <w:rsid w:val="0061373C"/>
     <w:rsid w:val="00613BCD"/>
     <w:rsid w:val="006148C8"/>
     <w:rsid w:val="00614AC4"/>
     <w:rsid w:val="00620E7A"/>
     <w:rsid w:val="006210D6"/>
     <w:rsid w:val="00624FE5"/>
     <w:rsid w:val="006262D7"/>
     <w:rsid w:val="00635F6B"/>
     <w:rsid w:val="006469BF"/>
@@ -15507,75 +15260,75 @@
     <w:rsid w:val="63B4998A"/>
     <w:rsid w:val="682FFA27"/>
     <w:rsid w:val="6A85466A"/>
     <w:rsid w:val="6B5DC3E0"/>
     <w:rsid w:val="6BAF8319"/>
     <w:rsid w:val="787BE72A"/>
     <w:rsid w:val="79648F41"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="57BC90A0"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{833056FF-94DE-437A-AAD1-6111C150B222}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:uiPriority="99"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15812,50 +15565,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
@@ -16035,51 +15789,51 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:link w:val="CommentText"/>
     <w:semiHidden/>
     <w:rsid w:val="00B25251"/>
     <w:rPr>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB7FC2"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16134,51 +15888,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1762795207">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -16449,202 +16203,192 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100803BD5AA45C9314B85FF8458E0EE0789" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="51980ef6cd0975cb1c5e76b62ba46071">
-[...3 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -16702,165 +16446,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <PublishingExpirationDate xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
-[...1 lines deleted...]
-    <lcf76f155ced4ddcb4097134ff3c332f xmlns="616aef02-9798-44e7-9ab4-6529c8fdfa36">
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
-    <TaxCatchAll xmlns="97c26e27-a340-4306-98a7-c36055956ab5" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{651B0BBD-E7DF-4539-B35F-D2EA9B857D27}">
-[...18 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE23D083-6F4C-4EE1-942D-3CF328C788B0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3166DBC7-94A7-46F0-BCF5-234B1E29690C}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2493DE12-05C9-4E27-B009-A8B9D71F8A51}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB1910D4-3BD8-468B-889F-C8D6C75BC06D}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB1910D4-3BD8-468B-889F-C8D6C75BC06D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2493DE12-05C9-4E27-B009-A8B9D71F8A51}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>3292</Words>
-  <Characters>18765</Characters>
+  <Words>3326</Words>
+  <Characters>18731</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>156</Lines>
-  <Paragraphs>44</Paragraphs>
+  <Lines>814</Lines>
+  <Paragraphs>294</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>22013</CharactersWithSpaces>
+  <CharactersWithSpaces>21763</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>