--- v0 (2025-10-03)
+++ v1 (2026-03-02)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D619E11" w14:textId="25DE9480" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="007744FE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007E80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>NC DE</w:t>
       </w:r>
       <w:r w:rsidR="00E1779A" w:rsidRPr="00007E80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Q</w:t>
@@ -120,408 +120,396 @@
         <w:tblW w:w="8966" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2350"/>
         <w:gridCol w:w="2593"/>
         <w:gridCol w:w="1610"/>
         <w:gridCol w:w="1170"/>
         <w:gridCol w:w="1243"/>
       </w:tblGrid>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00007E80" w14:paraId="40E3C841" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4B5FC64B" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>LABORATORY NAME:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3447005E" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22E5D6D0" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CERT #:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="666EBA09" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00007E80" w14:paraId="190F63E4" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2350" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D864F69" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PRIMARY ANALYST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4203" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="24A15B45" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1170" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D371DBD" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>DATE:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1243" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="267CB3ED" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00007E80" w14:paraId="1DF95187" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7E77DEAB" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NAME OF PERSON COMPLETING CHECKLIST (PRINT):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4023" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="57A632D7" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007744FE" w:rsidRPr="00007E80" w14:paraId="1930B1BA" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="240"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00B95F58" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SIGNATURE OF PERSON COMPLETING CHECKLIST:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4023" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="628B6864" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="00A363CF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C1EF300" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="007744FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4A5D3D50" w14:textId="77777777" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="007744FE">
@@ -692,74 +680,72 @@
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="488"/>
         <w:gridCol w:w="4720"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="5130"/>
       </w:tblGrid>
       <w:tr w:rsidR="00942C15" w:rsidRPr="00007E80" w14:paraId="4C266670" w14:textId="77777777" w:rsidTr="00B81FA6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F190B3E" w14:textId="77777777" w:rsidR="00942C15" w:rsidRPr="00007E80" w:rsidRDefault="00942C15" w:rsidP="00942C15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="48FBDE88" w14:textId="77777777" w:rsidR="00942C15" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Digestion Apparatus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48E8102B" w14:textId="77777777" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -783,73 +769,71 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7ED155B6" w14:textId="38159CB8" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FD221A0" w14:textId="77777777" w:rsidR="00942C15" w:rsidRPr="00007E80" w:rsidRDefault="00942C15" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="331C0080" w14:textId="77777777" w:rsidR="00837523" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Heating Device (375 – 385 °C)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="544BF18F" w14:textId="77777777" w:rsidR="00837523" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -875,74 +859,72 @@
               <w:t>List:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B60D05C" w14:textId="02BC8F58" w:rsidR="00942C15" w:rsidRPr="00007E80" w:rsidRDefault="00942C15" w:rsidP="008A1F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00057114" w:rsidRPr="00007E80" w14:paraId="16FA455E" w14:textId="77777777" w:rsidTr="00B81FA6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E1E0698" w14:textId="77777777" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="084B5A41" w14:textId="77777777" w:rsidR="00837523" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Distillation Apparatus</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DD227CF" w14:textId="77777777" w:rsidR="00837523" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -967,289 +949,279 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>List:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20EFCB8A" w14:textId="0F362018" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A602A33" w14:textId="77777777" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="463FC1CA" w14:textId="79DA9DDE" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00F4014E" w:rsidP="008A1F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH meter</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00057114" w:rsidRPr="00007E80" w14:paraId="14277D9A" w14:textId="77777777" w:rsidTr="00B81FA6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10D74A7A" w14:textId="77777777" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E50D6C1" w14:textId="15F0350C" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="00837523">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Class A Volumetric Flasks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6E4B78EF" w14:textId="77777777" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00057114" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="606B6C52" w14:textId="6896FD9B" w:rsidR="00057114" w:rsidRPr="00007E80" w:rsidRDefault="00837523" w:rsidP="008A1F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Burette</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00855CDE" w:rsidRPr="00007E80" w14:paraId="4B07DBB3" w14:textId="77777777" w:rsidTr="00B81FA6">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="488" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="394F33F2" w14:textId="77777777" w:rsidR="00855CDE" w:rsidRPr="00007E80" w:rsidRDefault="00855CDE" w:rsidP="00942C15">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4720" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2E888D3A" w14:textId="588C8579" w:rsidR="00855CDE" w:rsidRPr="00007E80" w:rsidRDefault="00DE0182" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Class A Volumetric Pipettes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="479EBA65" w14:textId="77777777" w:rsidR="00855CDE" w:rsidRPr="00007E80" w:rsidRDefault="00855CDE" w:rsidP="00942C15">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5130" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F6183BE" w14:textId="485F9552" w:rsidR="00855CDE" w:rsidRPr="00007E80" w:rsidRDefault="00855CDE" w:rsidP="008A1F05">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2A5E972A" w14:textId="69BF7AD4" w:rsidR="007744FE" w:rsidRPr="00007E80" w:rsidRDefault="007744FE" w:rsidP="007744FE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="71D7FD71" w14:textId="6B640723" w:rsidR="00CA17AC" w:rsidRPr="00007E80" w:rsidRDefault="00CA17AC" w:rsidP="00B81FA6">
       <w:pPr>
@@ -1271,114 +1243,110 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="444"/>
         <w:gridCol w:w="4753"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="5125"/>
       </w:tblGrid>
       <w:tr w:rsidR="005D7328" w:rsidRPr="00007E80" w14:paraId="699A1777" w14:textId="77777777" w:rsidTr="005F1542">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="09D9EA39" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="00007E80" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="07FB3685" w14:textId="15167156" w:rsidR="005D7328" w:rsidRPr="00007E80" w:rsidRDefault="008A1F05" w:rsidP="007A6B69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reagent water –</w:t>
             </w:r>
             <w:r w:rsidR="00741FA6" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> ammonia free</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B674D6E" w14:textId="77777777" w:rsidR="005D7328" w:rsidRPr="00007E80" w:rsidRDefault="005D7328" w:rsidP="007744FE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D4AFAFC" w14:textId="77777777" w:rsidR="005F1542" w:rsidRPr="00007E80" w:rsidRDefault="005F1542" w:rsidP="005F1542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Digestion Reagent </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0E2652B2" w14:textId="55F478FF" w:rsidR="005F1542" w:rsidRPr="00007E80" w:rsidRDefault="005F1542" w:rsidP="005F1542">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -1566,163 +1534,157 @@
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3982CA5D" w14:textId="09149151" w:rsidR="005D7328" w:rsidRPr="00007E80" w:rsidRDefault="005D7328" w:rsidP="001D1654">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B81FA6" w:rsidRPr="00007E80" w14:paraId="14A56153" w14:textId="77777777" w:rsidTr="005F1542">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="57832D96" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="55F4CF2E" w14:textId="7E45EE42" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sodium Hydroxide-Sodium Thiosulfate reagent</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BBCFE11" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0C6B8A4D" w14:textId="7163E5D1" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Borate buffer so</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>lution</w:t>
             </w:r>
             <w:r w:rsidR="004D0F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (recipe at the end of this checklist)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B81FA6" w:rsidRPr="00007E80" w14:paraId="0CFD61EC" w14:textId="77777777" w:rsidTr="005F1542">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="27936D38" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5236C5EA" w14:textId="40625329" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Sulfuric Acid (H</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -1761,116 +1723,112 @@
               </w:rPr>
               <w:t xml:space="preserve"> Titrant</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 0.02</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A5388D0" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4D4C8E56" w14:textId="5909994F" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Indicating Boric Acid solution</w:t>
             </w:r>
             <w:r w:rsidR="00F238F1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (recipe at the end of this checklist)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B81FA6" w:rsidRPr="00007E80" w14:paraId="54254ED2" w14:textId="77777777" w:rsidTr="005F1542">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="388A6956" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30F7E262" w14:textId="0B0F1C37" w:rsidR="00B81FA6" w:rsidRPr="004D0F61" w:rsidRDefault="004D0F61" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Neutralization Reagent: </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -1902,165 +1860,159 @@
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>, 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="30B490C9" w14:textId="77777777" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="00B81FA6" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A2337ED" w14:textId="1878133A" w:rsidR="00B81FA6" w:rsidRPr="00007E80" w:rsidRDefault="003B0A1A" w:rsidP="00B81FA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mixed indicator solution</w:t>
             </w:r>
             <w:r w:rsidR="004D0F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (recipe at the end of this checklist)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D0F61" w:rsidRPr="00007E80" w14:paraId="03020696" w14:textId="77777777" w:rsidTr="005F1542">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="444" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4FB9745C" w14:textId="77777777" w:rsidR="004D0F61" w:rsidRPr="00007E80" w:rsidRDefault="004D0F61" w:rsidP="004D0F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4753" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18B1CCA9" w14:textId="64078081" w:rsidR="004D0F61" w:rsidRPr="00007E80" w:rsidRDefault="004D0F61" w:rsidP="004D0F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Neutralization Reagent: NaOH, 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="78051DB2" w14:textId="77777777" w:rsidR="004D0F61" w:rsidRPr="00007E80" w:rsidRDefault="004D0F61" w:rsidP="004D0F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5125" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="77513F9B" w14:textId="100C0CFC" w:rsidR="004D0F61" w:rsidRPr="00007E80" w:rsidRDefault="004D0F61" w:rsidP="004D0F61">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>NaOH, 6</w:t>
             </w:r>
             <w:r w:rsidRPr="004D0F61">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -2102,112 +2054,108 @@
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="540"/>
         <w:gridCol w:w="4680"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="360"/>
         <w:gridCol w:w="4680"/>
       </w:tblGrid>
       <w:tr w:rsidR="00144293" w:rsidRPr="00007E80" w14:paraId="126EC43C" w14:textId="77777777" w:rsidTr="001C24FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10620" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CA021FC" w14:textId="77777777" w:rsidR="00144293" w:rsidRDefault="00144293" w:rsidP="00BB58F2">
             <w:pPr>
               <w:ind w:right="432"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>PLEASE COMPLETE CHECKLIST IN INDELIBLE INK</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16447BAB" w14:textId="77777777" w:rsidR="00144293" w:rsidRPr="00F811DA" w:rsidRDefault="00144293" w:rsidP="00144293">
+          <w:p w14:paraId="16447BAB" w14:textId="77777777" w:rsidR="00144293" w:rsidRPr="00400AE1" w:rsidRDefault="00144293" w:rsidP="00144293">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00F811DA">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00400AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Please mark Y, N or NA in the column labeled LAB to indicate the common lab practice</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5A8DF14C" w14:textId="5C490EA9" w:rsidR="00144293" w:rsidRPr="00007E80" w:rsidRDefault="00144293" w:rsidP="00144293">
             <w:pPr>
               <w:ind w:right="432"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F811DA">
+            <w:r w:rsidRPr="00400AE1">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-                <w:color w:val="FF0000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and in the column labeled SOP to indicate whether it is addressed in the SOP.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F58C1" w:rsidRPr="00007E80" w14:paraId="6726F0A7" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E6ADA2F" w14:textId="77777777" w:rsidR="008F58C1" w:rsidRPr="0015241E" w:rsidRDefault="008F58C1" w:rsidP="002139B8">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
@@ -2373,78 +2321,76 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="7F1F142B" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F141C90" w14:textId="5D07D54A" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BEB994E" w14:textId="4FBA95F5" w:rsidR="00147F30" w:rsidRPr="00007E80" w:rsidRDefault="00FB6A11" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0075586A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the SOP reviewed at least every 2 years</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -2537,142 +2483,138 @@
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5864048F" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00132930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="100FD4D2" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00132930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FE2C0BE" w14:textId="3D445DE0" w:rsidR="00147F30" w:rsidRPr="00007E80" w:rsidRDefault="00147F30" w:rsidP="00147F30">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Quality assurance, quality control, and Standard Operating Procedure documentation shall indicate the effective date of the document and be reviewed every two years and updated if changes in procedures are made.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A642653" w14:textId="165E8417" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00147F30">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008401DB" w:rsidRPr="00007E80" w14:paraId="705F8681" w14:textId="77777777" w:rsidTr="008401DB">
+      <w:tr w:rsidR="008401DB" w:rsidRPr="00007E80" w14:paraId="705F8681" w14:textId="77777777" w:rsidTr="00E25A84">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="49388A4F" w14:textId="13311539" w:rsidR="008401DB" w:rsidRPr="0015241E" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53F5695F" w14:textId="4EC13A76" w:rsidR="008401DB" w:rsidRPr="00007E80" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are all review/revision dates and procedural edits tracked and documented?</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80" w:rsidDel="00915DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -2698,223 +2640,217 @@
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="191ED0BE" w14:textId="531774DE" w:rsidR="008401DB" w:rsidRPr="00007E80" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E3ACCE8" w14:textId="77777777" w:rsidR="008401DB" w:rsidRPr="00007E80" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="40D3CFDA" w14:textId="77777777" w:rsidR="008401DB" w:rsidRPr="00007E80" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18D9A36F" w14:textId="5C4BF5A1" w:rsidR="008401DB" w:rsidRPr="00007E80" w:rsidRDefault="008401DB" w:rsidP="008401DB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each laboratory shall have a formal process to track and document review dates and any revisions made in all quality assurance, quality control, and Standard Operating Procedure documents. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="413057AF" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="620"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="738F1872" w14:textId="7618097E" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53A9C6DF" w14:textId="3DCF7D13" w:rsidR="00147F30" w:rsidRPr="00007E80" w:rsidRDefault="00147F30" w:rsidP="00147F30">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is there North Carolina data available for review?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="333F43C9" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00132930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1D1849A4" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00132930">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47CDE754" w14:textId="0F6655AF" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00147F30" w:rsidP="003708A4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If not, review PT data</w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -3101,199 +3037,192 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="64378540" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5BEB3538" w14:textId="0F882C4C" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69659D87" w14:textId="310DB998" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples collected and stored in polyethylene, Teflon®, or glass containers? [40 CFR 136</w:t>
             </w:r>
             <w:r w:rsidR="004716B6">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A592B5E" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49E1A17F" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6FFD51C9" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AB2B95" w:rsidRPr="00007E80" w14:paraId="6356406B" w14:textId="77777777" w:rsidTr="06BB2D67">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A4E4C07" w14:textId="680B2B47" w:rsidR="00AB2B95" w:rsidRPr="00007E80" w:rsidRDefault="00AB2B95" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="164" w:firstLine="16"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="08C79711" w14:textId="791258E0" w:rsidR="00AB2B95" w:rsidRPr="00007E80" w:rsidRDefault="00AB2B95" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are samples preserved within 15 minutes of collection with H</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -3357,269 +3286,258 @@
               </w:rPr>
               <w:t xml:space="preserve"> Table II, Footnote 2]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6BFB1794" w14:textId="77777777" w:rsidR="00AB2B95" w:rsidRPr="00007E80" w:rsidRDefault="00AB2B95" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AC46FA5" w14:textId="77777777" w:rsidR="00AB2B95" w:rsidRPr="00007E80" w:rsidRDefault="00AB2B95" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CFBCF8D" w14:textId="77777777" w:rsidR="00AB2B95" w:rsidRPr="00007E80" w:rsidRDefault="00AB2B95" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="2C8DE4B7" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="183BA33E" w14:textId="4D3AE90B" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="164" w:firstLine="16"/>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42F23021" w14:textId="0C99408B" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is pH checked and documented to be &lt;2 S.U. upon receipt in the laboratory?  </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[40 CFR 136.3 Table II]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="602D3B14" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="424046FB" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="36EFE76C" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="7DB4295E" w14:textId="77777777" w:rsidTr="06BB2D67">
         <w:trPr>
           <w:trHeight w:val="71"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5A8C0916" w14:textId="0B6F60A3" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="49456B35" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="072E9E68" w14:textId="63F1E1E7" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What action is taken if pH is &gt;2 S.U.? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (a) (7) (M)]</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
           <w:p w14:paraId="227FC091" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1A0B4AC7" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
@@ -3639,132 +3557,128 @@
           </w:tcPr>
           <w:p w14:paraId="3E406E70" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="48D996BA" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E7847D1" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="47680C7E" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="008A5A2D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Sample preservation shall be verified and documented. If a laboratory receives a sample subject to G.S. 143-215.1 and 143-215.63 that does not meet sample collection, holding time, or preservation requirements, the laboratory shall document the incident, notify the </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>sample collector or client, and secure another sample that meets the regulatory requirements, if possible. If another viable sample cannot be secured, the original sample may be analyzed but the results reported shall be qualified with the nature of the sample collection, holding time, or preservation infractions and the laboratory shall notify the State Laboratory of the infractions. The notification shall include a statement indicating corrective action taken to prevent future infractions.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="1D1F8F20" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9771C3" w14:textId="61438964" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="55F419D5" w14:textId="3A9E29CD" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples iced to </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3796,130 +3710,125 @@
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="108FF1F9" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7D429F04" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7FDB5A2E" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="561117F0" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5EC26E34" w14:textId="5341E255" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="640AA7D7" w14:textId="5031EA95" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples refrigerated above freezing but </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -3942,136 +3851,131 @@
               </w:rPr>
               <w:t>.3</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="07D5D2FA" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="310B7B91" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20902CBD" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="4E03DA5A" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68D044C0" w14:textId="2A0F6C9C" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="18EA6F8A" w14:textId="182C7CAA" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Are samples analyzed within 28 days of collection? </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -4089,91 +3993,88 @@
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Table II]</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="74C5C949" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="62C7F2A6" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2BB4B155" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="1B2ADBC8" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
@@ -4328,75 +4229,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="0A90017B" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="20E0341D" w14:textId="438AE235" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="468531AD" w14:textId="65F14152" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00C805E3" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What sample volume is digested? [SM 4500 N</w:t>
             </w:r>
             <w:r w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -4457,68 +4356,66 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DCEEE18" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2690E38A" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4522213F" w14:textId="51E284C5" w:rsidR="00616493" w:rsidRDefault="00D34D8A" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Select </w:t>
             </w:r>
             <w:r w:rsidR="00132403" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>sample size based on expected organic nitrogen in sample per the table in SM. If necessary, dilute the sample to 300 mL</w:t>
@@ -4934,75 +4831,73 @@
                     </w:rPr>
                     <w:t>25.0</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w14:paraId="1F75F04A" w14:textId="4962366B" w:rsidR="00D34D8A" w:rsidRPr="00007E80" w:rsidRDefault="00D34D8A" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00616493" w:rsidRPr="00007E80" w14:paraId="2C12F3CC" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="519580CF" w14:textId="38FE605D" w:rsidR="00616493" w:rsidRPr="0015241E" w:rsidRDefault="00616493" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05EB9923" w14:textId="3FD7F087" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00C805E3" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is 50 mL digestion reagent added to </w:t>
             </w:r>
             <w:r w:rsidR="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5034,85 +4929,82 @@
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56BD3CC0" w14:textId="77777777" w:rsidR="00C805E3" w:rsidRPr="00007E80" w:rsidRDefault="00C805E3" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F7B56B8" w14:textId="3A5E8265" w:rsidR="00C805E3" w:rsidRPr="00007E80" w:rsidRDefault="00C805E3" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="69BAC2A8" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3CCAA3F0" w14:textId="77777777" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00616493" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="45000029" w14:textId="7728FBDD" w:rsidR="00616493" w:rsidRPr="00007E80" w:rsidRDefault="00923573" w:rsidP="00616493">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Cool and add carefully 50 mL digestion reagent (or substitute</w:t>
             </w:r>
             <w:r w:rsidR="00DA52D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 6.7 mL conc H</w:t>
@@ -5198,75 +5090,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>) to distillation flask</w:t>
             </w:r>
             <w:r w:rsidR="00DA52D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="61CF21FF" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E1F96D9" w14:textId="17A5EF73" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="449CC4BB" w14:textId="632C35FC" w:rsidR="001A1746" w:rsidRPr="001A1746" w:rsidRDefault="00C365B2" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sample heated at a temperature range of approximately 375 – 385 </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
@@ -5302,149 +5192,144 @@
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CEAF672" w14:textId="4D341C3D" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6CFD57BE" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4E1BF62E" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="21C01AC1" w14:textId="0998F480" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00923573" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Boil briskly until the volume is greatly reduced (to about 25 to 50 mL) and copious white fumes are observed (fumes may be dark for samples high in organic matter)</w:t>
             </w:r>
             <w:r w:rsidR="006317BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="36EF83A8" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62582334" w14:textId="4CBE4BAB" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="40CF33BD" w14:textId="7C3E1AD3" w:rsidR="001A1746" w:rsidRPr="00007E80" w:rsidRDefault="00C365B2" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Once reduced, is the sample digested for an additional 30 minutes?</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 4500 N</w:t>
@@ -5458,141 +5343,136 @@
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C6DA9CA" w14:textId="6800A81C" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="36175E4F" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3989D1D2" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0EDC5D2F" w14:textId="14DC8CB6" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="006317BB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Continue to digest for an additional 30 min. As digestion continues, colored or turbid samples will become transparent and pale green.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="6F63CD21" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D9A849F" w14:textId="64258D4D" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="75981CFD" w14:textId="1AAC28FD" w:rsidR="001A1746" w:rsidRPr="001A1746" w:rsidRDefault="00C365B2" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the digested sample allowed to cool and diluted to 300</w:t>
             </w:r>
             <w:r w:rsidR="00DA52D5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5639,275 +5519,265 @@
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4BDE9144" w14:textId="679D1E5A" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3477BED0" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70DFF49F" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5AB86767" w14:textId="4A9172C8" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>After digestion, let cool, dilute to 300 mL with water, and mix.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="5DDF1D1A" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="62C16EB6" w14:textId="22D260C2" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31C1228C" w14:textId="706068B2" w:rsidR="00C365B2" w:rsidRPr="00007E80" w:rsidRDefault="00C365B2" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is 50 mL of sodium hydroxide-thiosulfate reagent added to the sample?</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 4500 N</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="595713F3" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7CA528DD" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="797A24B5" w14:textId="72C489FC" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tilt flask away from personnel and carefully add 50 mL sodium hydroxide-thiosulfate reagent to form an alkaline layer at flask bottom. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C365B2" w:rsidRPr="00007E80" w14:paraId="72501B93" w14:textId="77777777" w:rsidTr="00D3542C">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="730D6D08" w14:textId="76C2DB20" w:rsidR="00C365B2" w:rsidRPr="0015241E" w:rsidRDefault="00C365B2" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="651CC1EB" w14:textId="518193E5" w:rsidR="00C365B2" w:rsidRPr="00007E80" w:rsidRDefault="00C365B2" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is flask swirled to </w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -5944,222 +5814,214 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>explanation for question # 24</w:t>
             </w:r>
             <w:r w:rsidR="00007E80" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidR="001A1746" w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> [SM 4500 Norg B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B483182" w14:textId="77777777" w:rsidR="00C365B2" w:rsidRPr="00007E80" w:rsidRDefault="00C365B2" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3BA01999" w14:textId="77777777" w:rsidR="00C365B2" w:rsidRPr="00007E80" w:rsidRDefault="00C365B2" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0802E677" w14:textId="11BA8081" w:rsidR="00C365B2" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Connect flask to a steamed-out distillation apparatus and swirl flask to ensure complete mixing. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006317BB" w:rsidRPr="00007E80" w14:paraId="676EAF1C" w14:textId="77777777" w:rsidTr="004E29E8">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FC32267" w14:textId="77777777" w:rsidR="006317BB" w:rsidRPr="0015241E" w:rsidRDefault="006317BB" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C0BABA7" w14:textId="089B76D2" w:rsidR="006317BB" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the pH of the solution &gt; 11.0 S.U.? </w:t>
             </w:r>
             <w:r w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>[SM 4500 N</w:t>
             </w:r>
             <w:r w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidRPr="001A1746">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="56C4DE3D" w14:textId="77777777" w:rsidR="006317BB" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="598EA951" w14:textId="77777777" w:rsidR="006317BB" w:rsidRPr="00007E80" w:rsidRDefault="006317BB" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="51027C7D" w14:textId="51AA282B" w:rsidR="006317BB" w:rsidRDefault="00F83B96" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Checking the </w:t>
             </w:r>
             <w:r w:rsidR="006317BB">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>pH of the solution</w:t>
@@ -6177,51 +6039,51 @@
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="436CD9BB" w14:textId="77777777" w:rsidTr="002F58FB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="68367E48" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="002139B8" w:rsidRDefault="00BA5E26" w:rsidP="002139B8">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk33620442"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk33620442"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D9773E4" w14:textId="2867A178" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -6330,75 +6192,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00247776" w:rsidRPr="00007E80" w14:paraId="04DCDBCF" w14:textId="77777777" w:rsidTr="002F58FB">
         <w:trPr>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C3AA0CC" w14:textId="77777777" w:rsidR="00247776" w:rsidRPr="0015241E" w:rsidRDefault="00247776" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3CD10845" w14:textId="77777777" w:rsidR="00C66E7E" w:rsidRDefault="00C66E7E" w:rsidP="00C66E7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6FE7D7E9" w14:textId="78ADC0F9" w:rsidR="00C66E7E" w:rsidRDefault="00C66E7E" w:rsidP="00C66E7E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6458,156 +6318,151 @@
             </w:pPr>
             <w:r w:rsidRPr="00620199">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Answer:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0037994A" w14:textId="77777777" w:rsidR="00247776" w:rsidRPr="00007E80" w:rsidRDefault="00247776" w:rsidP="00BA5E26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="700063ED" w14:textId="77777777" w:rsidR="00247776" w:rsidRPr="00007E80" w:rsidRDefault="00247776" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A067634" w14:textId="77777777" w:rsidR="00247776" w:rsidRPr="00007E80" w:rsidRDefault="00247776" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44F1A1E6" w14:textId="10E18BD5" w:rsidR="00247776" w:rsidRDefault="00247776" w:rsidP="00AF3EC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Add 500 ml water and 20 ml borate buffer, adjust pH to 9.5 with 6N NaOH solution, and add to distillation flask. Add a few glass beads or boiling chips and use this mixture to steam out the distillation apparatus until distillate shows no traces of ammonia. To minimize contamination</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> leave distillation apparatus assembled after steaming out and until just before starting sample distillation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="5298D0EA" w14:textId="77777777" w:rsidTr="002F58FB">
         <w:trPr>
           <w:trHeight w:val="773"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1733D60E" w14:textId="13E28F3B" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="0D5CD12E" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3AA79B59" w14:textId="0EBB2F4C" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -6678,149 +6533,144 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00BA5E26" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4AFF6B04" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43B94F72" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="52C6008C" w14:textId="77777777" w:rsidR="002F58FB" w:rsidRDefault="002F58FB" w:rsidP="00AF3EC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="37299DD5" w14:textId="58D08688" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00AF3EC8" w:rsidP="00AF3EC8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Distill and collect 200 mL distillate. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="49D4693B" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A14EC0E" w14:textId="3910617E" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4FB0B49E" w14:textId="2DDF5BB0" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the distillate collected in 50 ml of indicating boric acid solution? [SM 4500</w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -6859,154 +6709,149 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>B-2011 (4) (</w:t>
             </w:r>
             <w:r w:rsidR="00AD27DA" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="490E01F1" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="396D4DA6" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="31489DA4" w14:textId="500B9EE1" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00AF3EC8" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Use </w:t>
             </w:r>
             <w:r w:rsidR="00E579C7">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">50 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">mL indicating boric acid as absorbent solution when ammonia is to be determined by titration. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BA5E26" w:rsidRPr="00007E80" w14:paraId="3ADAF378" w14:textId="77777777" w:rsidTr="002F58FB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="089628DD" w14:textId="713F612F" w:rsidR="00BA5E26" w:rsidRPr="0015241E" w:rsidRDefault="00BA5E26" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="03AA58DE" w14:textId="287B69F7" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the condenser outlet tip submerged below the surface of the receiving acid solution? [SM 4500</w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7036,153 +6881,148 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (</w:t>
             </w:r>
             <w:r w:rsidR="00AD27DA" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="391FE110" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="170A074B" w14:textId="77777777" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="00BA5E26" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="76C691F9" w14:textId="7F53CDD3" w:rsidR="00BA5E26" w:rsidRPr="00007E80" w:rsidRDefault="002F58FB" w:rsidP="002F58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Extend tip of condenser well below level of absorbent solution and do not let </w:t>
             </w:r>
             <w:r w:rsidR="00093C6F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>temperature</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> in condenser rise above 29°C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD27DA" w:rsidRPr="00007E80" w14:paraId="7EAF4108" w14:textId="77777777" w:rsidTr="002F58FB">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4AA48B91" w14:textId="7FF15712" w:rsidR="00AD27DA" w:rsidRPr="0015241E" w:rsidRDefault="00AD27DA" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="258B129E" w14:textId="1F1A6608" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the temperature in the condenser kept from rising above 29 </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7222,129 +7062,124 @@
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="004556A3" w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="004556A3" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6356022D" w14:textId="77777777" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="759E5CD3" w14:textId="77777777" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="575BFABE" w14:textId="77777777" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="002F58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00AD27DA" w:rsidRPr="00007E80" w14:paraId="65E321F3" w14:textId="77777777" w:rsidTr="00837DF1">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56D3FD1C" w14:textId="4DD93104" w:rsidR="00AD27DA" w:rsidRPr="0015241E" w:rsidRDefault="00AD27DA" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1DA1FDB4" w14:textId="5AC8C9FD" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the </w:t>
             </w:r>
             <w:r w:rsidR="004556A3" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -7382,85 +7217,82 @@
               </w:rPr>
               <w:t>N</w:t>
             </w:r>
             <w:r w:rsidR="004556A3" w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>org</w:t>
             </w:r>
             <w:r w:rsidR="004556A3" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> B-2011 (4) (d)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A8EB6C2" w14:textId="77777777" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="00061E8D" w14:textId="77777777" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="00AD27DA" w:rsidP="00BA5E26">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05CEB42F" w14:textId="3767CD1A" w:rsidR="00AD27DA" w:rsidRPr="00007E80" w:rsidRDefault="002F58FB" w:rsidP="002F58FB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>ower</w:t>
@@ -7518,51 +7350,51 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>distillation during last</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 to 2 minutes to cleanse the condenser</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="5D11BEBD" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="317431EF" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="002139B8" w:rsidRDefault="00007E80" w:rsidP="002139B8">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -7699,75 +7531,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="120C8A60" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A84CC89" w14:textId="54688A8A" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="447B57D1" w14:textId="6FDF083A" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is the Sulfuric Acid titrant standardized initially (if prepared in house) and monthly thereafter? [SM 4500 NH</w:t>
             </w:r>
             <w:r w:rsidRPr="001660FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
@@ -7818,85 +7648,82 @@
           <w:p w14:paraId="4AE4B814" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="63A77690" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2A7C6781" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="019B76A4" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4376B839" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Titrants prepared in the laboratory must be standardized initially and monthly thereafter. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3C863E32" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -7942,75 +7769,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If the normality changes, a new titrant at the specified normality must be used, or the sample results must be calculated using the newly determined normality. Quality control standards do not take the place of titrant standardization.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44231C96" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="3BC1E6C2" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4F839275" w14:textId="5B439CE9" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5829298E" w14:textId="77777777" w:rsidR="0035731B" w:rsidRDefault="0035731B" w:rsidP="0035731B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="159A931E" w14:textId="4233CC15" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="0035731B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8148,68 +7973,66 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7967DF60" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="20F16063" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A34B806" w14:textId="7B67A3F3" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:bCs/>
                 <w:spacing w:val="-2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
@@ -8494,75 +8317,73 @@
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> that has been incorporated in the indicating boric acid solution to reproduce the actual conditions of sample titration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1746" w:rsidRPr="00007E80" w14:paraId="1461D95E" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12358E7D" w14:textId="0BB5D57C" w:rsidR="001A1746" w:rsidRPr="0015241E" w:rsidRDefault="001A1746" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2BA7FA66" w14:textId="7AB083C3" w:rsidR="001A1746" w:rsidRPr="00007E80" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -8686,88 +8507,85 @@
             </w:r>
             <w:r w:rsidR="00F45541">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="663DDC3E" w14:textId="77777777" w:rsidR="001A1746" w:rsidRPr="00007E80" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6E371169" w14:textId="77777777" w:rsidR="001A1746" w:rsidRPr="00007E80" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="416ABB74" w14:textId="5FE615BA" w:rsidR="00E55510" w:rsidRDefault="00515DF9" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 4500 NH</w:t>
             </w:r>
             <w:r w:rsidRPr="001C24FA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
@@ -8854,75 +8672,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> reagents and the preparative analytical steps contribute to measurement uncertainty. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="467F048B" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44C26E86" w14:textId="7763D221" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7216D35B" w14:textId="57E92CA5" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00506C1B">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is sample titrated with 0.02 </w:t>
             </w:r>
             <w:r w:rsidRPr="00BD603D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -9027,138 +8843,133 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00F76964">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-2011</w:t>
             </w:r>
             <w:r w:rsidRPr="00421EAA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> (4) (c)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="70B7519A" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="43C2716A" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1585BBB6" w14:textId="35B1F472" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00EE08AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>End point of titration is pale lavender color.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A1746" w:rsidRPr="00007E80" w14:paraId="75CA3A23" w14:textId="77777777" w:rsidTr="06BB2D67">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B314AFE" w14:textId="745F44D0" w:rsidR="001A1746" w:rsidRPr="0015241E" w:rsidRDefault="001A1746" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D16F925" w14:textId="6147A219" w:rsidR="001A1746" w:rsidRPr="00506C1B" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C3607D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are values calculated properly?</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -9306,51 +9117,50 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4F5DD0EE" w14:textId="77777777" w:rsidR="001A1746" w:rsidRPr="00007E80" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2B2EB6BD" w14:textId="77777777" w:rsidR="001A1746" w:rsidRPr="00A17AEA" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A17AEA">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calculation:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A25348C" w14:textId="77777777" w:rsidR="001A1746" w:rsidRPr="00A17AEA" w:rsidRDefault="001A1746" w:rsidP="001A1746">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -9953,73 +9763,71 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>EXPLANATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00645E37" w:rsidRPr="00007E80" w14:paraId="17118D82" w14:textId="77777777" w:rsidTr="00645E37">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0F7F47EB" w14:textId="77777777" w:rsidR="00645E37" w:rsidRDefault="00645E37" w:rsidP="00645E37">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3F72E800" w14:textId="77777777" w:rsidR="00645E37" w:rsidRDefault="00645E37" w:rsidP="00645E37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the laboratory’s lower reporting limit?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6EA437F0" w14:textId="77777777" w:rsidR="00645E37" w:rsidRDefault="00645E37" w:rsidP="00645E37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -10078,68 +9886,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="32ED600A" w14:textId="77777777" w:rsidR="00645E37" w:rsidRPr="00007E80" w:rsidRDefault="00645E37" w:rsidP="00645E37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="578A3C78" w14:textId="77777777" w:rsidR="00645E37" w:rsidRPr="00007E80" w:rsidRDefault="00645E37" w:rsidP="00645E37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D3EA374" w14:textId="2AB0A27A" w:rsidR="00645E37" w:rsidRDefault="00247776" w:rsidP="00645E37">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009345E5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Based on </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">lowest </w:t>
@@ -10150,75 +9956,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>buret</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> increment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="5D00D7D9" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10418851" w14:textId="0B012F18" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="5FBBBE80" w14:textId="31861761" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>a</w:t>
@@ -10288,138 +10092,133 @@
           <w:p w14:paraId="35F641AF" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3D174A97" w14:textId="218AAA80" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4195616A" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1AC70231" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5FABCDBE" w14:textId="48E6FED9" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="008E01EC" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">As a minimum, include one LFB with each sample set (batch) or on a 5% basis, whichever is more frequent. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00023824" w:rsidRPr="00007E80" w14:paraId="38D68DF4" w14:textId="77777777" w:rsidTr="003E76BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23A012AE" w14:textId="77777777" w:rsidR="00023824" w:rsidRDefault="00023824" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rStyle w:val="CommentReference"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3688F4CA" w14:textId="77777777" w:rsidR="00023824" w:rsidRDefault="00023824" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the source of the LFB standard?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="568FDB36" w14:textId="77777777" w:rsidR="00023824" w:rsidRDefault="00023824" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -10486,138 +10285,134 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="51733540" w14:textId="77777777" w:rsidR="00023824" w:rsidRPr="00007E80" w:rsidRDefault="00023824" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4BCEB78F" w14:textId="77777777" w:rsidR="00023824" w:rsidRPr="00007E80" w:rsidRDefault="00023824" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="151BA8E1" w14:textId="77777777" w:rsidR="00023824" w:rsidRDefault="00023824" w:rsidP="00EE08AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Glutamic acid may be used for the LFB. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5464C496" w14:textId="704FAF6D" w:rsidR="00023824" w:rsidRPr="00007E80" w:rsidDel="008E01EC" w:rsidRDefault="00023824" w:rsidP="00EE08AA">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1.0504 g GA/L = 100 ppm solution.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009732BA" w:rsidRPr="00007E80" w14:paraId="296249A5" w14:textId="77777777" w:rsidTr="003E76BC">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3789DA53" w14:textId="79AA9DE7" w:rsidR="009732BA" w:rsidRPr="0015241E" w:rsidRDefault="009732BA" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3E8982CF" w14:textId="79022923" w:rsidR="009732BA" w:rsidRPr="00007E80" w:rsidRDefault="009732BA" w:rsidP="003E76BC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the LFB carried through all steps of the procedure? </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10722,88 +10517,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3C6C252D" w14:textId="77777777" w:rsidR="009732BA" w:rsidRPr="00007E80" w:rsidRDefault="009732BA" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1BDB115B" w14:textId="77777777" w:rsidR="009732BA" w:rsidRPr="00007E80" w:rsidRDefault="009732BA" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6168C3FD" w14:textId="1988155D" w:rsidR="009732BA" w:rsidRDefault="00CC3DE5" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004973B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 4020 B: </w:t>
             </w:r>
             <w:r w:rsidR="008E01EC">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">A laboratory-fortified blank [laboratory control standard (LCS)] is a reagent water sample (with associated preservatives) to which a known concentration of the analyte(s) of interest has been added. </w:t>
@@ -10831,75 +10623,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 4500 Norg:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Carry a reagent blank and standards through all steps of the procedure.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="21C2F3CB" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="013D4D58" w14:textId="2BCA2C5B" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="657EC85F" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="31B8827C" w14:textId="2FFAEA45" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -10965,68 +10755,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7931D315" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="077BD7E3" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D089DEE" w14:textId="2F771284" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Evaluate the LFB for percent recovery of the added analytes by comparing results to method</w:t>
             </w:r>
             <w:r w:rsidR="0060184D">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>-</w:t>
@@ -11036,75 +10824,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>specified limits, control charts, or other approved criteria.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3515D617" w14:textId="7C70C37D" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="7090188E" w14:textId="77777777" w:rsidTr="00620199">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A8EBC5A" w14:textId="591310E0" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66EB6F5B" w14:textId="1144BC5A" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What corrective action is taken if the LFB recovery is outside established control limits? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11178,68 +10964,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="416FED2A" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7DEA33D4" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="4CFE56DE" w14:textId="1BDD31B6" w:rsidR="00007E80" w:rsidRDefault="00E55510" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004973B5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rules:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11276,75 +11060,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>SM 4020 B:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> If LFB results are out of control, take corrective action, including re-preparation and re-analysis of associated samples if required. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="06A4A2D3" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E2CBC9" w14:textId="51875F8F" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67B096E3" w14:textId="7F1DC7AA" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Is a Laboratory Fortified Matrix (LFM) analyzed with each batch of 20 or fewer samples? [SM 4020 B-201</w:t>
             </w:r>
             <w:r w:rsidR="00011197">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11376,157 +11158,152 @@
             </w:r>
             <w:r w:rsidR="00E55510">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Table 4020:I</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7C997D7E" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="277054B8" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B6ED9C2" w14:textId="0C92522D" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="0060184D" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If an LFM is feasible and the method does not specify LFM frequency requirements, then include at least one LFM with each sample set (batch) or on a 5% bas</w:t>
             </w:r>
             <w:r w:rsidR="00CC3DE5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>s, whichever is more frequent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C97CB9" w:rsidRPr="00007E80" w14:paraId="3036B987" w14:textId="77777777" w:rsidTr="000831C3">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="04F85C3F" w14:textId="77777777" w:rsidR="00C97CB9" w:rsidRPr="0015241E" w:rsidRDefault="00C97CB9" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1CB603A3" w14:textId="77777777" w:rsidR="00C97CB9" w:rsidRDefault="00D94556" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What compound is used in the spiking solution?</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B4150E8" w14:textId="77777777" w:rsidR="005839E9" w:rsidRDefault="005839E9" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
@@ -11556,88 +11333,85 @@
           <w:p w14:paraId="49C23296" w14:textId="77777777" w:rsidR="000B4EE4" w:rsidRDefault="000B4EE4" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="46F7838D" w14:textId="5D7E1A42" w:rsidR="000B4EE4" w:rsidRPr="000B4EE4" w:rsidRDefault="000B4EE4" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="207E8793" w14:textId="77777777" w:rsidR="00C97CB9" w:rsidRPr="00007E80" w:rsidRDefault="00C97CB9" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3123D397" w14:textId="77777777" w:rsidR="00C97CB9" w:rsidRPr="00007E80" w:rsidRDefault="00C97CB9" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="467922BE" w14:textId="54C640DF" w:rsidR="00C97CB9" w:rsidRDefault="008F6524" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Must be an organically </w:t>
             </w:r>
             <w:r w:rsidR="00137A9C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>bound nitrogen compound</w:t>
@@ -11646,75 +11420,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00D96F55">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="6B3E615D" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1D5BC8BF" w14:textId="61172A41" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="324C6E69" w14:textId="3CA55CC0" w:rsidR="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>How is the LFM prepared? [NC WW/GW LC</w:t>
             </w:r>
             <w:r w:rsidR="00915DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11789,130 +11561,126 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22A1C722" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="336121C5" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0546713B" w14:textId="3FC8B52A" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00915DB3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>See Spiking Technical Assistance document for guidance</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="305941CF" w14:textId="617CA157" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="000A69E8">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A01BA6" w:rsidRPr="00007E80" w14:paraId="674CE87F" w14:textId="77777777" w:rsidTr="007E4073">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6BAF8117" w14:textId="79845693" w:rsidR="00A01BA6" w:rsidRPr="0015241E" w:rsidRDefault="00A01BA6" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="46F8364F" w14:textId="67FCAE15" w:rsidR="00A01BA6" w:rsidRPr="00007E80" w:rsidRDefault="00A01BA6" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is the spike concentration rotated to verify performance at various levels? </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -11936,141 +11704,136 @@
             </w:r>
             <w:r w:rsidR="00011197">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(7)</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3B483E5B" w14:textId="77777777" w:rsidR="00A01BA6" w:rsidRPr="00007E80" w:rsidRDefault="00A01BA6" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5D8CF1BD" w14:textId="77777777" w:rsidR="00A01BA6" w:rsidRPr="00007E80" w:rsidRDefault="00A01BA6" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0322C0D9" w14:textId="7BC518CF" w:rsidR="00A01BA6" w:rsidRPr="00007E80" w:rsidRDefault="007E4073" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Rotating the concentration is recommended but not required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004865AF" w:rsidRPr="00007E80" w14:paraId="49D83DFB" w14:textId="77777777" w:rsidTr="0015241E">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7E04FAFD" w14:textId="77777777" w:rsidR="004865AF" w:rsidRPr="0015241E" w:rsidRDefault="004865AF" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="201DBB24" w14:textId="63F210AA" w:rsidR="004865AF" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Is a Laboratory Fortified Matrix Duplicate (LFMD) analyzed with each batch of 20 or fewer samples? </w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12110,88 +11873,85 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> and Table 4020:I</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="2FA1180A" w14:textId="77777777" w:rsidR="004865AF" w:rsidRPr="00007E80" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="522407CE" w14:textId="77777777" w:rsidR="004865AF" w:rsidRPr="00007E80" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69BA9D13" w14:textId="77777777" w:rsidR="004865AF" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>As a minimum, include one duplicate sample or one LFM duplicate with each sample set (batch) or on a 5% basis, whichever is more frequent, and process it independently through the entire sample preparation and analysis.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36CD339A" w14:textId="77777777" w:rsidR="004865AF" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -12226,75 +11986,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">this requirement. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="552B7534" w14:textId="77777777" w:rsidTr="00DF3629">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56807A71" w14:textId="6F64479A" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="17B8CB11" w14:textId="47B37115" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">What is the acceptance criterion for the LFM/LFMD recovery? [15 A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12403,68 +12161,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1768F515" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="308EE917" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D87B4F1" w14:textId="076BCCD1" w:rsidR="00007E80" w:rsidRDefault="00011197" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: </w:t>
             </w:r>
             <w:r w:rsidR="00007E80" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Each laboratory shall establish performance acceptance criteria for all quality control analyses. </w:t>
@@ -12483,75 +12239,73 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 4020 B: Evaluate LFM results for percent recovery. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="7F067DAC" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3A3E7052" w14:textId="499A2322" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="6DB58741" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0EF64A1F" w14:textId="38F3F336" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12672,68 +12426,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0F4EBA45" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A4CAF46" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5CE811C9" w14:textId="226349EF" w:rsidR="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="56180DB8" w14:textId="73D33903" w:rsidR="00643139" w:rsidRDefault="00643139" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12785,75 +12537,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>be to change the catalyst.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="6D5C36B6" w14:textId="77777777" w:rsidTr="00D125AE">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4EE465FC" w14:textId="4FFC7078" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2D631B1F" w14:textId="2A496729" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>What is the acceptance criterion for the LFM/LFMD precision</w:t>
             </w:r>
             <w:r w:rsidR="00FD55CF">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -12992,68 +12742,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="6A5501C6" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5A31F31A" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB79E4F" w14:textId="664BDA9A" w:rsidR="00007E80" w:rsidRDefault="00CC3DE5" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Rules: </w:t>
             </w:r>
             <w:r w:rsidR="00007E80" w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Each laboratory shall establish performance acceptance criteria for all quality control analyses.</w:t>
@@ -13072,75 +12820,73 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">SM 4020 B: Evaluate LFM duplicate results for precision and accuracy. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="1A7E73E4" w14:textId="77777777" w:rsidTr="001660FA">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6428171D" w14:textId="45348099" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p w14:paraId="3119A96B" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00643139">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5C40BD55" w14:textId="5FD7B9E8" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="008A5A2D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13261,68 +13007,66 @@
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="65F8CDFD" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="15035AB9" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4DFF39F0" w14:textId="7A9B1ABC" w:rsidR="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>If quality control results fall outside established limits or show an analytical problem, the laboratory shall identify the Root Cause of the failure. The problem shall be resolved through corrective action, the corrective action process documented, and any samples involved shall be reanalyzed, if possible. If the sample cannot be reanalyzed, or if the quality control results continue to fall outside established limits or show an analytical problem, the results shall be qualified as such.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2B5D998E" w14:textId="40D8AEC8" w:rsidR="004865AF" w:rsidRDefault="004865AF" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13349,75 +13093,73 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4020 B: If LFM duplicate results are out of control, then take corrective action to rectify the matrix effect, use another method, use the method of standard addition, or flag the data if reported.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3CBC2FB1" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00007E80" w:rsidRPr="00007E80" w14:paraId="3FCCB873" w14:textId="77777777" w:rsidTr="001848BD">
         <w:trPr>
           <w:trHeight w:val="264"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="540" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4B0AA6C6" w14:textId="614D35A9" w:rsidR="00007E80" w:rsidRPr="0015241E" w:rsidRDefault="00007E80" w:rsidP="0015241E">
             <w:pPr>
               <w:pStyle w:val="ListParagraph"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="162" w:firstLine="2"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6C41F2DB" w14:textId="1539832D" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Are results qualified to indicate quality control failures or sample anomalies</w:t>
             </w:r>
             <w:r w:rsidR="009655F5">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
@@ -13430,85 +13172,82 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">? [15A NCAC </w:t>
             </w:r>
             <w:r w:rsidR="00D34D8A">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2H .0805 (e) (5)]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="390EAA14" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="029F981D" w14:textId="77777777" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4680" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3F9B31A7" w14:textId="68B8177B" w:rsidR="00007E80" w:rsidRPr="00007E80" w:rsidRDefault="00007E80" w:rsidP="00007E80">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00007E80">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Reported data associated with Quality Control failures, improper sample collection, holding time exceedances, or improper preservation shall be qualified as such.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2BCCEA05" w14:textId="77777777" w:rsidR="00080358" w:rsidRPr="00007E80" w:rsidRDefault="00080358" w:rsidP="009E4313">
       <w:pPr>
         <w:rPr>
@@ -13766,52 +13505,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________________________________________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D4A483B" w14:textId="77777777" w:rsidR="0041590F" w:rsidRPr="00007E80" w:rsidRDefault="0041590F" w:rsidP="0041590F">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00007E80">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Inspector: ______________________________________________________Date:_________________________________________</w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="NeutralizeTRC"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="NeutralizeTRC"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
     <w:p w14:paraId="73D669A5" w14:textId="77777777" w:rsidR="003B0A1A" w:rsidRDefault="003B0A1A" w:rsidP="003B0A1A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="26D8FBC6" w14:textId="7ACCF41E" w:rsidR="003B0A1A" w:rsidRPr="00626B07" w:rsidRDefault="003B0A1A" w:rsidP="003B0A1A">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00626B07">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
@@ -13974,208 +13713,208 @@
       </w:r>
       <w:r w:rsidR="00290F8B">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> sodium tetraborate and dilute to 1 L.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003B0A1A" w:rsidRPr="00007E80" w:rsidSect="006A7D34">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="432" w:left="720" w:header="288" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3C67F833" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2">
+    <w:p w14:paraId="4D798A31" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33005113" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2">
+    <w:p w14:paraId="78860FED" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="768439AA" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2"/>
+    <w:p w14:paraId="778E9A35" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="254ACA60" w14:textId="3CBA2029" w:rsidR="001C24FA" w:rsidRDefault="001C24FA" w:rsidP="006A7D34">
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="auto"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Revised </w:t>
     </w:r>
     <w:r w:rsidR="00F943A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>11/</w:t>
     </w:r>
     <w:r w:rsidR="0074393F">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>16</w:t>
     </w:r>
     <w:r w:rsidR="00F943A9">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="216F151F" w14:textId="0EF54601" w:rsidR="00775EAC" w:rsidRPr="00775EAC" w:rsidRDefault="00775EAC">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00775EAC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Revised 11/16/2022</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4368B9B3" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2">
+    <w:p w14:paraId="26EA7844" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E16940B" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2">
+    <w:p w14:paraId="0B316843" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="487DD1A3" w14:textId="77777777" w:rsidR="00AD3CF2" w:rsidRDefault="00AD3CF2"/>
+    <w:p w14:paraId="2FB8E175" w14:textId="77777777" w:rsidR="003C25BB" w:rsidRDefault="003C25BB"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0AD2C150" w14:textId="75938B60" w:rsidR="001C24FA" w:rsidRPr="003B457D" w:rsidRDefault="00724DBC" w:rsidP="00F943A9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">TKN: </w:t>
     </w:r>
     <w:r w:rsidR="001C24FA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>SM 4500 N</w:t>
     </w:r>
     <w:r w:rsidR="001C24FA" w:rsidRPr="00132930">
@@ -14275,51 +14014,51 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="001C24FA" w:rsidRPr="00950BC3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="001C24FA" w:rsidRPr="00950BC3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="59E56472"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A36067C"/>
     <w:lvl w:ilvl="0" w:tplc="2DACAC56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="center"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="default"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -14367,59 +14106,59 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1554732428">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="192"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -14616,56 +14355,58 @@
     <w:rsid w:val="0035648F"/>
     <w:rsid w:val="00356532"/>
     <w:rsid w:val="0035731B"/>
     <w:rsid w:val="0036220E"/>
     <w:rsid w:val="00362FB3"/>
     <w:rsid w:val="00363543"/>
     <w:rsid w:val="00364BF7"/>
     <w:rsid w:val="00366FCC"/>
     <w:rsid w:val="003708A4"/>
     <w:rsid w:val="00371217"/>
     <w:rsid w:val="003737B3"/>
     <w:rsid w:val="0037514F"/>
     <w:rsid w:val="0037568D"/>
     <w:rsid w:val="00375D1F"/>
     <w:rsid w:val="003778F1"/>
     <w:rsid w:val="00380E9F"/>
     <w:rsid w:val="00387080"/>
     <w:rsid w:val="003A2A71"/>
     <w:rsid w:val="003A2F4D"/>
     <w:rsid w:val="003A73A1"/>
     <w:rsid w:val="003B0A1A"/>
     <w:rsid w:val="003B457D"/>
     <w:rsid w:val="003B5326"/>
     <w:rsid w:val="003B7058"/>
     <w:rsid w:val="003C0ED2"/>
+    <w:rsid w:val="003C25BB"/>
     <w:rsid w:val="003D7279"/>
     <w:rsid w:val="003E32F3"/>
     <w:rsid w:val="003E76BC"/>
     <w:rsid w:val="003F07FD"/>
     <w:rsid w:val="003F09D6"/>
     <w:rsid w:val="003F2065"/>
+    <w:rsid w:val="00400AE1"/>
     <w:rsid w:val="00404A3D"/>
     <w:rsid w:val="00404AAB"/>
     <w:rsid w:val="004102E4"/>
     <w:rsid w:val="00413214"/>
     <w:rsid w:val="0041590F"/>
     <w:rsid w:val="00421984"/>
     <w:rsid w:val="004220A4"/>
     <w:rsid w:val="00430285"/>
     <w:rsid w:val="00435368"/>
     <w:rsid w:val="00435A0E"/>
     <w:rsid w:val="0043729D"/>
     <w:rsid w:val="00441473"/>
     <w:rsid w:val="004418E5"/>
     <w:rsid w:val="004556A3"/>
     <w:rsid w:val="00456FB7"/>
     <w:rsid w:val="00460863"/>
     <w:rsid w:val="004629AD"/>
     <w:rsid w:val="00462F69"/>
     <w:rsid w:val="00463B01"/>
     <w:rsid w:val="00463FCF"/>
     <w:rsid w:val="00466145"/>
     <w:rsid w:val="00467245"/>
     <w:rsid w:val="004716B6"/>
     <w:rsid w:val="0047355A"/>
     <w:rsid w:val="00473DF8"/>
@@ -14970,50 +14711,51 @@
     <w:rsid w:val="00A95EA2"/>
     <w:rsid w:val="00A96921"/>
     <w:rsid w:val="00AA0628"/>
     <w:rsid w:val="00AA22CC"/>
     <w:rsid w:val="00AA265E"/>
     <w:rsid w:val="00AB1C49"/>
     <w:rsid w:val="00AB1F97"/>
     <w:rsid w:val="00AB2B95"/>
     <w:rsid w:val="00AB477E"/>
     <w:rsid w:val="00AB4D86"/>
     <w:rsid w:val="00AB4F16"/>
     <w:rsid w:val="00AB5188"/>
     <w:rsid w:val="00AB736E"/>
     <w:rsid w:val="00AC31E8"/>
     <w:rsid w:val="00AD02F5"/>
     <w:rsid w:val="00AD27DA"/>
     <w:rsid w:val="00AD3CF2"/>
     <w:rsid w:val="00AD703E"/>
     <w:rsid w:val="00AE020B"/>
     <w:rsid w:val="00AE1A60"/>
     <w:rsid w:val="00AE3891"/>
     <w:rsid w:val="00AE6754"/>
     <w:rsid w:val="00AF3EC8"/>
     <w:rsid w:val="00B0387A"/>
     <w:rsid w:val="00B108B6"/>
+    <w:rsid w:val="00B11840"/>
     <w:rsid w:val="00B11C47"/>
     <w:rsid w:val="00B12914"/>
     <w:rsid w:val="00B16776"/>
     <w:rsid w:val="00B21945"/>
     <w:rsid w:val="00B24E52"/>
     <w:rsid w:val="00B30AF8"/>
     <w:rsid w:val="00B31820"/>
     <w:rsid w:val="00B31ECE"/>
     <w:rsid w:val="00B34D4D"/>
     <w:rsid w:val="00B34DAA"/>
     <w:rsid w:val="00B46226"/>
     <w:rsid w:val="00B46D3B"/>
     <w:rsid w:val="00B50B3F"/>
     <w:rsid w:val="00B51C0F"/>
     <w:rsid w:val="00B52C50"/>
     <w:rsid w:val="00B55D73"/>
     <w:rsid w:val="00B57EF3"/>
     <w:rsid w:val="00B81239"/>
     <w:rsid w:val="00B81500"/>
     <w:rsid w:val="00B81DFF"/>
     <w:rsid w:val="00B81FA6"/>
     <w:rsid w:val="00B82753"/>
     <w:rsid w:val="00B8283A"/>
     <w:rsid w:val="00B936F0"/>
     <w:rsid w:val="00B93E12"/>
@@ -15132,50 +14874,51 @@
     <w:rsid w:val="00D96F55"/>
     <w:rsid w:val="00DA0CD2"/>
     <w:rsid w:val="00DA52D5"/>
     <w:rsid w:val="00DA714B"/>
     <w:rsid w:val="00DA7584"/>
     <w:rsid w:val="00DB4566"/>
     <w:rsid w:val="00DB5BDC"/>
     <w:rsid w:val="00DC06BF"/>
     <w:rsid w:val="00DC2180"/>
     <w:rsid w:val="00DD1A02"/>
     <w:rsid w:val="00DD4B97"/>
     <w:rsid w:val="00DE0182"/>
     <w:rsid w:val="00DE40F6"/>
     <w:rsid w:val="00DE77FF"/>
     <w:rsid w:val="00DF085D"/>
     <w:rsid w:val="00DF097B"/>
     <w:rsid w:val="00DF0C5B"/>
     <w:rsid w:val="00DF3629"/>
     <w:rsid w:val="00DF7213"/>
     <w:rsid w:val="00E13859"/>
     <w:rsid w:val="00E152D8"/>
     <w:rsid w:val="00E1779A"/>
     <w:rsid w:val="00E20455"/>
     <w:rsid w:val="00E239BC"/>
     <w:rsid w:val="00E241F6"/>
+    <w:rsid w:val="00E25A84"/>
     <w:rsid w:val="00E302CB"/>
     <w:rsid w:val="00E32628"/>
     <w:rsid w:val="00E3449A"/>
     <w:rsid w:val="00E3660A"/>
     <w:rsid w:val="00E3699B"/>
     <w:rsid w:val="00E406C9"/>
     <w:rsid w:val="00E4397E"/>
     <w:rsid w:val="00E459B3"/>
     <w:rsid w:val="00E478E4"/>
     <w:rsid w:val="00E504BC"/>
     <w:rsid w:val="00E543E8"/>
     <w:rsid w:val="00E55510"/>
     <w:rsid w:val="00E579C7"/>
     <w:rsid w:val="00E63646"/>
     <w:rsid w:val="00E71F42"/>
     <w:rsid w:val="00E7503A"/>
     <w:rsid w:val="00E81BE5"/>
     <w:rsid w:val="00E83569"/>
     <w:rsid w:val="00E84035"/>
     <w:rsid w:val="00E9034A"/>
     <w:rsid w:val="00E936C3"/>
     <w:rsid w:val="00EA13AE"/>
     <w:rsid w:val="00EA45AE"/>
     <w:rsid w:val="00EA5095"/>
     <w:rsid w:val="00EA5265"/>
@@ -15258,61 +15001,61 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="33F8111F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{43FBDBDA-A65A-46FB-AF6B-926D73B28692}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15550,50 +15293,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -15733,51 +15477,51 @@
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008E75B8"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0015241E"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400755928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="678049384">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16156,224 +15900,183 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...25 lines deleted...]
-    <xsd:import namespace="616aef02-9798-44e7-9ab4-6529c8fdfa36"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003A8160F1F83AD343AA5ADD21600CAC3F" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="962ebb92074a852ffe16ac83e118b6e5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" xmlns:ns3="6c4d0212-d18a-49b7-9235-90f5080397e6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d7d4a4ffd33a3112bc2ba8f33ab9ad46" ns2:_="" ns3:_="">
+    <xsd:import namespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
+    <xsd:import namespace="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns1:PublishingStartDate" minOccurs="0"/>
-[...14 lines deleted...]
-                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="PublishingStartDate" ma:index="8" nillable="true" ma:displayName="Scheduling Start Date" ma:description="Scheduling Start Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will first appear to site visitors." ma:internalName="PublishingStartDate">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="11" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="13" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="14" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="PublishingExpirationDate" ma:index="9" nillable="true" ma:displayName="Scheduling End Date" ma:description="Scheduling End Date is a site column created by the Publishing feature. It is used to specify the date and time on which this page will no longer appear to site visitors." ma:internalName="PublishingExpirationDate">
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Unknown"/>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="17" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="19" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="da2157d8-ccc1-4fc8-a2a4-3f8f6553454f" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="20" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="97c26e27-a340-4306-98a7-c36055956ab5" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="6c4d0212-d18a-49b7-9235-90f5080397e6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="15" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{553c0fd6-0baa-415a-adcc-bb7a482904d4}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="6c4d0212-d18a-49b7-9235-90f5080397e6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="21" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="22" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
-    </xsd:element>
-[...74 lines deleted...]
-      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -16431,132 +16134,132 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="6c4d0212-d18a-49b7-9235-90f5080397e6" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94240B0-1799-4AC9-8F02-9F0CF0DD9AD6}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1FDF084A-17C0-4285-96AC-D496CA589FD7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FCE404E-7DD4-4FA0-83D7-2F3D8C9E7364}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D94240B0-1799-4AC9-8F02-9F0CF0DD9AD6}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="6c4d0212-d18a-49b7-9235-90f5080397e6"/>
+    <ds:schemaRef ds:uri="d3c03ec7-3eeb-4732-ad31-f70c7a5d5f12"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0B34575-9325-481D-BDB2-3118D343023D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FCE404E-7DD4-4FA0-83D7-2F3D8C9E7364}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>2599</Words>
-  <Characters>14920</Characters>
+  <Characters>14581</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>124</Lines>
-  <Paragraphs>34</Paragraphs>
+  <Lines>714</Lines>
+  <Paragraphs>272</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>NC DENR/DWQ LABORATORY CERTIFICATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NC DENR DWQ Lab Certification</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17485</CharactersWithSpaces>
+  <CharactersWithSpaces>17069</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>NC DENR/DWQ LABORATORY CERTIFICATION</dc:title>
   <dc:subject/>
   <dc:creator>e_henderson</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100803BD5AA45C9314B85FF8458E0EE0789</vt:lpwstr>
+    <vt:lpwstr>0x0101003A8160F1F83AD343AA5ADD21600CAC3F</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_ExtendedDescription">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>